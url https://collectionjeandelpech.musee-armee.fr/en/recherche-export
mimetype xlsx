--- v0 (2025-10-15)
+++ v1 (2025-11-04)
@@ -563,63 +563,63 @@
   <si>
     <t>Camp de Bitche</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/camp-bitche</t>
   </si>
   <si>
     <t>2019.58.301</t>
   </si>
   <si>
     <t>Camp de La Bresse. 1939</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/camp-bresse-1939</t>
   </si>
   <si>
     <t>20929-105</t>
   </si>
   <si>
     <t>Camp du 15e bataillon de chasseurs alpins</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/camp-15e-bataillon-chasseurs-alpins</t>
   </si>
   <si>
+    <t>2019.58.232</t>
+  </si>
+  <si>
+    <t>Entre 1939 et 1940</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/cantonnement-2</t>
+  </si>
+  <si>
     <t>2019.58.264</t>
   </si>
   <si>
-    <t>Entre 1939 et 1940</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/cantonnement-0</t>
-  </si>
-[...4 lines deleted...]
-    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/cantonnement-2</t>
   </si>
   <si>
     <t>2019.58.215</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/cantonnement-5</t>
   </si>
   <si>
     <t>2019.58.322</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/cantonnement</t>
   </si>
   <si>
     <t>2019.58.194</t>
   </si>
   <si>
     <t>Cantonnement dans une écurie</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/cantonnement-dans-ecurie</t>
   </si>
   <si>
     <t>2019.58.229</t>
   </si>
@@ -7079,52 +7079,55 @@
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="1">
+  <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+      <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
+    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -7391,11568 +7394,11559 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D821"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1"/>
+      <selection activeCell="A1" sqref="A1:D821"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="142.679" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="172.101" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
-      <c r="A1" t="s">
+      <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
-      <c r="B1" t="s">
+      <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="C1" t="s">
+      <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="D1" t="s">
+      <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
-      <c r="A2" t="s">
+      <c r="A2" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="B2" t="s">
+      <c r="B2" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C2" t="s">
+      <c r="C2" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="D2" t="s">
+      <c r="D2" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
-      <c r="A3" t="s">
+      <c r="A3" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="B3" t="s">
+      <c r="B3" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="C3">
+      <c r="C3" s="1">
         <v>1938</v>
       </c>
-      <c r="D3" t="s">
+      <c r="D3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:4">
-      <c r="A4" t="s">
+      <c r="A4" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="B4" t="s">
+      <c r="B4" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="C4">
+      <c r="C4" s="1">
         <v>1938</v>
       </c>
-      <c r="D4" t="s">
+      <c r="D4" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
-      <c r="A5" t="s">
+      <c r="A5" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="B5" t="s">
+      <c r="B5" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="C5" t="s">
+      <c r="C5" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="D5" t="s">
+      <c r="D5" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:4">
-      <c r="A6" t="s">
+      <c r="A6" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="B6" t="s">
+      <c r="B6" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="C6">
+      <c r="C6" s="1">
         <v>1938</v>
       </c>
-      <c r="D6" t="s">
+      <c r="D6" s="1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:4">
-      <c r="A7" t="s">
+      <c r="A7" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B7" t="s">
+      <c r="B7" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="C7" t="s">
+      <c r="C7" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="D7" t="s">
+      <c r="D7" s="1" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:4">
-      <c r="A8" t="s">
+      <c r="A8" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="B8" t="s">
+      <c r="B8" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="C8" t="s">
+      <c r="C8" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="D8" t="s">
+      <c r="D8" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:4">
-      <c r="A9" t="s">
+      <c r="A9" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="B9" t="s">
+      <c r="B9" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="C9" t="s">
+      <c r="C9" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="D9" t="s">
+      <c r="D9" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:4">
-      <c r="A10" t="s">
+      <c r="A10" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="B10" t="s">
+      <c r="B10" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="C10" t="s">
+      <c r="C10" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="D10" t="s">
+      <c r="D10" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="11" spans="1:4">
-      <c r="A11" t="s">
+      <c r="A11" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="B11" t="s">
+      <c r="B11" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="C11">
+      <c r="C11" s="1">
         <v>1939</v>
       </c>
-      <c r="D11" t="s">
+      <c r="D11" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="12" spans="1:4">
-      <c r="A12" t="s">
+      <c r="A12" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="B12" t="s">
+      <c r="B12" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="C12">
+      <c r="C12" s="1">
         <v>1938</v>
       </c>
-      <c r="D12" t="s">
+      <c r="D12" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="13" spans="1:4">
-      <c r="A13" t="s">
+      <c r="A13" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="B13" t="s">
+      <c r="B13" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="C13" t="s">
+      <c r="C13" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="D13" t="s">
+      <c r="D13" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:4">
-      <c r="A14" t="s">
+      <c r="A14" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="B14" t="s">
+      <c r="B14" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="C14" t="s">
+      <c r="C14" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="D14" t="s">
+      <c r="D14" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="15" spans="1:4">
-      <c r="A15" t="s">
+      <c r="A15" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="B15" t="s">
+      <c r="B15" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="C15" t="s">
+      <c r="C15" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="D15" t="s">
+      <c r="D15" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="16" spans="1:4">
-      <c r="A16" t="s">
+      <c r="A16" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="B16" t="s">
+      <c r="B16" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="C16" t="s">
+      <c r="C16" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="D16" t="s">
+      <c r="D16" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="17" spans="1:4">
-      <c r="A17" t="s">
+      <c r="A17" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="B17" t="s">
+      <c r="B17" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="C17" t="s">
+      <c r="C17" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="D17" t="s">
+      <c r="D17" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="18" spans="1:4">
-      <c r="A18" t="s">
+      <c r="A18" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="B18" t="s">
+      <c r="B18" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="C18" t="s">
+      <c r="C18" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="D18" t="s">
+      <c r="D18" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="19" spans="1:4">
-      <c r="A19" t="s">
+      <c r="A19" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="B19" t="s">
+      <c r="B19" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="C19" t="s">
+      <c r="C19" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="D19" t="s">
+      <c r="D19" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="20" spans="1:4">
-      <c r="A20" t="s">
+      <c r="A20" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="B20" t="s">
+      <c r="B20" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="C20" t="s">
+      <c r="C20" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="D20" t="s">
+      <c r="D20" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="21" spans="1:4">
-      <c r="A21" t="s">
+      <c r="A21" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="B21" t="s">
+      <c r="B21" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="C21" t="s">
+      <c r="C21" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="D21" t="s">
+      <c r="D21" s="1" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="22" spans="1:4">
-      <c r="A22" t="s">
+      <c r="A22" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="B22" t="s">
+      <c r="B22" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="C22" t="s">
+      <c r="C22" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="D22" t="s">
+      <c r="D22" s="1" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="23" spans="1:4">
-      <c r="A23" t="s">
+      <c r="A23" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="B23" t="s">
+      <c r="B23" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="C23" t="s">
+      <c r="C23" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="D23" t="s">
+      <c r="D23" s="1" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="24" spans="1:4">
-      <c r="A24" t="s">
+      <c r="A24" s="1" t="s">
         <v>68</v>
       </c>
-      <c r="B24" t="s">
+      <c r="B24" s="1" t="s">
         <v>69</v>
       </c>
-      <c r="C24" t="s">
+      <c r="C24" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="D24" t="s">
+      <c r="D24" s="1" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="25" spans="1:4">
-      <c r="A25" t="s">
+      <c r="A25" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="B25" t="s">
+      <c r="B25" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="C25" t="s">
+      <c r="C25" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="D25" t="s">
+      <c r="D25" s="1" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="26" spans="1:4">
-      <c r="A26" t="s">
+      <c r="A26" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="B26" t="s">
+      <c r="B26" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="C26" t="s">
+      <c r="C26" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="D26" t="s">
+      <c r="D26" s="1" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="27" spans="1:4">
-      <c r="A27" t="s">
+      <c r="A27" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="B27" t="s">
+      <c r="B27" s="1" t="s">
         <v>78</v>
       </c>
-      <c r="C27" t="s">
+      <c r="C27" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="D27" t="s">
+      <c r="D27" s="1" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="28" spans="1:4">
-      <c r="A28" t="s">
+      <c r="A28" s="1" t="s">
         <v>80</v>
       </c>
-      <c r="B28" t="s">
+      <c r="B28" s="1" t="s">
         <v>81</v>
       </c>
-      <c r="C28" t="s">
+      <c r="C28" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="D28" t="s">
+      <c r="D28" s="1" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="29" spans="1:4">
-      <c r="A29" t="s">
+      <c r="A29" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="B29" t="s">
+      <c r="B29" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="C29" t="s">
+      <c r="C29" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="D29" t="s">
+      <c r="D29" s="1" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="30" spans="1:4">
-      <c r="A30" t="s">
+      <c r="A30" s="1" t="s">
         <v>86</v>
       </c>
-      <c r="B30" t="s">
+      <c r="B30" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="C30" t="s">
+      <c r="C30" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="D30" t="s">
+      <c r="D30" s="1" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="31" spans="1:4">
-      <c r="A31" t="s">
+      <c r="A31" s="1" t="s">
         <v>89</v>
       </c>
-      <c r="B31" t="s">
+      <c r="B31" s="1" t="s">
         <v>90</v>
       </c>
-      <c r="C31">
+      <c r="C31" s="1">
         <v>1938</v>
       </c>
-      <c r="D31" t="s">
+      <c r="D31" s="1" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="32" spans="1:4">
-      <c r="A32" t="s">
+      <c r="A32" s="1" t="s">
         <v>92</v>
       </c>
-      <c r="B32" t="s">
+      <c r="B32" s="1" t="s">
         <v>93</v>
       </c>
-      <c r="C32">
+      <c r="C32" s="1">
         <v>1938</v>
       </c>
-      <c r="D32" t="s">
+      <c r="D32" s="1" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="33" spans="1:4">
-      <c r="A33" t="s">
+      <c r="A33" s="1" t="s">
         <v>95</v>
       </c>
-      <c r="B33" t="s">
+      <c r="B33" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="C33">
+      <c r="C33" s="1">
         <v>1938</v>
       </c>
-      <c r="D33" t="s">
+      <c r="D33" s="1" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="34" spans="1:4">
-      <c r="A34" t="s">
+      <c r="A34" s="1" t="s">
         <v>98</v>
       </c>
-      <c r="B34" t="s">
+      <c r="B34" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="C34">
+      <c r="C34" s="1">
         <v>1938</v>
       </c>
-      <c r="D34" t="s">
+      <c r="D34" s="1" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:4">
-      <c r="A35" t="s">
+      <c r="A35" s="1" t="s">
         <v>101</v>
       </c>
-      <c r="B35" t="s">
+      <c r="B35" s="1" t="s">
         <v>102</v>
       </c>
-      <c r="C35">
+      <c r="C35" s="1">
         <v>1938</v>
       </c>
-      <c r="D35" t="s">
+      <c r="D35" s="1" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="36" spans="1:4">
-      <c r="A36" t="s">
+      <c r="A36" s="1" t="s">
         <v>104</v>
       </c>
-      <c r="B36" t="s">
+      <c r="B36" s="1" t="s">
         <v>105</v>
       </c>
-      <c r="C36" t="s">
+      <c r="C36" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="D36" t="s">
+      <c r="D36" s="1" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="37" spans="1:4">
-      <c r="A37" t="s">
+      <c r="A37" s="1" t="s">
         <v>107</v>
       </c>
-      <c r="B37" t="s">
+      <c r="B37" s="1" t="s">
         <v>108</v>
       </c>
-      <c r="C37">
-[...2 lines deleted...]
-      <c r="D37" t="s">
+      <c r="C37" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D37" s="1" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="38" spans="1:4">
-      <c r="A38" t="s">
+      <c r="A38" s="1" t="s">
         <v>110</v>
       </c>
-      <c r="B38" t="s">
+      <c r="B38" s="1" t="s">
         <v>111</v>
       </c>
-      <c r="C38" t="s">
+      <c r="C38" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="D38" t="s">
+      <c r="D38" s="1" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="39" spans="1:4">
-      <c r="A39" t="s">
+      <c r="A39" s="1" t="s">
         <v>113</v>
       </c>
-      <c r="B39" t="s">
+      <c r="B39" s="1" t="s">
         <v>114</v>
       </c>
-      <c r="C39" t="s">
+      <c r="C39" s="1" t="s">
         <v>115</v>
       </c>
-      <c r="D39" t="s">
+      <c r="D39" s="1" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="40" spans="1:4">
-      <c r="A40" t="s">
+      <c r="A40" s="1" t="s">
         <v>117</v>
       </c>
-      <c r="B40" t="s">
+      <c r="B40" s="1" t="s">
         <v>118</v>
       </c>
-      <c r="C40" t="s">
+      <c r="C40" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="D40" t="s">
+      <c r="D40" s="1" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="41" spans="1:4">
-      <c r="A41" t="s">
+      <c r="A41" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="B41" t="s">
+      <c r="B41" s="1" t="s">
         <v>121</v>
       </c>
-      <c r="C41" t="s">
+      <c r="C41" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="D41" t="s">
+      <c r="D41" s="1" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="42" spans="1:4">
-      <c r="A42" t="s">
+      <c r="A42" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="B42" t="s">
+      <c r="B42" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="C42" t="s">
+      <c r="C42" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="D42" t="s">
+      <c r="D42" s="1" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="43" spans="1:4">
-      <c r="A43" t="s">
+      <c r="A43" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="B43" t="s">
+      <c r="B43" s="1" t="s">
         <v>127</v>
       </c>
-      <c r="C43" t="s">
+      <c r="C43" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="D43" t="s">
+      <c r="D43" s="1" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="44" spans="1:4">
-      <c r="A44" t="s">
+      <c r="A44" s="1" t="s">
         <v>129</v>
       </c>
-      <c r="B44" t="s">
+      <c r="B44" s="1" t="s">
         <v>130</v>
       </c>
-      <c r="C44" t="s">
+      <c r="C44" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="D44" t="s">
+      <c r="D44" s="1" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="45" spans="1:4">
-      <c r="A45" t="s">
+      <c r="A45" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="B45" t="s">
+      <c r="B45" s="1" t="s">
         <v>133</v>
       </c>
-      <c r="C45">
+      <c r="C45" s="1">
         <v>1938</v>
       </c>
-      <c r="D45" t="s">
+      <c r="D45" s="1" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="46" spans="1:4">
-      <c r="A46" t="s">
+      <c r="A46" s="1" t="s">
         <v>135</v>
       </c>
-      <c r="B46" t="s">
+      <c r="B46" s="1" t="s">
         <v>136</v>
       </c>
-      <c r="C46">
+      <c r="C46" s="1">
         <v>1938</v>
       </c>
-      <c r="D46" t="s">
+      <c r="D46" s="1" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="47" spans="1:4">
-      <c r="A47" t="s">
+      <c r="A47" s="1" t="s">
         <v>138</v>
       </c>
-      <c r="B47" t="s">
+      <c r="B47" s="1" t="s">
         <v>139</v>
       </c>
-      <c r="C47">
-[...2 lines deleted...]
-      <c r="D47" t="s">
+      <c r="C47" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D47" s="1" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="48" spans="1:4">
-      <c r="A48" t="s">
+      <c r="A48" s="1" t="s">
         <v>141</v>
       </c>
-      <c r="B48" t="s">
+      <c r="B48" s="1" t="s">
         <v>142</v>
       </c>
-      <c r="C48" t="s">
+      <c r="C48" s="1" t="s">
         <v>143</v>
       </c>
-      <c r="D48" t="s">
+      <c r="D48" s="1" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="49" spans="1:4">
-      <c r="A49" t="s">
+      <c r="A49" s="1" t="s">
         <v>145</v>
       </c>
-      <c r="B49" t="s">
+      <c r="B49" s="1" t="s">
         <v>146</v>
       </c>
-      <c r="C49" t="s">
+      <c r="C49" s="1" t="s">
         <v>147</v>
       </c>
-      <c r="D49" t="s">
+      <c r="D49" s="1" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="50" spans="1:4">
-      <c r="A50" t="s">
+      <c r="A50" s="1" t="s">
         <v>149</v>
       </c>
-      <c r="B50" t="s">
+      <c r="B50" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="C50">
+      <c r="C50" s="1">
         <v>1939</v>
       </c>
-      <c r="D50" t="s">
+      <c r="D50" s="1" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="51" spans="1:4">
-      <c r="A51" t="s">
+      <c r="A51" s="1" t="s">
         <v>152</v>
       </c>
-      <c r="B51" t="s">
+      <c r="B51" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="C51" t="s">
+      <c r="C51" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="D51" t="s">
+      <c r="D51" s="1" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="52" spans="1:4">
-      <c r="A52" t="s">
+      <c r="A52" s="1" t="s">
         <v>155</v>
       </c>
-      <c r="B52" t="s">
+      <c r="B52" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="C52" t="s">
+      <c r="C52" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="D52" t="s">
+      <c r="D52" s="1" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="53" spans="1:4">
-      <c r="A53" t="s">
+      <c r="A53" s="1" t="s">
         <v>157</v>
       </c>
-      <c r="B53" t="s">
+      <c r="B53" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="C53" t="s">
+      <c r="C53" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="D53" t="s">
+      <c r="D53" s="1" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="54" spans="1:4">
-      <c r="A54" t="s">
+      <c r="A54" s="1" t="s">
         <v>159</v>
       </c>
-      <c r="B54" t="s">
+      <c r="B54" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="C54" t="s">
+      <c r="C54" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="D54" t="s">
+      <c r="D54" s="1" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="55" spans="1:4">
-      <c r="A55" t="s">
+      <c r="A55" s="1" t="s">
         <v>161</v>
       </c>
-      <c r="B55" t="s">
+      <c r="B55" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="C55" t="s">
+      <c r="C55" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="D55" t="s">
+      <c r="D55" s="1" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="56" spans="1:4">
-      <c r="A56" t="s">
+      <c r="A56" s="1" t="s">
         <v>163</v>
       </c>
-      <c r="B56" t="s">
+      <c r="B56" s="1" t="s">
         <v>164</v>
       </c>
-      <c r="C56">
+      <c r="C56" s="1">
         <v>1939</v>
       </c>
-      <c r="D56" t="s">
+      <c r="D56" s="1" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="57" spans="1:4">
-      <c r="A57" t="s">
+      <c r="A57" s="1" t="s">
         <v>166</v>
       </c>
-      <c r="B57" t="s">
+      <c r="B57" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="C57">
+      <c r="C57" s="1">
         <v>1939</v>
       </c>
-      <c r="D57" t="s">
+      <c r="D57" s="1" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="58" spans="1:4">
-      <c r="A58" t="s">
+      <c r="A58" s="1" t="s">
         <v>168</v>
       </c>
-      <c r="B58" t="s">
+      <c r="B58" s="1" t="s">
         <v>169</v>
       </c>
-      <c r="C58">
+      <c r="C58" s="1">
         <v>1939</v>
       </c>
-      <c r="D58" t="s">
+      <c r="D58" s="1" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="59" spans="1:4">
-      <c r="A59" t="s">
+      <c r="A59" s="1" t="s">
         <v>171</v>
       </c>
-      <c r="B59" t="s">
+      <c r="B59" s="1" t="s">
         <v>172</v>
       </c>
-      <c r="C59">
-[...2 lines deleted...]
-      <c r="D59" t="s">
+      <c r="C59" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D59" s="1" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="60" spans="1:4">
-      <c r="A60" t="s">
+      <c r="A60" s="1" t="s">
         <v>174</v>
       </c>
-      <c r="B60" t="s">
+      <c r="B60" s="1" t="s">
         <v>175</v>
       </c>
-      <c r="C60">
+      <c r="C60" s="1">
         <v>1939</v>
       </c>
-      <c r="D60" t="s">
+      <c r="D60" s="1" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="61" spans="1:4">
-      <c r="A61" t="s">
+      <c r="A61" s="1" t="s">
         <v>177</v>
       </c>
-      <c r="B61" t="s">
+      <c r="B61" s="1" t="s">
         <v>178</v>
       </c>
-      <c r="C61">
+      <c r="C61" s="1">
         <v>1939</v>
       </c>
-      <c r="D61" t="s">
+      <c r="D61" s="1" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="62" spans="1:4">
-      <c r="A62" t="s">
+      <c r="A62" s="1" t="s">
         <v>180</v>
       </c>
-      <c r="B62" t="s">
+      <c r="B62" s="1" t="s">
         <v>181</v>
       </c>
-      <c r="C62">
+      <c r="C62" s="1">
         <v>1939</v>
       </c>
-      <c r="D62" t="s">
+      <c r="D62" s="1" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="63" spans="1:4">
-      <c r="A63" t="s">
+      <c r="A63" s="1" t="s">
         <v>183</v>
       </c>
-      <c r="B63" t="s">
+      <c r="B63" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="C63" t="s">
+      <c r="C63" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="D63" t="s">
+      <c r="D63" s="1" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="64" spans="1:4">
-      <c r="A64" t="s">
+      <c r="A64" s="1" t="s">
         <v>186</v>
       </c>
-      <c r="B64" t="s">
+      <c r="B64" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="C64" t="s">
+      <c r="C64" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="D64" t="s">
+      <c r="D64" s="1" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="65" spans="1:4">
-      <c r="A65" t="s">
+      <c r="A65" s="1" t="s">
         <v>188</v>
       </c>
-      <c r="B65" t="s">
+      <c r="B65" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="C65" t="s">
+      <c r="C65" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="D65" t="s">
+      <c r="D65" s="1" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="66" spans="1:4">
-      <c r="A66" t="s">
+      <c r="A66" s="1" t="s">
         <v>190</v>
       </c>
-      <c r="B66" t="s">
+      <c r="B66" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="C66" t="s">
+      <c r="C66" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="D66" t="s">
+      <c r="D66" s="1" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="67" spans="1:4">
-      <c r="A67" t="s">
+      <c r="A67" s="1" t="s">
         <v>192</v>
       </c>
-      <c r="B67" t="s">
+      <c r="B67" s="1" t="s">
         <v>193</v>
       </c>
-      <c r="C67">
+      <c r="C67" s="1">
         <v>1939</v>
       </c>
-      <c r="D67" t="s">
+      <c r="D67" s="1" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="68" spans="1:4">
-      <c r="A68" t="s">
+      <c r="A68" s="1" t="s">
         <v>195</v>
       </c>
-      <c r="B68" t="s">
+      <c r="B68" s="1" t="s">
         <v>196</v>
       </c>
-      <c r="C68" t="s">
+      <c r="C68" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="D68" t="s">
+      <c r="D68" s="1" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="69" spans="1:4">
-      <c r="A69" t="s">
+      <c r="A69" s="1" t="s">
         <v>198</v>
       </c>
-      <c r="B69" t="s">
+      <c r="B69" s="1" t="s">
         <v>199</v>
       </c>
-      <c r="C69" t="s">
+      <c r="C69" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="D69" t="s">
+      <c r="D69" s="1" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="70" spans="1:4">
-      <c r="A70" t="s">
+      <c r="A70" s="1" t="s">
         <v>201</v>
       </c>
-      <c r="B70" t="s">
+      <c r="B70" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="C70">
+      <c r="C70" s="1">
         <v>1939</v>
       </c>
-      <c r="D70" t="s">
+      <c r="D70" s="1" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="71" spans="1:4">
-      <c r="A71" t="s">
+      <c r="A71" s="1" t="s">
         <v>203</v>
       </c>
-      <c r="B71" t="s">
+      <c r="B71" s="1" t="s">
         <v>204</v>
       </c>
-      <c r="C71">
+      <c r="C71" s="1">
         <v>1938</v>
       </c>
-      <c r="D71" t="s">
+      <c r="D71" s="1" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="72" spans="1:4">
-      <c r="A72" t="s">
+      <c r="A72" s="1" t="s">
         <v>206</v>
       </c>
-      <c r="B72" t="s">
+      <c r="B72" s="1" t="s">
         <v>207</v>
       </c>
-      <c r="C72" t="s">
+      <c r="C72" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="D72" t="s">
+      <c r="D72" s="1" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="73" spans="1:4">
-      <c r="A73" t="s">
+      <c r="A73" s="1" t="s">
         <v>209</v>
       </c>
-      <c r="B73" t="s">
+      <c r="B73" s="1" t="s">
         <v>210</v>
       </c>
-      <c r="C73" t="s">
+      <c r="C73" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="D73" t="s">
+      <c r="D73" s="1" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="74" spans="1:4">
-      <c r="A74" t="s">
+      <c r="A74" s="1" t="s">
         <v>212</v>
       </c>
-      <c r="B74" t="s">
+      <c r="B74" s="1" t="s">
         <v>213</v>
       </c>
-      <c r="C74" t="s">
+      <c r="C74" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="D74" t="s">
+      <c r="D74" s="1" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="75" spans="1:4">
-      <c r="A75" t="s">
+      <c r="A75" s="1" t="s">
         <v>215</v>
       </c>
-      <c r="B75" t="s">
+      <c r="B75" s="1" t="s">
         <v>216</v>
       </c>
-      <c r="C75" t="s">
+      <c r="C75" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="D75" t="s">
+      <c r="D75" s="1" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="76" spans="1:4">
-      <c r="A76" t="s">
+      <c r="A76" s="1" t="s">
         <v>218</v>
       </c>
-      <c r="B76" t="s">
+      <c r="B76" s="1" t="s">
         <v>219</v>
       </c>
-      <c r="C76" t="s">
+      <c r="C76" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="D76" t="s">
+      <c r="D76" s="1" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="77" spans="1:4">
-      <c r="A77" t="s">
+      <c r="A77" s="1" t="s">
         <v>221</v>
       </c>
-      <c r="B77" t="s">
+      <c r="B77" s="1" t="s">
         <v>222</v>
       </c>
-      <c r="C77" t="s">
+      <c r="C77" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="D77" t="s">
+      <c r="D77" s="1" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="78" spans="1:4">
-      <c r="A78" t="s">
+      <c r="A78" s="1" t="s">
         <v>224</v>
       </c>
-      <c r="B78" t="s">
+      <c r="B78" s="1" t="s">
         <v>225</v>
       </c>
-      <c r="C78" t="s">
+      <c r="C78" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="D78" t="s">
+      <c r="D78" s="1" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="79" spans="1:4">
-      <c r="A79" t="s">
+      <c r="A79" s="1" t="s">
         <v>227</v>
       </c>
-      <c r="B79" t="s">
+      <c r="B79" s="1" t="s">
         <v>228</v>
       </c>
-      <c r="C79" t="s">
+      <c r="C79" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="D79" t="s">
+      <c r="D79" s="1" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="80" spans="1:4">
-      <c r="A80" t="s">
+      <c r="A80" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="B80" t="s">
+      <c r="B80" s="1" t="s">
         <v>228</v>
       </c>
-      <c r="C80" t="s">
+      <c r="C80" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="D80" t="s">
+      <c r="D80" s="1" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="81" spans="1:4">
-      <c r="A81" t="s">
+      <c r="A81" s="1" t="s">
         <v>232</v>
       </c>
-      <c r="B81" t="s">
+      <c r="B81" s="1" t="s">
         <v>228</v>
       </c>
-      <c r="C81" t="s">
+      <c r="C81" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="D81" t="s">
+      <c r="D81" s="1" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="82" spans="1:4">
-      <c r="A82" t="s">
+      <c r="A82" s="1" t="s">
         <v>234</v>
       </c>
-      <c r="B82" t="s">
+      <c r="B82" s="1" t="s">
         <v>235</v>
       </c>
-      <c r="C82" t="s">
+      <c r="C82" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="D82" t="s">
+      <c r="D82" s="1" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="83" spans="1:4">
-      <c r="A83" t="s">
+      <c r="A83" s="1" t="s">
         <v>237</v>
       </c>
-      <c r="B83" t="s">
+      <c r="B83" s="1" t="s">
         <v>238</v>
       </c>
-      <c r="C83" t="s">
+      <c r="C83" s="1" t="s">
         <v>239</v>
       </c>
-      <c r="D83" t="s">
+      <c r="D83" s="1" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="84" spans="1:4">
-      <c r="A84" t="s">
+      <c r="A84" s="1" t="s">
         <v>241</v>
       </c>
-      <c r="B84" t="s">
+      <c r="B84" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="C84" t="s">
+      <c r="C84" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="D84" t="s">
+      <c r="D84" s="1" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="85" spans="1:4">
-      <c r="A85" t="s">
+      <c r="A85" s="1" t="s">
         <v>243</v>
       </c>
-      <c r="B85" t="s">
+      <c r="B85" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="C85" t="s">
+      <c r="C85" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="D85" t="s">
+      <c r="D85" s="1" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="86" spans="1:4">
-      <c r="A86" t="s">
+      <c r="A86" s="1" t="s">
         <v>245</v>
       </c>
-      <c r="B86" t="s">
+      <c r="B86" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="C86" t="s">
+      <c r="C86" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="D86" t="s">
+      <c r="D86" s="1" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="87" spans="1:4">
-      <c r="A87" t="s">
+      <c r="A87" s="1" t="s">
         <v>247</v>
       </c>
-      <c r="B87" t="s">
+      <c r="B87" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="C87" t="s">
+      <c r="C87" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="D87" t="s">
+      <c r="D87" s="1" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="88" spans="1:4">
-      <c r="A88" t="s">
+      <c r="A88" s="1" t="s">
         <v>249</v>
       </c>
-      <c r="B88" t="s">
+      <c r="B88" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="C88" t="s">
+      <c r="C88" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="D88" t="s">
+      <c r="D88" s="1" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="89" spans="1:4">
-      <c r="A89" t="s">
+      <c r="A89" s="1" t="s">
         <v>251</v>
       </c>
-      <c r="B89" t="s">
+      <c r="B89" s="1" t="s">
         <v>252</v>
       </c>
-      <c r="C89" t="s">
+      <c r="C89" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="D89" t="s">
+      <c r="D89" s="1" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="90" spans="1:4">
-      <c r="A90" t="s">
+      <c r="A90" s="1" t="s">
         <v>254</v>
       </c>
-      <c r="B90" t="s">
+      <c r="B90" s="1" t="s">
         <v>255</v>
       </c>
-      <c r="C90" t="s">
+      <c r="C90" s="1" t="s">
         <v>256</v>
       </c>
-      <c r="D90" t="s">
+      <c r="D90" s="1" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="91" spans="1:4">
-      <c r="A91" t="s">
+      <c r="A91" s="1" t="s">
         <v>258</v>
       </c>
-      <c r="B91" t="s">
+      <c r="B91" s="1" t="s">
         <v>255</v>
       </c>
-      <c r="C91">
+      <c r="C91" s="1">
         <v>1939</v>
       </c>
-      <c r="D91" t="s">
+      <c r="D91" s="1" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="92" spans="1:4">
-      <c r="A92" t="s">
+      <c r="A92" s="1" t="s">
         <v>260</v>
       </c>
-      <c r="B92" t="s">
+      <c r="B92" s="1" t="s">
         <v>255</v>
       </c>
-      <c r="C92">
+      <c r="C92" s="1">
         <v>1939</v>
       </c>
-      <c r="D92" t="s">
+      <c r="D92" s="1" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="93" spans="1:4">
-      <c r="A93" t="s">
+      <c r="A93" s="1" t="s">
         <v>262</v>
       </c>
-      <c r="B93" t="s">
+      <c r="B93" s="1" t="s">
         <v>263</v>
       </c>
-      <c r="C93">
+      <c r="C93" s="1">
         <v>1939</v>
       </c>
-      <c r="D93" t="s">
+      <c r="D93" s="1" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="94" spans="1:4">
-      <c r="A94" t="s">
+      <c r="A94" s="1" t="s">
         <v>265</v>
       </c>
-      <c r="B94" t="s">
+      <c r="B94" s="1" t="s">
         <v>266</v>
       </c>
-      <c r="C94" t="s">
+      <c r="C94" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="D94" t="s">
+      <c r="D94" s="1" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="95" spans="1:4">
-      <c r="A95" t="s">
+      <c r="A95" s="1" t="s">
         <v>268</v>
       </c>
-      <c r="B95" t="s">
+      <c r="B95" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="C95" t="s">
+      <c r="C95" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="D95" t="s">
+      <c r="D95" s="1" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="96" spans="1:4">
-      <c r="A96" t="s">
+      <c r="A96" s="1" t="s">
         <v>270</v>
       </c>
-      <c r="B96" t="s">
+      <c r="B96" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="C96" t="s">
+      <c r="C96" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="D96" t="s">
+      <c r="D96" s="1" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="97" spans="1:4">
-      <c r="A97" t="s">
+      <c r="A97" s="1" t="s">
         <v>272</v>
       </c>
-      <c r="B97" t="s">
+      <c r="B97" s="1" t="s">
         <v>273</v>
       </c>
-      <c r="C97" t="s">
+      <c r="C97" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="D97" t="s">
+      <c r="D97" s="1" t="s">
         <v>274</v>
       </c>
     </row>
     <row r="98" spans="1:4">
-      <c r="A98" t="s">
+      <c r="A98" s="1" t="s">
         <v>275</v>
       </c>
-      <c r="B98" t="s">
+      <c r="B98" s="1" t="s">
         <v>276</v>
       </c>
-      <c r="C98">
+      <c r="C98" s="1">
         <v>1939</v>
       </c>
-      <c r="D98" t="s">
+      <c r="D98" s="1" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="99" spans="1:4">
-      <c r="A99" t="s">
+      <c r="A99" s="1" t="s">
         <v>278</v>
       </c>
-      <c r="B99" t="s">
+      <c r="B99" s="1" t="s">
         <v>279</v>
       </c>
-      <c r="C99" t="s">
+      <c r="C99" s="1" t="s">
         <v>256</v>
       </c>
-      <c r="D99" t="s">
+      <c r="D99" s="1" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="100" spans="1:4">
-      <c r="A100" t="s">
+      <c r="A100" s="1" t="s">
         <v>281</v>
       </c>
-      <c r="B100" t="s">
+      <c r="B100" s="1" t="s">
         <v>282</v>
       </c>
-      <c r="C100" t="s">
+      <c r="C100" s="1" t="s">
         <v>143</v>
       </c>
-      <c r="D100" t="s">
+      <c r="D100" s="1" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="101" spans="1:4">
-      <c r="A101" t="s">
+      <c r="A101" s="1" t="s">
         <v>284</v>
       </c>
-      <c r="B101" t="s">
+      <c r="B101" s="1" t="s">
         <v>285</v>
       </c>
-      <c r="C101" t="s">
+      <c r="C101" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="D101" t="s">
+      <c r="D101" s="1" t="s">
         <v>286</v>
       </c>
     </row>
     <row r="102" spans="1:4">
-      <c r="A102" t="s">
+      <c r="A102" s="1" t="s">
         <v>287</v>
       </c>
-      <c r="B102" t="s">
+      <c r="B102" s="1" t="s">
         <v>288</v>
       </c>
-      <c r="C102" t="s">
+      <c r="C102" s="1" t="s">
         <v>289</v>
       </c>
-      <c r="D102" t="s">
+      <c r="D102" s="1" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="103" spans="1:4">
-      <c r="A103" t="s">
+      <c r="A103" s="1" t="s">
         <v>291</v>
       </c>
-      <c r="B103" t="s">
+      <c r="B103" s="1" t="s">
         <v>292</v>
       </c>
-      <c r="C103" t="s">
+      <c r="C103" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="D103" t="s">
+      <c r="D103" s="1" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="104" spans="1:4">
-      <c r="A104" t="s">
+      <c r="A104" s="1" t="s">
         <v>294</v>
       </c>
-      <c r="B104" t="s">
+      <c r="B104" s="1" t="s">
         <v>292</v>
       </c>
-      <c r="C104" t="s">
+      <c r="C104" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="D104" t="s">
+      <c r="D104" s="1" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="105" spans="1:4">
-      <c r="A105" t="s">
+      <c r="A105" s="1" t="s">
         <v>296</v>
       </c>
-      <c r="B105" t="s">
+      <c r="B105" s="1" t="s">
         <v>292</v>
       </c>
-      <c r="C105" t="s">
+      <c r="C105" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="D105" t="s">
+      <c r="D105" s="1" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="106" spans="1:4">
-      <c r="A106" t="s">
+      <c r="A106" s="1" t="s">
         <v>298</v>
       </c>
-      <c r="B106" t="s">
+      <c r="B106" s="1" t="s">
         <v>292</v>
       </c>
-      <c r="C106" t="s">
+      <c r="C106" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="D106" t="s">
+      <c r="D106" s="1" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="107" spans="1:4">
-      <c r="A107" t="s">
+      <c r="A107" s="1" t="s">
         <v>300</v>
       </c>
-      <c r="B107" t="s">
+      <c r="B107" s="1" t="s">
         <v>292</v>
       </c>
-      <c r="C107">
+      <c r="C107" s="1">
         <v>1939</v>
       </c>
-      <c r="D107" t="s">
+      <c r="D107" s="1" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="108" spans="1:4">
-      <c r="A108" t="s">
+      <c r="A108" s="1" t="s">
         <v>302</v>
       </c>
-      <c r="B108" t="s">
+      <c r="B108" s="1" t="s">
         <v>303</v>
       </c>
-      <c r="C108" t="s">
+      <c r="C108" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="D108" t="s">
+      <c r="D108" s="1" t="s">
         <v>304</v>
       </c>
     </row>
     <row r="109" spans="1:4">
-      <c r="A109" t="s">
+      <c r="A109" s="1" t="s">
         <v>305</v>
       </c>
-      <c r="B109" t="s">
+      <c r="B109" s="1" t="s">
         <v>306</v>
       </c>
-      <c r="C109" t="s">
+      <c r="C109" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="D109" t="s">
+      <c r="D109" s="1" t="s">
         <v>307</v>
       </c>
     </row>
     <row r="110" spans="1:4">
-      <c r="A110" t="s">
+      <c r="A110" s="1" t="s">
         <v>308</v>
       </c>
-      <c r="B110" t="s">
+      <c r="B110" s="1" t="s">
         <v>309</v>
       </c>
-      <c r="C110" t="s">
+      <c r="C110" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="D110" t="s">
+      <c r="D110" s="1" t="s">
         <v>310</v>
       </c>
     </row>
     <row r="111" spans="1:4">
-      <c r="A111" t="s">
+      <c r="A111" s="1" t="s">
         <v>311</v>
       </c>
-      <c r="B111" t="s">
+      <c r="B111" s="1" t="s">
         <v>312</v>
       </c>
-      <c r="C111">
+      <c r="C111" s="1">
         <v>1939</v>
       </c>
-      <c r="D111" t="s">
+      <c r="D111" s="1" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="112" spans="1:4">
-      <c r="A112" t="s">
+      <c r="A112" s="1" t="s">
         <v>314</v>
       </c>
-      <c r="B112" t="s">
+      <c r="B112" s="1" t="s">
         <v>315</v>
       </c>
-      <c r="C112" t="s">
+      <c r="C112" s="1" t="s">
         <v>143</v>
       </c>
-      <c r="D112" t="s">
+      <c r="D112" s="1" t="s">
         <v>316</v>
       </c>
     </row>
     <row r="113" spans="1:4">
-      <c r="A113" t="s">
+      <c r="A113" s="1" t="s">
         <v>317</v>
       </c>
-      <c r="B113" t="s">
+      <c r="B113" s="1" t="s">
         <v>318</v>
       </c>
-      <c r="C113" t="s">
+      <c r="C113" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="D113" t="s">
+      <c r="D113" s="1" t="s">
         <v>319</v>
       </c>
     </row>
     <row r="114" spans="1:4">
-      <c r="A114" t="s">
+      <c r="A114" s="1" t="s">
         <v>320</v>
       </c>
-      <c r="B114" t="s">
+      <c r="B114" s="1" t="s">
         <v>321</v>
       </c>
-      <c r="C114">
+      <c r="C114" s="1">
         <v>1939</v>
       </c>
-      <c r="D114" t="s">
+      <c r="D114" s="1" t="s">
         <v>322</v>
       </c>
     </row>
     <row r="115" spans="1:4">
-      <c r="A115" t="s">
+      <c r="A115" s="1" t="s">
         <v>323</v>
       </c>
-      <c r="B115" t="s">
+      <c r="B115" s="1" t="s">
         <v>324</v>
       </c>
-      <c r="C115" t="s">
+      <c r="C115" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="D115" t="s">
+      <c r="D115" s="1" t="s">
         <v>325</v>
       </c>
     </row>
     <row r="116" spans="1:4">
-      <c r="A116" t="s">
+      <c r="A116" s="1" t="s">
         <v>326</v>
       </c>
-      <c r="B116" t="s">
+      <c r="B116" s="1" t="s">
         <v>327</v>
       </c>
-      <c r="C116" t="s">
+      <c r="C116" s="1" t="s">
         <v>328</v>
       </c>
-      <c r="D116" t="s">
+      <c r="D116" s="1" t="s">
         <v>329</v>
       </c>
     </row>
     <row r="117" spans="1:4">
-      <c r="A117" t="s">
+      <c r="A117" s="1" t="s">
         <v>330</v>
       </c>
-      <c r="B117" t="s">
+      <c r="B117" s="1" t="s">
         <v>327</v>
       </c>
-      <c r="C117">
+      <c r="C117" s="1">
         <v>1939</v>
       </c>
-      <c r="D117" t="s">
+      <c r="D117" s="1" t="s">
         <v>331</v>
       </c>
     </row>
     <row r="118" spans="1:4">
-      <c r="A118" t="s">
+      <c r="A118" s="1" t="s">
         <v>332</v>
       </c>
-      <c r="B118" t="s">
+      <c r="B118" s="1" t="s">
         <v>327</v>
       </c>
-      <c r="C118">
+      <c r="C118" s="1">
         <v>1939</v>
       </c>
-      <c r="D118" t="s">
+      <c r="D118" s="1" t="s">
         <v>333</v>
       </c>
     </row>
     <row r="119" spans="1:4">
-      <c r="A119" t="s">
+      <c r="A119" s="1" t="s">
         <v>334</v>
       </c>
-      <c r="B119" t="s">
+      <c r="B119" s="1" t="s">
         <v>327</v>
       </c>
-      <c r="C119">
+      <c r="C119" s="1">
         <v>1939</v>
       </c>
-      <c r="D119" t="s">
+      <c r="D119" s="1" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="120" spans="1:4">
-      <c r="A120" t="s">
+      <c r="A120" s="1" t="s">
         <v>336</v>
       </c>
-      <c r="B120" t="s">
+      <c r="B120" s="1" t="s">
         <v>327</v>
       </c>
-      <c r="C120">
+      <c r="C120" s="1">
         <v>1939</v>
       </c>
-      <c r="D120" t="s">
+      <c r="D120" s="1" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="121" spans="1:4">
-      <c r="A121" t="s">
+      <c r="A121" s="1" t="s">
         <v>338</v>
       </c>
-      <c r="B121" t="s">
+      <c r="B121" s="1" t="s">
         <v>339</v>
       </c>
-      <c r="C121" t="s">
+      <c r="C121" s="1" t="s">
         <v>340</v>
       </c>
-      <c r="D121" t="s">
+      <c r="D121" s="1" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="122" spans="1:4">
-      <c r="A122" t="s">
+      <c r="A122" s="1" t="s">
         <v>342</v>
       </c>
-      <c r="B122" t="s">
+      <c r="B122" s="1" t="s">
         <v>339</v>
       </c>
-      <c r="C122" t="s">
+      <c r="C122" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="D122" t="s">
+      <c r="D122" s="1" t="s">
         <v>343</v>
       </c>
     </row>
     <row r="123" spans="1:4">
-      <c r="A123" t="s">
+      <c r="A123" s="1" t="s">
         <v>344</v>
       </c>
-      <c r="B123" t="s">
+      <c r="B123" s="1" t="s">
         <v>345</v>
       </c>
-      <c r="C123" t="s">
+      <c r="C123" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="D123" t="s">
+      <c r="D123" s="1" t="s">
         <v>346</v>
       </c>
     </row>
     <row r="124" spans="1:4">
-      <c r="A124" t="s">
+      <c r="A124" s="1" t="s">
         <v>347</v>
       </c>
-      <c r="B124" t="s">
+      <c r="B124" s="1" t="s">
         <v>348</v>
       </c>
-      <c r="C124" t="s">
+      <c r="C124" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="D124" t="s">
+      <c r="D124" s="1" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="125" spans="1:4">
-      <c r="A125" t="s">
+      <c r="A125" s="1" t="s">
         <v>350</v>
       </c>
-      <c r="B125" t="s">
+      <c r="B125" s="1" t="s">
         <v>351</v>
       </c>
-      <c r="C125">
+      <c r="C125" s="1">
         <v>1939</v>
       </c>
-      <c r="D125" t="s">
+      <c r="D125" s="1" t="s">
         <v>352</v>
       </c>
     </row>
     <row r="126" spans="1:4">
-      <c r="A126" t="s">
+      <c r="A126" s="1" t="s">
         <v>353</v>
       </c>
-      <c r="B126" t="s">
+      <c r="B126" s="1" t="s">
         <v>354</v>
       </c>
-      <c r="C126">
+      <c r="C126" s="1">
         <v>1938</v>
       </c>
-      <c r="D126" t="s">
+      <c r="D126" s="1" t="s">
         <v>355</v>
       </c>
     </row>
     <row r="127" spans="1:4">
-      <c r="A127" t="s">
+      <c r="A127" s="1" t="s">
         <v>356</v>
       </c>
-      <c r="B127" t="s">
+      <c r="B127" s="1" t="s">
         <v>357</v>
       </c>
-      <c r="C127" t="s">
+      <c r="C127" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="D127" t="s">
+      <c r="D127" s="1" t="s">
         <v>358</v>
       </c>
     </row>
     <row r="128" spans="1:4">
-      <c r="A128" t="s">
+      <c r="A128" s="1" t="s">
         <v>359</v>
       </c>
-      <c r="B128" t="s">
+      <c r="B128" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="C128" t="s">
+      <c r="C128" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="D128" t="s">
+      <c r="D128" s="1" t="s">
         <v>360</v>
       </c>
     </row>
     <row r="129" spans="1:4">
-      <c r="A129" t="s">
+      <c r="A129" s="1" t="s">
         <v>361</v>
       </c>
-      <c r="B129" t="s">
+      <c r="B129" s="1" t="s">
         <v>362</v>
       </c>
-      <c r="C129">
+      <c r="C129" s="1">
         <v>1939</v>
       </c>
-      <c r="D129" t="s">
+      <c r="D129" s="1" t="s">
         <v>363</v>
       </c>
     </row>
     <row r="130" spans="1:4">
-      <c r="A130" t="s">
+      <c r="A130" s="1" t="s">
         <v>364</v>
       </c>
-      <c r="B130" t="s">
+      <c r="B130" s="1" t="s">
         <v>365</v>
       </c>
-      <c r="C130">
+      <c r="C130" s="1">
         <v>1939</v>
       </c>
-      <c r="D130" t="s">
+      <c r="D130" s="1" t="s">
         <v>366</v>
       </c>
     </row>
     <row r="131" spans="1:4">
-      <c r="A131" t="s">
+      <c r="A131" s="1" t="s">
         <v>367</v>
       </c>
-      <c r="B131" t="s">
+      <c r="B131" s="1" t="s">
         <v>368</v>
       </c>
-      <c r="C131">
+      <c r="C131" s="1">
         <v>1939</v>
       </c>
-      <c r="D131" t="s">
+      <c r="D131" s="1" t="s">
         <v>369</v>
       </c>
     </row>
     <row r="132" spans="1:4">
-      <c r="A132" t="s">
+      <c r="A132" s="1" t="s">
         <v>370</v>
       </c>
-      <c r="B132" t="s">
+      <c r="B132" s="1" t="s">
         <v>371</v>
       </c>
-      <c r="C132" t="s">
+      <c r="C132" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="D132" t="s">
+      <c r="D132" s="1" t="s">
         <v>372</v>
       </c>
     </row>
     <row r="133" spans="1:4">
-      <c r="A133" t="s">
+      <c r="A133" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="B133" t="s">
+      <c r="B133" s="1" t="s">
         <v>374</v>
       </c>
-      <c r="C133" t="s">
+      <c r="C133" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="D133" t="s">
+      <c r="D133" s="1" t="s">
         <v>375</v>
       </c>
     </row>
     <row r="134" spans="1:4">
-      <c r="A134" t="s">
+      <c r="A134" s="1" t="s">
         <v>376</v>
       </c>
-      <c r="B134" t="s">
+      <c r="B134" s="1" t="s">
         <v>374</v>
       </c>
-      <c r="C134" t="s">
+      <c r="C134" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="D134" t="s">
+      <c r="D134" s="1" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="135" spans="1:4">
-      <c r="A135" t="s">
+      <c r="A135" s="1" t="s">
         <v>378</v>
       </c>
-      <c r="B135" t="s">
+      <c r="B135" s="1" t="s">
         <v>379</v>
       </c>
-      <c r="C135" t="s">
+      <c r="C135" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="D135" t="s">
+      <c r="D135" s="1" t="s">
         <v>380</v>
       </c>
     </row>
     <row r="136" spans="1:4">
-      <c r="A136" t="s">
+      <c r="A136" s="1" t="s">
         <v>381</v>
       </c>
-      <c r="B136" t="s">
+      <c r="B136" s="1" t="s">
         <v>382</v>
       </c>
-      <c r="C136">
+      <c r="C136" s="1">
         <v>1939</v>
       </c>
-      <c r="D136" t="s">
+      <c r="D136" s="1" t="s">
         <v>383</v>
       </c>
     </row>
     <row r="137" spans="1:4">
-      <c r="A137" t="s">
+      <c r="A137" s="1" t="s">
         <v>384</v>
       </c>
-      <c r="B137" t="s">
+      <c r="B137" s="1" t="s">
         <v>385</v>
       </c>
-      <c r="C137">
+      <c r="C137" s="1">
         <v>1939</v>
       </c>
-      <c r="D137" t="s">
+      <c r="D137" s="1" t="s">
         <v>386</v>
       </c>
     </row>
     <row r="138" spans="1:4">
-      <c r="A138" t="s">
+      <c r="A138" s="1" t="s">
         <v>387</v>
       </c>
-      <c r="B138" t="s">
+      <c r="B138" s="1" t="s">
         <v>388</v>
       </c>
-      <c r="C138">
+      <c r="C138" s="1">
         <v>1939</v>
       </c>
-      <c r="D138" t="s">
+      <c r="D138" s="1" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="139" spans="1:4">
-      <c r="A139" t="s">
+      <c r="A139" s="1" t="s">
         <v>390</v>
       </c>
-      <c r="B139" t="s">
+      <c r="B139" s="1" t="s">
         <v>391</v>
       </c>
-      <c r="C139">
-[...2 lines deleted...]
-      <c r="D139" t="s">
+      <c r="C139" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D139" s="1" t="s">
         <v>392</v>
       </c>
     </row>
     <row r="140" spans="1:4">
-      <c r="A140" t="s">
+      <c r="A140" s="1" t="s">
         <v>393</v>
       </c>
-      <c r="B140" t="s">
+      <c r="B140" s="1" t="s">
         <v>394</v>
       </c>
-      <c r="C140">
+      <c r="C140" s="1">
         <v>1939</v>
       </c>
-      <c r="D140" t="s">
+      <c r="D140" s="1" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="141" spans="1:4">
-      <c r="A141" t="s">
+      <c r="A141" s="1" t="s">
         <v>396</v>
       </c>
-      <c r="B141" t="s">
+      <c r="B141" s="1" t="s">
         <v>394</v>
       </c>
-      <c r="C141" t="s">
+      <c r="C141" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="D141" t="s">
+      <c r="D141" s="1" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="142" spans="1:4">
-      <c r="A142" t="s">
+      <c r="A142" s="1" t="s">
         <v>398</v>
       </c>
-      <c r="B142" t="s">
+      <c r="B142" s="1" t="s">
         <v>399</v>
       </c>
-      <c r="C142">
+      <c r="C142" s="1">
         <v>1939</v>
       </c>
-      <c r="D142" t="s">
+      <c r="D142" s="1" t="s">
         <v>400</v>
       </c>
     </row>
     <row r="143" spans="1:4">
-      <c r="A143" t="s">
+      <c r="A143" s="1" t="s">
         <v>401</v>
       </c>
-      <c r="B143" t="s">
+      <c r="B143" s="1" t="s">
         <v>402</v>
       </c>
-      <c r="C143">
+      <c r="C143" s="1">
         <v>1939</v>
       </c>
-      <c r="D143" t="s">
+      <c r="D143" s="1" t="s">
         <v>403</v>
       </c>
     </row>
     <row r="144" spans="1:4">
-      <c r="A144" t="s">
+      <c r="A144" s="1" t="s">
         <v>404</v>
       </c>
-      <c r="B144" t="s">
+      <c r="B144" s="1" t="s">
         <v>405</v>
       </c>
-      <c r="C144">
+      <c r="C144" s="1">
         <v>1939</v>
       </c>
-      <c r="D144" t="s">
+      <c r="D144" s="1" t="s">
         <v>406</v>
       </c>
     </row>
     <row r="145" spans="1:4">
-      <c r="A145" t="s">
+      <c r="A145" s="1" t="s">
         <v>407</v>
       </c>
-      <c r="B145" t="s">
+      <c r="B145" s="1" t="s">
         <v>408</v>
       </c>
-      <c r="C145">
+      <c r="C145" s="1">
         <v>1939</v>
       </c>
-      <c r="D145" t="s">
+      <c r="D145" s="1" t="s">
         <v>409</v>
       </c>
     </row>
     <row r="146" spans="1:4">
-      <c r="A146" t="s">
+      <c r="A146" s="1" t="s">
         <v>410</v>
       </c>
-      <c r="B146" t="s">
+      <c r="B146" s="1" t="s">
         <v>411</v>
       </c>
-      <c r="C146">
+      <c r="C146" s="1">
         <v>1939</v>
       </c>
-      <c r="D146" t="s">
+      <c r="D146" s="1" t="s">
         <v>412</v>
       </c>
     </row>
     <row r="147" spans="1:4">
-      <c r="A147" t="s">
+      <c r="A147" s="1" t="s">
         <v>413</v>
       </c>
-      <c r="B147" t="s">
+      <c r="B147" s="1" t="s">
         <v>414</v>
       </c>
-      <c r="C147" t="s">
+      <c r="C147" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="D147" t="s">
+      <c r="D147" s="1" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="148" spans="1:4">
-      <c r="A148" t="s">
+      <c r="A148" s="1" t="s">
         <v>416</v>
       </c>
-      <c r="B148" t="s">
+      <c r="B148" s="1" t="s">
         <v>417</v>
       </c>
-      <c r="C148">
-[...2 lines deleted...]
-      <c r="D148" t="s">
+      <c r="C148" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D148" s="1" t="s">
         <v>418</v>
       </c>
     </row>
     <row r="149" spans="1:4">
-      <c r="A149" t="s">
+      <c r="A149" s="1" t="s">
         <v>419</v>
       </c>
-      <c r="B149" t="s">
+      <c r="B149" s="1" t="s">
         <v>420</v>
       </c>
-      <c r="C149" t="s">
+      <c r="C149" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="D149" t="s">
+      <c r="D149" s="1" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="150" spans="1:4">
-      <c r="A150" t="s">
+      <c r="A150" s="1" t="s">
         <v>422</v>
       </c>
-      <c r="B150" t="s">
+      <c r="B150" s="1" t="s">
         <v>423</v>
       </c>
-      <c r="C150" t="s">
+      <c r="C150" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="D150" t="s">
+      <c r="D150" s="1" t="s">
         <v>424</v>
       </c>
     </row>
     <row r="151" spans="1:4">
-      <c r="A151" t="s">
+      <c r="A151" s="1" t="s">
         <v>425</v>
       </c>
-      <c r="B151" t="s">
+      <c r="B151" s="1" t="s">
         <v>426</v>
       </c>
-      <c r="C151" t="s">
+      <c r="C151" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="D151" t="s">
+      <c r="D151" s="1" t="s">
         <v>427</v>
       </c>
     </row>
     <row r="152" spans="1:4">
-      <c r="A152" t="s">
+      <c r="A152" s="1" t="s">
         <v>428</v>
       </c>
-      <c r="B152" t="s">
+      <c r="B152" s="1" t="s">
         <v>429</v>
       </c>
-      <c r="C152" t="s">
+      <c r="C152" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="D152" t="s">
+      <c r="D152" s="1" t="s">
         <v>430</v>
       </c>
     </row>
     <row r="153" spans="1:4">
-      <c r="A153" t="s">
+      <c r="A153" s="1" t="s">
         <v>431</v>
       </c>
-      <c r="B153" t="s">
+      <c r="B153" s="1" t="s">
         <v>432</v>
       </c>
-      <c r="C153" t="s">
+      <c r="C153" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="D153" t="s">
+      <c r="D153" s="1" t="s">
         <v>433</v>
       </c>
     </row>
     <row r="154" spans="1:4">
-      <c r="A154" t="s">
+      <c r="A154" s="1" t="s">
         <v>434</v>
       </c>
-      <c r="B154" t="s">
+      <c r="B154" s="1" t="s">
         <v>435</v>
       </c>
-      <c r="C154" t="s">
+      <c r="C154" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="D154" t="s">
+      <c r="D154" s="1" t="s">
         <v>436</v>
       </c>
     </row>
     <row r="155" spans="1:4">
-      <c r="A155" t="s">
+      <c r="A155" s="1" t="s">
         <v>437</v>
       </c>
-      <c r="B155" t="s">
+      <c r="B155" s="1" t="s">
         <v>118</v>
       </c>
-      <c r="C155" t="s">
+      <c r="C155" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="D155" t="s">
+      <c r="D155" s="1" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="156" spans="1:4">
-      <c r="A156" t="s">
+      <c r="A156" s="1" t="s">
         <v>439</v>
       </c>
-      <c r="B156" t="s">
+      <c r="B156" s="1" t="s">
         <v>118</v>
       </c>
-      <c r="C156" t="s">
+      <c r="C156" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="D156" t="s">
+      <c r="D156" s="1" t="s">
         <v>440</v>
       </c>
     </row>
     <row r="157" spans="1:4">
-      <c r="A157" t="s">
+      <c r="A157" s="1" t="s">
         <v>441</v>
       </c>
-      <c r="B157" t="s">
+      <c r="B157" s="1" t="s">
         <v>118</v>
       </c>
-      <c r="C157" t="s">
+      <c r="C157" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="D157" t="s">
+      <c r="D157" s="1" t="s">
         <v>442</v>
       </c>
     </row>
     <row r="158" spans="1:4">
-      <c r="A158" t="s">
+      <c r="A158" s="1" t="s">
         <v>443</v>
       </c>
-      <c r="B158" t="s">
+      <c r="B158" s="1" t="s">
         <v>118</v>
       </c>
-      <c r="C158" t="s">
+      <c r="C158" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="D158" t="s">
+      <c r="D158" s="1" t="s">
         <v>444</v>
       </c>
     </row>
     <row r="159" spans="1:4">
-      <c r="A159" t="s">
+      <c r="A159" s="1" t="s">
         <v>445</v>
       </c>
-      <c r="B159" t="s">
+      <c r="B159" s="1" t="s">
         <v>118</v>
       </c>
-      <c r="C159">
+      <c r="C159" s="1">
         <v>1939</v>
       </c>
-      <c r="D159" t="s">
+      <c r="D159" s="1" t="s">
         <v>446</v>
       </c>
     </row>
     <row r="160" spans="1:4">
-      <c r="A160" t="s">
+      <c r="A160" s="1" t="s">
         <v>447</v>
       </c>
-      <c r="B160" t="s">
+      <c r="B160" s="1" t="s">
         <v>121</v>
       </c>
-      <c r="C160" t="s">
+      <c r="C160" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="D160" t="s">
+      <c r="D160" s="1" t="s">
         <v>448</v>
       </c>
     </row>
     <row r="161" spans="1:4">
-      <c r="A161" t="s">
+      <c r="A161" s="1" t="s">
         <v>449</v>
       </c>
-      <c r="B161" t="s">
+      <c r="B161" s="1" t="s">
         <v>450</v>
       </c>
-      <c r="C161" t="s">
+      <c r="C161" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="D161" t="s">
+      <c r="D161" s="1" t="s">
         <v>451</v>
       </c>
     </row>
     <row r="162" spans="1:4">
-      <c r="A162" t="s">
+      <c r="A162" s="1" t="s">
         <v>452</v>
       </c>
-      <c r="B162" t="s">
+      <c r="B162" s="1" t="s">
         <v>450</v>
       </c>
-      <c r="C162" t="s">
+      <c r="C162" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="D162" t="s">
+      <c r="D162" s="1" t="s">
         <v>453</v>
       </c>
     </row>
     <row r="163" spans="1:4">
-      <c r="A163" t="s">
+      <c r="A163" s="1" t="s">
         <v>454</v>
       </c>
-      <c r="B163" t="s">
+      <c r="B163" s="1" t="s">
         <v>455</v>
       </c>
-      <c r="C163" t="s">
+      <c r="C163" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="D163" t="s">
+      <c r="D163" s="1" t="s">
         <v>456</v>
       </c>
     </row>
     <row r="164" spans="1:4">
-      <c r="A164" t="s">
+      <c r="A164" s="1" t="s">
         <v>457</v>
       </c>
-      <c r="B164" t="s">
+      <c r="B164" s="1" t="s">
         <v>458</v>
       </c>
-      <c r="C164" t="s">
+      <c r="C164" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="D164" t="s">
+      <c r="D164" s="1" t="s">
         <v>459</v>
       </c>
     </row>
     <row r="165" spans="1:4">
-      <c r="A165" t="s">
+      <c r="A165" s="1" t="s">
         <v>460</v>
       </c>
-      <c r="B165" t="s">
+      <c r="B165" s="1" t="s">
         <v>458</v>
       </c>
-      <c r="C165" t="s">
+      <c r="C165" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="D165" t="s">
+      <c r="D165" s="1" t="s">
         <v>461</v>
       </c>
     </row>
     <row r="166" spans="1:4">
-      <c r="A166" t="s">
+      <c r="A166" s="1" t="s">
         <v>462</v>
       </c>
-      <c r="B166" t="s">
+      <c r="B166" s="1" t="s">
         <v>463</v>
       </c>
-      <c r="C166" t="s">
+      <c r="C166" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="D166" t="s">
+      <c r="D166" s="1" t="s">
         <v>464</v>
       </c>
     </row>
     <row r="167" spans="1:4">
-      <c r="A167" t="s">
+      <c r="A167" s="1" t="s">
         <v>465</v>
       </c>
-      <c r="B167" t="s">
+      <c r="B167" s="1" t="s">
         <v>466</v>
       </c>
-      <c r="C167">
+      <c r="C167" s="1">
         <v>1939</v>
       </c>
-      <c r="D167" t="s">
+      <c r="D167" s="1" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="168" spans="1:4">
-      <c r="A168" t="s">
+      <c r="A168" s="1" t="s">
         <v>468</v>
       </c>
-      <c r="B168" t="s">
+      <c r="B168" s="1" t="s">
         <v>469</v>
       </c>
-      <c r="C168" t="s">
+      <c r="C168" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="D168" t="s">
+      <c r="D168" s="1" t="s">
         <v>470</v>
       </c>
     </row>
     <row r="169" spans="1:4">
-      <c r="A169" t="s">
+      <c r="A169" s="1" t="s">
         <v>471</v>
       </c>
-      <c r="B169" t="s">
+      <c r="B169" s="1" t="s">
         <v>472</v>
       </c>
-      <c r="C169" t="s">
+      <c r="C169" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="D169" t="s">
+      <c r="D169" s="1" t="s">
         <v>473</v>
       </c>
     </row>
     <row r="170" spans="1:4">
-      <c r="A170" t="s">
+      <c r="A170" s="1" t="s">
         <v>474</v>
       </c>
-      <c r="B170" t="s">
+      <c r="B170" s="1" t="s">
         <v>472</v>
       </c>
-      <c r="C170" t="s">
+      <c r="C170" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="D170" t="s">
+      <c r="D170" s="1" t="s">
         <v>475</v>
       </c>
     </row>
     <row r="171" spans="1:4">
-      <c r="A171" t="s">
+      <c r="A171" s="1" t="s">
         <v>476</v>
       </c>
-      <c r="B171" t="s">
+      <c r="B171" s="1" t="s">
         <v>477</v>
       </c>
-      <c r="C171" t="s">
+      <c r="C171" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="D171" t="s">
+      <c r="D171" s="1" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="172" spans="1:4">
-      <c r="A172" t="s">
+      <c r="A172" s="1" t="s">
         <v>479</v>
       </c>
-      <c r="B172" t="s">
+      <c r="B172" s="1" t="s">
         <v>480</v>
       </c>
-      <c r="C172" t="s">
+      <c r="C172" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="D172" t="s">
+      <c r="D172" s="1" t="s">
         <v>481</v>
       </c>
     </row>
     <row r="173" spans="1:4">
-      <c r="A173" t="s">
+      <c r="A173" s="1" t="s">
         <v>482</v>
       </c>
-      <c r="B173" t="s">
+      <c r="B173" s="1" t="s">
         <v>127</v>
       </c>
-      <c r="C173">
+      <c r="C173" s="1">
         <v>1939</v>
       </c>
-      <c r="D173" t="s">
+      <c r="D173" s="1" t="s">
         <v>483</v>
       </c>
     </row>
     <row r="174" spans="1:4">
-      <c r="A174" t="s">
+      <c r="A174" s="1" t="s">
         <v>484</v>
       </c>
-      <c r="B174" t="s">
+      <c r="B174" s="1" t="s">
         <v>485</v>
       </c>
-      <c r="C174" t="s">
+      <c r="C174" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="D174" t="s">
+      <c r="D174" s="1" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="175" spans="1:4">
-      <c r="A175" t="s">
+      <c r="A175" s="1" t="s">
         <v>487</v>
       </c>
-      <c r="B175" t="s">
+      <c r="B175" s="1" t="s">
         <v>488</v>
       </c>
-      <c r="C175" t="s">
+      <c r="C175" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="D175" t="s">
+      <c r="D175" s="1" t="s">
         <v>489</v>
       </c>
     </row>
     <row r="176" spans="1:4">
-      <c r="A176" t="s">
+      <c r="A176" s="1" t="s">
         <v>490</v>
       </c>
-      <c r="B176" t="s">
+      <c r="B176" s="1" t="s">
         <v>488</v>
       </c>
-      <c r="C176" t="s">
+      <c r="C176" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="D176" t="s">
+      <c r="D176" s="1" t="s">
         <v>491</v>
       </c>
     </row>
     <row r="177" spans="1:4">
-      <c r="A177" t="s">
+      <c r="A177" s="1" t="s">
         <v>492</v>
       </c>
-      <c r="B177" t="s">
+      <c r="B177" s="1" t="s">
         <v>488</v>
       </c>
-      <c r="C177" t="s">
+      <c r="C177" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="D177" t="s">
+      <c r="D177" s="1" t="s">
         <v>493</v>
       </c>
     </row>
     <row r="178" spans="1:4">
-      <c r="A178" t="s">
+      <c r="A178" s="1" t="s">
         <v>494</v>
       </c>
-      <c r="B178" t="s">
+      <c r="B178" s="1" t="s">
         <v>495</v>
       </c>
-      <c r="C178" t="s">
+      <c r="C178" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="D178" t="s">
+      <c r="D178" s="1" t="s">
         <v>496</v>
       </c>
     </row>
     <row r="179" spans="1:4">
-      <c r="A179" t="s">
+      <c r="A179" s="1" t="s">
         <v>497</v>
       </c>
-      <c r="B179" t="s">
+      <c r="B179" s="1" t="s">
         <v>498</v>
       </c>
-      <c r="C179" t="s">
+      <c r="C179" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="D179" t="s">
+      <c r="D179" s="1" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="180" spans="1:4">
-      <c r="A180" t="s">
+      <c r="A180" s="1" t="s">
         <v>500</v>
       </c>
-      <c r="B180" t="s">
+      <c r="B180" s="1" t="s">
         <v>501</v>
       </c>
-      <c r="C180" t="s">
+      <c r="C180" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="D180" t="s">
+      <c r="D180" s="1" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="181" spans="1:4">
-      <c r="A181" t="s">
+      <c r="A181" s="1" t="s">
         <v>503</v>
       </c>
-      <c r="B181" t="s">
+      <c r="B181" s="1" t="s">
         <v>501</v>
       </c>
-      <c r="C181" t="s">
+      <c r="C181" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="D181" t="s">
+      <c r="D181" s="1" t="s">
         <v>504</v>
       </c>
     </row>
     <row r="182" spans="1:4">
-      <c r="A182" t="s">
+      <c r="A182" s="1" t="s">
         <v>505</v>
       </c>
-      <c r="B182" t="s">
+      <c r="B182" s="1" t="s">
         <v>506</v>
       </c>
-      <c r="C182" t="s">
+      <c r="C182" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="D182" t="s">
+      <c r="D182" s="1" t="s">
         <v>507</v>
       </c>
     </row>
     <row r="183" spans="1:4">
-      <c r="A183" t="s">
+      <c r="A183" s="1" t="s">
         <v>508</v>
       </c>
-      <c r="B183" t="s">
+      <c r="B183" s="1" t="s">
         <v>506</v>
       </c>
-      <c r="C183" t="s">
+      <c r="C183" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="D183" t="s">
+      <c r="D183" s="1" t="s">
         <v>509</v>
       </c>
     </row>
     <row r="184" spans="1:4">
-      <c r="A184" t="s">
+      <c r="A184" s="1" t="s">
         <v>510</v>
       </c>
-      <c r="B184" t="s">
+      <c r="B184" s="1" t="s">
         <v>506</v>
       </c>
-      <c r="C184" t="s">
+      <c r="C184" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="D184" t="s">
+      <c r="D184" s="1" t="s">
         <v>511</v>
       </c>
     </row>
     <row r="185" spans="1:4">
-      <c r="A185" t="s">
+      <c r="A185" s="1" t="s">
         <v>512</v>
       </c>
-      <c r="B185" t="s">
+      <c r="B185" s="1" t="s">
         <v>513</v>
       </c>
-      <c r="C185">
+      <c r="C185" s="1">
         <v>1939</v>
       </c>
-      <c r="D185" t="s">
+      <c r="D185" s="1" t="s">
         <v>514</v>
       </c>
     </row>
     <row r="186" spans="1:4">
-      <c r="A186" t="s">
+      <c r="A186" s="1" t="s">
         <v>515</v>
       </c>
-      <c r="B186" t="s">
+      <c r="B186" s="1" t="s">
         <v>516</v>
       </c>
-      <c r="C186">
+      <c r="C186" s="1">
         <v>1939</v>
       </c>
-      <c r="D186" t="s">
+      <c r="D186" s="1" t="s">
         <v>517</v>
       </c>
     </row>
     <row r="187" spans="1:4">
-      <c r="A187" t="s">
+      <c r="A187" s="1" t="s">
         <v>518</v>
       </c>
-      <c r="B187" t="s">
+      <c r="B187" s="1" t="s">
         <v>519</v>
       </c>
-      <c r="C187" t="s">
+      <c r="C187" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="D187" t="s">
+      <c r="D187" s="1" t="s">
         <v>520</v>
       </c>
     </row>
     <row r="188" spans="1:4">
-      <c r="A188" t="s">
+      <c r="A188" s="1" t="s">
         <v>521</v>
       </c>
-      <c r="B188" t="s">
+      <c r="B188" s="1" t="s">
         <v>522</v>
       </c>
-      <c r="C188" t="s">
+      <c r="C188" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="D188" t="s">
+      <c r="D188" s="1" t="s">
         <v>523</v>
       </c>
     </row>
     <row r="189" spans="1:4">
-      <c r="A189" t="s">
+      <c r="A189" s="1" t="s">
         <v>524</v>
       </c>
-      <c r="B189" t="s">
+      <c r="B189" s="1" t="s">
         <v>525</v>
       </c>
-      <c r="C189" t="s">
+      <c r="C189" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="D189" t="s">
+      <c r="D189" s="1" t="s">
         <v>526</v>
       </c>
     </row>
     <row r="190" spans="1:4">
-      <c r="A190" t="s">
+      <c r="A190" s="1" t="s">
         <v>527</v>
       </c>
-      <c r="B190" t="s">
+      <c r="B190" s="1" t="s">
         <v>528</v>
       </c>
-      <c r="C190" t="s">
+      <c r="C190" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="D190" t="s">
+      <c r="D190" s="1" t="s">
         <v>529</v>
       </c>
     </row>
     <row r="191" spans="1:4">
-      <c r="A191" t="s">
+      <c r="A191" s="1" t="s">
         <v>530</v>
       </c>
-      <c r="B191" t="s">
+      <c r="B191" s="1" t="s">
         <v>531</v>
       </c>
-      <c r="C191" t="s">
+      <c r="C191" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="D191" t="s">
+      <c r="D191" s="1" t="s">
         <v>532</v>
       </c>
     </row>
     <row r="192" spans="1:4">
-      <c r="A192" t="s">
+      <c r="A192" s="1" t="s">
         <v>533</v>
       </c>
-      <c r="B192" t="s">
+      <c r="B192" s="1" t="s">
         <v>534</v>
       </c>
-      <c r="C192">
+      <c r="C192" s="1">
         <v>1939</v>
       </c>
-      <c r="D192" t="s">
+      <c r="D192" s="1" t="s">
         <v>535</v>
       </c>
     </row>
     <row r="193" spans="1:4">
-      <c r="A193" t="s">
+      <c r="A193" s="1" t="s">
         <v>536</v>
       </c>
-      <c r="B193" t="s">
+      <c r="B193" s="1" t="s">
         <v>534</v>
       </c>
-      <c r="C193">
+      <c r="C193" s="1">
         <v>1939</v>
       </c>
-      <c r="D193" t="s">
+      <c r="D193" s="1" t="s">
         <v>537</v>
       </c>
     </row>
     <row r="194" spans="1:4">
-      <c r="A194" t="s">
+      <c r="A194" s="1" t="s">
         <v>538</v>
       </c>
-      <c r="B194" t="s">
+      <c r="B194" s="1" t="s">
         <v>539</v>
       </c>
-      <c r="C194" t="s">
+      <c r="C194" s="1" t="s">
         <v>540</v>
       </c>
-      <c r="D194" t="s">
+      <c r="D194" s="1" t="s">
         <v>541</v>
       </c>
     </row>
     <row r="195" spans="1:4">
-      <c r="A195" t="s">
+      <c r="A195" s="1" t="s">
         <v>542</v>
       </c>
-      <c r="B195" t="s">
+      <c r="B195" s="1" t="s">
         <v>543</v>
       </c>
-      <c r="C195" t="s">
+      <c r="C195" s="1" t="s">
         <v>540</v>
       </c>
-      <c r="D195" t="s">
+      <c r="D195" s="1" t="s">
         <v>544</v>
       </c>
     </row>
     <row r="196" spans="1:4">
-      <c r="A196" t="s">
+      <c r="A196" s="1" t="s">
         <v>545</v>
       </c>
-      <c r="B196" t="s">
+      <c r="B196" s="1" t="s">
         <v>546</v>
       </c>
-      <c r="C196">
+      <c r="C196" s="1">
         <v>1940</v>
       </c>
-      <c r="D196" t="s">
+      <c r="D196" s="1" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="197" spans="1:4">
-      <c r="A197" t="s">
+      <c r="A197" s="1" t="s">
         <v>548</v>
       </c>
-      <c r="B197" t="s">
+      <c r="B197" s="1" t="s">
         <v>546</v>
       </c>
-      <c r="C197">
+      <c r="C197" s="1">
         <v>1940</v>
       </c>
-      <c r="D197" t="s">
+      <c r="D197" s="1" t="s">
         <v>549</v>
       </c>
     </row>
     <row r="198" spans="1:4">
-      <c r="A198" t="s">
+      <c r="A198" s="1" t="s">
         <v>550</v>
       </c>
-      <c r="B198" t="s">
+      <c r="B198" s="1" t="s">
         <v>551</v>
       </c>
-      <c r="C198" t="s">
+      <c r="C198" s="1" t="s">
         <v>540</v>
       </c>
-      <c r="D198" t="s">
+      <c r="D198" s="1" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="199" spans="1:4">
-      <c r="A199" t="s">
+      <c r="A199" s="1" t="s">
         <v>553</v>
       </c>
-      <c r="B199" t="s">
+      <c r="B199" s="1" t="s">
         <v>554</v>
       </c>
-      <c r="C199" t="s">
+      <c r="C199" s="1" t="s">
         <v>540</v>
       </c>
-      <c r="D199" t="s">
+      <c r="D199" s="1" t="s">
         <v>555</v>
       </c>
     </row>
     <row r="200" spans="1:4">
-      <c r="A200" t="s">
+      <c r="A200" s="1" t="s">
         <v>556</v>
       </c>
-      <c r="B200" t="s">
+      <c r="B200" s="1" t="s">
         <v>557</v>
       </c>
-      <c r="C200" t="s">
+      <c r="C200" s="1" t="s">
         <v>558</v>
       </c>
-      <c r="D200" t="s">
+      <c r="D200" s="1" t="s">
         <v>559</v>
       </c>
     </row>
     <row r="201" spans="1:4">
-      <c r="A201" t="s">
+      <c r="A201" s="1" t="s">
         <v>560</v>
       </c>
-      <c r="B201" t="s">
+      <c r="B201" s="1" t="s">
         <v>561</v>
       </c>
-      <c r="C201" t="s">
+      <c r="C201" s="1" t="s">
         <v>562</v>
       </c>
-      <c r="D201" t="s">
+      <c r="D201" s="1" t="s">
         <v>563</v>
       </c>
     </row>
     <row r="202" spans="1:4">
-      <c r="A202" t="s">
+      <c r="A202" s="1" t="s">
         <v>564</v>
       </c>
-      <c r="B202" t="s">
+      <c r="B202" s="1" t="s">
         <v>565</v>
       </c>
-      <c r="C202" t="s">
+      <c r="C202" s="1" t="s">
         <v>540</v>
       </c>
-      <c r="D202" t="s">
+      <c r="D202" s="1" t="s">
         <v>566</v>
       </c>
     </row>
     <row r="203" spans="1:4">
-      <c r="A203" t="s">
+      <c r="A203" s="1" t="s">
         <v>567</v>
       </c>
-      <c r="B203" t="s">
+      <c r="B203" s="1" t="s">
         <v>568</v>
       </c>
-      <c r="C203" t="s">
+      <c r="C203" s="1" t="s">
         <v>569</v>
       </c>
-      <c r="D203" t="s">
+      <c r="D203" s="1" t="s">
         <v>570</v>
       </c>
     </row>
     <row r="204" spans="1:4">
-      <c r="A204" t="s">
+      <c r="A204" s="1" t="s">
         <v>571</v>
       </c>
-      <c r="B204" t="s">
+      <c r="B204" s="1" t="s">
         <v>572</v>
       </c>
-      <c r="C204" t="s">
+      <c r="C204" s="1" t="s">
         <v>540</v>
       </c>
-      <c r="D204" t="s">
+      <c r="D204" s="1" t="s">
         <v>573</v>
       </c>
     </row>
     <row r="205" spans="1:4">
-      <c r="A205" t="s">
+      <c r="A205" s="1" t="s">
         <v>574</v>
       </c>
-      <c r="B205" t="s">
+      <c r="B205" s="1" t="s">
         <v>575</v>
       </c>
-      <c r="C205">
+      <c r="C205" s="1">
         <v>1940</v>
       </c>
-      <c r="D205" t="s">
+      <c r="D205" s="1" t="s">
         <v>576</v>
       </c>
     </row>
     <row r="206" spans="1:4">
-      <c r="A206" t="s">
+      <c r="A206" s="1" t="s">
         <v>577</v>
       </c>
-      <c r="B206" t="s">
+      <c r="B206" s="1" t="s">
         <v>578</v>
       </c>
-      <c r="C206" t="s">
+      <c r="C206" s="1" t="s">
         <v>540</v>
       </c>
-      <c r="D206" t="s">
+      <c r="D206" s="1" t="s">
         <v>579</v>
       </c>
     </row>
     <row r="207" spans="1:4">
-      <c r="A207" t="s">
+      <c r="A207" s="1" t="s">
         <v>580</v>
       </c>
-      <c r="B207" t="s">
+      <c r="B207" s="1" t="s">
         <v>581</v>
       </c>
-      <c r="C207" t="s">
+      <c r="C207" s="1" t="s">
         <v>540</v>
       </c>
-      <c r="D207" t="s">
+      <c r="D207" s="1" t="s">
         <v>582</v>
       </c>
     </row>
     <row r="208" spans="1:4">
-      <c r="A208" t="s">
+      <c r="A208" s="1" t="s">
         <v>583</v>
       </c>
-      <c r="B208" t="s">
+      <c r="B208" s="1" t="s">
         <v>584</v>
       </c>
-      <c r="C208" t="s">
+      <c r="C208" s="1" t="s">
         <v>585</v>
       </c>
-      <c r="D208" t="s">
+      <c r="D208" s="1" t="s">
         <v>586</v>
       </c>
     </row>
     <row r="209" spans="1:4">
-      <c r="A209" t="s">
+      <c r="A209" s="1" t="s">
         <v>587</v>
       </c>
-      <c r="B209" t="s">
+      <c r="B209" s="1" t="s">
         <v>238</v>
       </c>
-      <c r="C209">
+      <c r="C209" s="1">
         <v>1940</v>
       </c>
-      <c r="D209" t="s">
+      <c r="D209" s="1" t="s">
         <v>588</v>
       </c>
     </row>
     <row r="210" spans="1:4">
-      <c r="A210" t="s">
+      <c r="A210" s="1" t="s">
         <v>589</v>
       </c>
-      <c r="B210" t="s">
+      <c r="B210" s="1" t="s">
         <v>238</v>
       </c>
-      <c r="C210">
+      <c r="C210" s="1">
         <v>1940</v>
       </c>
-      <c r="D210" t="s">
+      <c r="D210" s="1" t="s">
         <v>590</v>
       </c>
     </row>
     <row r="211" spans="1:4">
-      <c r="A211" t="s">
+      <c r="A211" s="1" t="s">
         <v>591</v>
       </c>
-      <c r="B211" t="s">
+      <c r="B211" s="1" t="s">
         <v>238</v>
       </c>
-      <c r="C211">
+      <c r="C211" s="1">
         <v>1940</v>
       </c>
-      <c r="D211" t="s">
+      <c r="D211" s="1" t="s">
         <v>592</v>
       </c>
     </row>
     <row r="212" spans="1:4">
-      <c r="A212" t="s">
+      <c r="A212" s="1" t="s">
         <v>593</v>
       </c>
-      <c r="B212" t="s">
+      <c r="B212" s="1" t="s">
         <v>238</v>
       </c>
-      <c r="C212">
+      <c r="C212" s="1">
         <v>1940</v>
       </c>
-      <c r="D212" t="s">
+      <c r="D212" s="1" t="s">
         <v>594</v>
       </c>
     </row>
     <row r="213" spans="1:4">
-      <c r="A213" t="s">
+      <c r="A213" s="1" t="s">
         <v>595</v>
       </c>
-      <c r="B213" t="s">
+      <c r="B213" s="1" t="s">
         <v>238</v>
       </c>
-      <c r="C213">
+      <c r="C213" s="1">
         <v>1940</v>
       </c>
-      <c r="D213" t="s">
+      <c r="D213" s="1" t="s">
         <v>596</v>
       </c>
     </row>
     <row r="214" spans="1:4">
-      <c r="A214" t="s">
+      <c r="A214" s="1" t="s">
         <v>597</v>
       </c>
-      <c r="B214" t="s">
+      <c r="B214" s="1" t="s">
         <v>598</v>
       </c>
-      <c r="C214" t="s">
+      <c r="C214" s="1" t="s">
         <v>599</v>
       </c>
-      <c r="D214" t="s">
+      <c r="D214" s="1" t="s">
         <v>600</v>
       </c>
     </row>
     <row r="215" spans="1:4">
-      <c r="A215" t="s">
+      <c r="A215" s="1" t="s">
         <v>601</v>
       </c>
-      <c r="B215" t="s">
+      <c r="B215" s="1" t="s">
         <v>602</v>
       </c>
-      <c r="C215">
+      <c r="C215" s="1">
         <v>1940</v>
       </c>
-      <c r="D215" t="s">
+      <c r="D215" s="1" t="s">
         <v>603</v>
       </c>
     </row>
     <row r="216" spans="1:4">
-      <c r="A216" t="s">
+      <c r="A216" s="1" t="s">
         <v>604</v>
       </c>
-      <c r="B216" t="s">
+      <c r="B216" s="1" t="s">
         <v>605</v>
       </c>
-      <c r="C216">
+      <c r="C216" s="1">
         <v>1940</v>
       </c>
-      <c r="D216" t="s">
+      <c r="D216" s="1" t="s">
         <v>606</v>
       </c>
     </row>
     <row r="217" spans="1:4">
-      <c r="A217" t="s">
+      <c r="A217" s="1" t="s">
         <v>607</v>
       </c>
-      <c r="B217" t="s">
+      <c r="B217" s="1" t="s">
         <v>608</v>
       </c>
-      <c r="C217">
+      <c r="C217" s="1">
         <v>1940</v>
       </c>
-      <c r="D217" t="s">
+      <c r="D217" s="1" t="s">
         <v>609</v>
       </c>
     </row>
     <row r="218" spans="1:4">
-      <c r="A218" t="s">
+      <c r="A218" s="1" t="s">
         <v>610</v>
       </c>
-      <c r="B218" t="s">
+      <c r="B218" s="1" t="s">
         <v>611</v>
       </c>
-      <c r="C218">
+      <c r="C218" s="1">
         <v>1940</v>
       </c>
-      <c r="D218" t="s">
+      <c r="D218" s="1" t="s">
         <v>612</v>
       </c>
     </row>
     <row r="219" spans="1:4">
-      <c r="A219" t="s">
+      <c r="A219" s="1" t="s">
         <v>613</v>
       </c>
-      <c r="B219" t="s">
+      <c r="B219" s="1" t="s">
         <v>614</v>
       </c>
-      <c r="C219">
+      <c r="C219" s="1">
         <v>1940</v>
       </c>
-      <c r="D219" t="s">
+      <c r="D219" s="1" t="s">
         <v>615</v>
       </c>
     </row>
     <row r="220" spans="1:4">
-      <c r="A220" t="s">
+      <c r="A220" s="1" t="s">
         <v>616</v>
       </c>
-      <c r="B220" t="s">
+      <c r="B220" s="1" t="s">
         <v>617</v>
       </c>
-      <c r="C220" t="s">
+      <c r="C220" s="1" t="s">
         <v>618</v>
       </c>
-      <c r="D220" t="s">
+      <c r="D220" s="1" t="s">
         <v>619</v>
       </c>
     </row>
     <row r="221" spans="1:4">
-      <c r="A221" t="s">
+      <c r="A221" s="1" t="s">
         <v>620</v>
       </c>
-      <c r="B221" t="s">
+      <c r="B221" s="1" t="s">
         <v>621</v>
       </c>
-      <c r="C221">
+      <c r="C221" s="1">
         <v>1940</v>
       </c>
-      <c r="D221" t="s">
+      <c r="D221" s="1" t="s">
         <v>622</v>
       </c>
     </row>
     <row r="222" spans="1:4">
-      <c r="A222" t="s">
+      <c r="A222" s="1" t="s">
         <v>623</v>
       </c>
-      <c r="B222" t="s">
+      <c r="B222" s="1" t="s">
         <v>81</v>
       </c>
-      <c r="C222" t="s">
+      <c r="C222" s="1" t="s">
         <v>624</v>
       </c>
-      <c r="D222" t="s">
+      <c r="D222" s="1" t="s">
         <v>625</v>
       </c>
     </row>
     <row r="223" spans="1:4">
-      <c r="A223" t="s">
+      <c r="A223" s="1" t="s">
         <v>626</v>
       </c>
-      <c r="B223" t="s">
+      <c r="B223" s="1" t="s">
         <v>357</v>
       </c>
-      <c r="C223" t="s">
+      <c r="C223" s="1" t="s">
         <v>540</v>
       </c>
-      <c r="D223" t="s">
+      <c r="D223" s="1" t="s">
         <v>627</v>
       </c>
     </row>
     <row r="224" spans="1:4">
-      <c r="A224" t="s">
+      <c r="A224" s="1" t="s">
         <v>628</v>
       </c>
-      <c r="B224" t="s">
+      <c r="B224" s="1" t="s">
         <v>629</v>
       </c>
-      <c r="C224">
+      <c r="C224" s="1">
         <v>1940</v>
       </c>
-      <c r="D224" t="s">
+      <c r="D224" s="1" t="s">
         <v>630</v>
       </c>
     </row>
     <row r="225" spans="1:4">
-      <c r="A225" t="s">
+      <c r="A225" s="1" t="s">
         <v>631</v>
       </c>
-      <c r="B225" t="s">
+      <c r="B225" s="1" t="s">
         <v>632</v>
       </c>
-      <c r="C225" t="s">
+      <c r="C225" s="1" t="s">
         <v>618</v>
       </c>
-      <c r="D225" t="s">
+      <c r="D225" s="1" t="s">
         <v>633</v>
       </c>
     </row>
     <row r="226" spans="1:4">
-      <c r="A226" t="s">
+      <c r="A226" s="1" t="s">
         <v>634</v>
       </c>
-      <c r="B226" t="s">
+      <c r="B226" s="1" t="s">
         <v>635</v>
       </c>
-      <c r="C226" t="s">
+      <c r="C226" s="1" t="s">
         <v>636</v>
       </c>
-      <c r="D226" t="s">
+      <c r="D226" s="1" t="s">
         <v>637</v>
       </c>
     </row>
     <row r="227" spans="1:4">
-      <c r="A227" t="s">
+      <c r="A227" s="1" t="s">
         <v>638</v>
       </c>
-      <c r="B227" t="s">
+      <c r="B227" s="1" t="s">
         <v>635</v>
       </c>
-      <c r="C227">
+      <c r="C227" s="1">
         <v>1940</v>
       </c>
-      <c r="D227" t="s">
+      <c r="D227" s="1" t="s">
         <v>639</v>
       </c>
     </row>
     <row r="228" spans="1:4">
-      <c r="A228" t="s">
+      <c r="A228" s="1" t="s">
         <v>640</v>
       </c>
-      <c r="B228" t="s">
+      <c r="B228" s="1" t="s">
         <v>641</v>
       </c>
-      <c r="C228">
+      <c r="C228" s="1">
         <v>1940</v>
       </c>
-      <c r="D228" t="s">
+      <c r="D228" s="1" t="s">
         <v>642</v>
       </c>
     </row>
     <row r="229" spans="1:4">
-      <c r="A229" t="s">
+      <c r="A229" s="1" t="s">
         <v>643</v>
       </c>
-      <c r="B229" t="s">
+      <c r="B229" s="1" t="s">
         <v>644</v>
       </c>
-      <c r="C229" t="s">
+      <c r="C229" s="1" t="s">
         <v>645</v>
       </c>
-      <c r="D229" t="s">
+      <c r="D229" s="1" t="s">
         <v>646</v>
       </c>
     </row>
     <row r="230" spans="1:4">
-      <c r="A230" t="s">
+      <c r="A230" s="1" t="s">
         <v>647</v>
       </c>
-      <c r="B230" t="s">
+      <c r="B230" s="1" t="s">
         <v>648</v>
       </c>
-      <c r="C230">
+      <c r="C230" s="1">
         <v>1940</v>
       </c>
-      <c r="D230" t="s">
+      <c r="D230" s="1" t="s">
         <v>649</v>
       </c>
     </row>
     <row r="231" spans="1:4">
-      <c r="A231" t="s">
+      <c r="A231" s="1" t="s">
         <v>650</v>
       </c>
-      <c r="B231" t="s">
+      <c r="B231" s="1" t="s">
         <v>651</v>
       </c>
-      <c r="C231" t="s">
+      <c r="C231" s="1" t="s">
         <v>652</v>
       </c>
-      <c r="D231" t="s">
+      <c r="D231" s="1" t="s">
         <v>653</v>
       </c>
     </row>
     <row r="232" spans="1:4">
-      <c r="A232" t="s">
+      <c r="A232" s="1" t="s">
         <v>654</v>
       </c>
-      <c r="B232" t="s">
+      <c r="B232" s="1" t="s">
         <v>655</v>
       </c>
-      <c r="C232" t="s">
+      <c r="C232" s="1" t="s">
         <v>618</v>
       </c>
-      <c r="D232" t="s">
+      <c r="D232" s="1" t="s">
         <v>656</v>
       </c>
     </row>
     <row r="233" spans="1:4">
-      <c r="A233" t="s">
+      <c r="A233" s="1" t="s">
         <v>657</v>
       </c>
-      <c r="B233" t="s">
+      <c r="B233" s="1" t="s">
         <v>658</v>
       </c>
-      <c r="C233" t="s">
+      <c r="C233" s="1" t="s">
         <v>540</v>
       </c>
-      <c r="D233" t="s">
+      <c r="D233" s="1" t="s">
         <v>659</v>
       </c>
     </row>
     <row r="234" spans="1:4">
-      <c r="A234" t="s">
+      <c r="A234" s="1" t="s">
         <v>660</v>
       </c>
-      <c r="B234" t="s">
+      <c r="B234" s="1" t="s">
         <v>661</v>
       </c>
-      <c r="C234" t="s">
+      <c r="C234" s="1" t="s">
         <v>540</v>
       </c>
-      <c r="D234" t="s">
+      <c r="D234" s="1" t="s">
         <v>662</v>
       </c>
     </row>
     <row r="235" spans="1:4">
-      <c r="A235" t="s">
+      <c r="A235" s="1" t="s">
         <v>663</v>
       </c>
-      <c r="B235" t="s">
+      <c r="B235" s="1" t="s">
         <v>664</v>
       </c>
-      <c r="C235">
+      <c r="C235" s="1">
         <v>1940</v>
       </c>
-      <c r="D235" t="s">
+      <c r="D235" s="1" t="s">
         <v>665</v>
       </c>
     </row>
     <row r="236" spans="1:4">
-      <c r="A236" t="s">
+      <c r="A236" s="1" t="s">
         <v>666</v>
       </c>
-      <c r="B236" t="s">
+      <c r="B236" s="1" t="s">
         <v>667</v>
       </c>
-      <c r="C236" t="s">
+      <c r="C236" s="1" t="s">
         <v>618</v>
       </c>
-      <c r="D236" t="s">
+      <c r="D236" s="1" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="237" spans="1:4">
-      <c r="A237" t="s">
+      <c r="A237" s="1" t="s">
         <v>669</v>
       </c>
-      <c r="B237" t="s">
+      <c r="B237" s="1" t="s">
         <v>670</v>
       </c>
-      <c r="C237">
+      <c r="C237" s="1">
         <v>1940</v>
       </c>
-      <c r="D237" t="s">
+      <c r="D237" s="1" t="s">
         <v>671</v>
       </c>
     </row>
     <row r="238" spans="1:4">
-      <c r="A238" t="s">
+      <c r="A238" s="1" t="s">
         <v>672</v>
       </c>
-      <c r="B238" t="s">
+      <c r="B238" s="1" t="s">
         <v>673</v>
       </c>
-      <c r="C238">
+      <c r="C238" s="1">
         <v>1940</v>
       </c>
-      <c r="D238" t="s">
+      <c r="D238" s="1" t="s">
         <v>674</v>
       </c>
     </row>
     <row r="239" spans="1:4">
-      <c r="A239" t="s">
+      <c r="A239" s="1" t="s">
         <v>675</v>
       </c>
-      <c r="B239" t="s">
+      <c r="B239" s="1" t="s">
         <v>676</v>
       </c>
-      <c r="C239">
+      <c r="C239" s="1">
         <v>1940</v>
       </c>
-      <c r="D239" t="s">
+      <c r="D239" s="1" t="s">
         <v>677</v>
       </c>
     </row>
     <row r="240" spans="1:4">
-      <c r="A240" t="s">
+      <c r="A240" s="1" t="s">
         <v>678</v>
       </c>
-      <c r="B240" t="s">
+      <c r="B240" s="1" t="s">
         <v>679</v>
       </c>
-      <c r="C240" t="s">
+      <c r="C240" s="1" t="s">
         <v>540</v>
       </c>
-      <c r="D240" t="s">
+      <c r="D240" s="1" t="s">
         <v>680</v>
       </c>
     </row>
     <row r="241" spans="1:4">
-      <c r="A241" t="s">
+      <c r="A241" s="1" t="s">
         <v>681</v>
       </c>
-      <c r="B241" t="s">
+      <c r="B241" s="1" t="s">
         <v>682</v>
       </c>
-      <c r="C241" t="s">
+      <c r="C241" s="1" t="s">
         <v>540</v>
       </c>
-      <c r="D241" t="s">
+      <c r="D241" s="1" t="s">
         <v>683</v>
       </c>
     </row>
     <row r="242" spans="1:4">
-      <c r="A242" t="s">
+      <c r="A242" s="1" t="s">
         <v>684</v>
       </c>
-      <c r="B242" t="s">
+      <c r="B242" s="1" t="s">
         <v>685</v>
       </c>
-      <c r="C242">
+      <c r="C242" s="1">
         <v>1940</v>
       </c>
-      <c r="D242" t="s">
+      <c r="D242" s="1" t="s">
         <v>686</v>
       </c>
     </row>
     <row r="243" spans="1:4">
-      <c r="A243" t="s">
+      <c r="A243" s="1" t="s">
         <v>687</v>
       </c>
-      <c r="B243" t="s">
+      <c r="B243" s="1" t="s">
         <v>688</v>
       </c>
-      <c r="C243" t="s">
+      <c r="C243" s="1" t="s">
         <v>689</v>
       </c>
-      <c r="D243" t="s">
+      <c r="D243" s="1" t="s">
         <v>690</v>
       </c>
     </row>
     <row r="244" spans="1:4">
-      <c r="A244" t="s">
+      <c r="A244" s="1" t="s">
         <v>691</v>
       </c>
-      <c r="B244" t="s">
+      <c r="B244" s="1" t="s">
         <v>692</v>
       </c>
-      <c r="C244">
+      <c r="C244" s="1">
         <v>1940</v>
       </c>
-      <c r="D244" t="s">
+      <c r="D244" s="1" t="s">
         <v>693</v>
       </c>
     </row>
     <row r="245" spans="1:4">
-      <c r="A245" t="s">
+      <c r="A245" s="1" t="s">
         <v>694</v>
       </c>
-      <c r="B245" t="s">
+      <c r="B245" s="1" t="s">
         <v>695</v>
       </c>
-      <c r="C245" t="s">
+      <c r="C245" s="1" t="s">
         <v>618</v>
       </c>
-      <c r="D245" t="s">
+      <c r="D245" s="1" t="s">
         <v>696</v>
       </c>
     </row>
     <row r="246" spans="1:4">
-      <c r="A246" t="s">
+      <c r="A246" s="1" t="s">
         <v>697</v>
       </c>
-      <c r="B246" t="s">
+      <c r="B246" s="1" t="s">
         <v>695</v>
       </c>
-      <c r="C246" t="s">
+      <c r="C246" s="1" t="s">
         <v>618</v>
       </c>
-      <c r="D246" t="s">
+      <c r="D246" s="1" t="s">
         <v>698</v>
       </c>
     </row>
     <row r="247" spans="1:4">
-      <c r="A247" t="s">
+      <c r="A247" s="1" t="s">
         <v>699</v>
       </c>
-      <c r="B247" t="s">
+      <c r="B247" s="1" t="s">
         <v>700</v>
       </c>
-      <c r="C247" t="s">
+      <c r="C247" s="1" t="s">
         <v>540</v>
       </c>
-      <c r="D247" t="s">
+      <c r="D247" s="1" t="s">
         <v>701</v>
       </c>
     </row>
     <row r="248" spans="1:4">
-      <c r="A248" t="s">
+      <c r="A248" s="1" t="s">
         <v>702</v>
       </c>
-      <c r="B248" t="s">
+      <c r="B248" s="1" t="s">
         <v>703</v>
       </c>
-      <c r="C248" t="s">
+      <c r="C248" s="1" t="s">
         <v>540</v>
       </c>
-      <c r="D248" t="s">
+      <c r="D248" s="1" t="s">
         <v>704</v>
       </c>
     </row>
     <row r="249" spans="1:4">
-      <c r="A249" t="s">
+      <c r="A249" s="1" t="s">
         <v>705</v>
       </c>
-      <c r="B249" t="s">
+      <c r="B249" s="1" t="s">
         <v>706</v>
       </c>
-      <c r="C249">
+      <c r="C249" s="1">
         <v>1940</v>
       </c>
-      <c r="D249" t="s">
+      <c r="D249" s="1" t="s">
         <v>707</v>
       </c>
     </row>
     <row r="250" spans="1:4">
-      <c r="A250" t="s">
+      <c r="A250" s="1" t="s">
         <v>708</v>
       </c>
-      <c r="B250" t="s">
+      <c r="B250" s="1" t="s">
         <v>709</v>
       </c>
-      <c r="C250">
+      <c r="C250" s="1">
         <v>1941</v>
       </c>
-      <c r="D250" t="s">
+      <c r="D250" s="1" t="s">
         <v>710</v>
       </c>
     </row>
     <row r="251" spans="1:4">
-      <c r="A251" t="s">
+      <c r="A251" s="1" t="s">
         <v>711</v>
       </c>
-      <c r="B251" t="s">
+      <c r="B251" s="1" t="s">
         <v>546</v>
       </c>
-      <c r="C251">
+      <c r="C251" s="1">
         <v>1941</v>
       </c>
-      <c r="D251" t="s">
+      <c r="D251" s="1" t="s">
         <v>712</v>
       </c>
     </row>
     <row r="252" spans="1:4">
-      <c r="A252" t="s">
+      <c r="A252" s="1" t="s">
         <v>713</v>
       </c>
-      <c r="B252" t="s">
+      <c r="B252" s="1" t="s">
         <v>714</v>
       </c>
-      <c r="C252">
+      <c r="C252" s="1">
         <v>1941</v>
       </c>
-      <c r="D252" t="s">
+      <c r="D252" s="1" t="s">
         <v>715</v>
       </c>
     </row>
     <row r="253" spans="1:4">
-      <c r="A253" t="s">
+      <c r="A253" s="1" t="s">
         <v>716</v>
       </c>
-      <c r="B253" t="s">
+      <c r="B253" s="1" t="s">
         <v>717</v>
       </c>
-      <c r="C253">
+      <c r="C253" s="1">
         <v>1941</v>
       </c>
-      <c r="D253" t="s">
+      <c r="D253" s="1" t="s">
         <v>718</v>
       </c>
     </row>
     <row r="254" spans="1:4">
-      <c r="A254" t="s">
+      <c r="A254" s="1" t="s">
         <v>719</v>
       </c>
-      <c r="B254" t="s">
+      <c r="B254" s="1" t="s">
         <v>720</v>
       </c>
-      <c r="C254">
+      <c r="C254" s="1">
         <v>1941</v>
       </c>
-      <c r="D254" t="s">
+      <c r="D254" s="1" t="s">
         <v>721</v>
       </c>
     </row>
     <row r="255" spans="1:4">
-      <c r="A255" t="s">
+      <c r="A255" s="1" t="s">
         <v>722</v>
       </c>
-      <c r="B255" t="s">
+      <c r="B255" s="1" t="s">
         <v>723</v>
       </c>
-      <c r="C255">
+      <c r="C255" s="1">
         <v>1941</v>
       </c>
-      <c r="D255" t="s">
+      <c r="D255" s="1" t="s">
         <v>724</v>
       </c>
     </row>
     <row r="256" spans="1:4">
-      <c r="A256" t="s">
+      <c r="A256" s="1" t="s">
         <v>725</v>
       </c>
-      <c r="B256" t="s">
+      <c r="B256" s="1" t="s">
         <v>726</v>
       </c>
-      <c r="C256">
+      <c r="C256" s="1">
         <v>1941</v>
       </c>
-      <c r="D256" t="s">
+      <c r="D256" s="1" t="s">
         <v>727</v>
       </c>
     </row>
     <row r="257" spans="1:4">
-      <c r="A257" t="s">
+      <c r="A257" s="1" t="s">
         <v>728</v>
       </c>
-      <c r="B257" t="s">
+      <c r="B257" s="1" t="s">
         <v>729</v>
       </c>
-      <c r="C257">
+      <c r="C257" s="1">
         <v>1941</v>
       </c>
-      <c r="D257" t="s">
+      <c r="D257" s="1" t="s">
         <v>730</v>
       </c>
     </row>
     <row r="258" spans="1:4">
-      <c r="A258" t="s">
+      <c r="A258" s="1" t="s">
         <v>731</v>
       </c>
-      <c r="B258" t="s">
+      <c r="B258" s="1" t="s">
         <v>732</v>
       </c>
-      <c r="C258">
+      <c r="C258" s="1">
         <v>1941</v>
       </c>
-      <c r="D258" t="s">
+      <c r="D258" s="1" t="s">
         <v>733</v>
       </c>
     </row>
     <row r="259" spans="1:4">
-      <c r="A259" t="s">
+      <c r="A259" s="1" t="s">
         <v>734</v>
       </c>
-      <c r="B259" t="s">
+      <c r="B259" s="1" t="s">
         <v>735</v>
       </c>
-      <c r="C259" t="s">
+      <c r="C259" s="1" t="s">
         <v>736</v>
       </c>
-      <c r="D259" t="s">
+      <c r="D259" s="1" t="s">
         <v>737</v>
       </c>
     </row>
     <row r="260" spans="1:4">
-      <c r="A260" t="s">
+      <c r="A260" s="1" t="s">
         <v>738</v>
       </c>
-      <c r="B260" t="s">
+      <c r="B260" s="1" t="s">
         <v>739</v>
       </c>
-      <c r="C260">
+      <c r="C260" s="1">
         <v>1941</v>
       </c>
-      <c r="D260" t="s">
+      <c r="D260" s="1" t="s">
         <v>740</v>
       </c>
     </row>
     <row r="261" spans="1:4">
-      <c r="A261" t="s">
+      <c r="A261" s="1" t="s">
         <v>741</v>
       </c>
-      <c r="B261" t="s">
+      <c r="B261" s="1" t="s">
         <v>742</v>
       </c>
-      <c r="C261">
+      <c r="C261" s="1">
         <v>1942</v>
       </c>
-      <c r="D261" t="s">
+      <c r="D261" s="1" t="s">
         <v>743</v>
       </c>
     </row>
     <row r="262" spans="1:4">
-      <c r="A262" t="s">
+      <c r="A262" s="1" t="s">
         <v>744</v>
       </c>
-      <c r="B262" t="s">
+      <c r="B262" s="1" t="s">
         <v>745</v>
       </c>
-      <c r="C262" t="s">
+      <c r="C262" s="1" t="s">
         <v>746</v>
       </c>
-      <c r="D262" t="s">
+      <c r="D262" s="1" t="s">
         <v>747</v>
       </c>
     </row>
     <row r="263" spans="1:4">
-      <c r="A263" t="s">
+      <c r="A263" s="1" t="s">
         <v>748</v>
       </c>
-      <c r="B263" t="s">
+      <c r="B263" s="1" t="s">
         <v>749</v>
       </c>
-      <c r="C263">
+      <c r="C263" s="1">
         <v>1942</v>
       </c>
-      <c r="D263" t="s">
+      <c r="D263" s="1" t="s">
         <v>750</v>
       </c>
     </row>
     <row r="264" spans="1:4">
-      <c r="A264" t="s">
+      <c r="A264" s="1" t="s">
         <v>751</v>
       </c>
-      <c r="B264" t="s">
+      <c r="B264" s="1" t="s">
         <v>752</v>
       </c>
-      <c r="C264">
+      <c r="C264" s="1">
         <v>1942</v>
       </c>
-      <c r="D264" t="s">
+      <c r="D264" s="1" t="s">
         <v>753</v>
       </c>
     </row>
     <row r="265" spans="1:4">
-      <c r="A265" t="s">
+      <c r="A265" s="1" t="s">
         <v>754</v>
       </c>
-      <c r="B265" t="s">
+      <c r="B265" s="1" t="s">
         <v>752</v>
       </c>
-      <c r="C265">
+      <c r="C265" s="1">
         <v>1942</v>
       </c>
-      <c r="D265" t="s">
+      <c r="D265" s="1" t="s">
         <v>755</v>
       </c>
     </row>
     <row r="266" spans="1:4">
-      <c r="A266" t="s">
+      <c r="A266" s="1" t="s">
         <v>756</v>
       </c>
-      <c r="B266" t="s">
+      <c r="B266" s="1" t="s">
         <v>757</v>
       </c>
-      <c r="C266">
+      <c r="C266" s="1">
         <v>1942</v>
       </c>
-      <c r="D266" t="s">
+      <c r="D266" s="1" t="s">
         <v>758</v>
       </c>
     </row>
     <row r="267" spans="1:4">
-      <c r="A267" t="s">
+      <c r="A267" s="1" t="s">
         <v>759</v>
       </c>
-      <c r="B267" t="s">
+      <c r="B267" s="1" t="s">
         <v>760</v>
       </c>
-      <c r="C267">
+      <c r="C267" s="1">
         <v>1942</v>
       </c>
-      <c r="D267" t="s">
+      <c r="D267" s="1" t="s">
         <v>761</v>
       </c>
     </row>
     <row r="268" spans="1:4">
-      <c r="A268" t="s">
+      <c r="A268" s="1" t="s">
         <v>762</v>
       </c>
-      <c r="B268" t="s">
+      <c r="B268" s="1" t="s">
         <v>763</v>
       </c>
-      <c r="C268">
+      <c r="C268" s="1">
         <v>1942</v>
       </c>
-      <c r="D268" t="s">
+      <c r="D268" s="1" t="s">
         <v>764</v>
       </c>
     </row>
     <row r="269" spans="1:4">
-      <c r="A269" t="s">
+      <c r="A269" s="1" t="s">
         <v>765</v>
       </c>
-      <c r="B269" t="s">
+      <c r="B269" s="1" t="s">
         <v>766</v>
       </c>
-      <c r="C269">
+      <c r="C269" s="1">
         <v>1942</v>
       </c>
-      <c r="D269" t="s">
+      <c r="D269" s="1" t="s">
         <v>767</v>
       </c>
     </row>
     <row r="270" spans="1:4">
-      <c r="A270" t="s">
+      <c r="A270" s="1" t="s">
         <v>768</v>
       </c>
-      <c r="B270" t="s">
+      <c r="B270" s="1" t="s">
         <v>766</v>
       </c>
-      <c r="C270">
+      <c r="C270" s="1">
         <v>1942</v>
       </c>
-      <c r="D270" t="s">
+      <c r="D270" s="1" t="s">
         <v>769</v>
       </c>
     </row>
     <row r="271" spans="1:4">
-      <c r="A271" t="s">
+      <c r="A271" s="1" t="s">
         <v>770</v>
       </c>
-      <c r="B271" t="s">
+      <c r="B271" s="1" t="s">
         <v>771</v>
       </c>
-      <c r="C271">
+      <c r="C271" s="1">
         <v>1942</v>
       </c>
-      <c r="D271" t="s">
+      <c r="D271" s="1" t="s">
         <v>772</v>
       </c>
     </row>
     <row r="272" spans="1:4">
-      <c r="A272" t="s">
+      <c r="A272" s="1" t="s">
         <v>773</v>
       </c>
-      <c r="B272" t="s">
+      <c r="B272" s="1" t="s">
         <v>774</v>
       </c>
-      <c r="C272">
+      <c r="C272" s="1">
         <v>1942</v>
       </c>
-      <c r="D272" t="s">
+      <c r="D272" s="1" t="s">
         <v>775</v>
       </c>
     </row>
     <row r="273" spans="1:4">
-      <c r="A273" t="s">
+      <c r="A273" s="1" t="s">
         <v>776</v>
       </c>
-      <c r="B273" t="s">
+      <c r="B273" s="1" t="s">
         <v>655</v>
       </c>
-      <c r="C273">
+      <c r="C273" s="1">
         <v>1942</v>
       </c>
-      <c r="D273" t="s">
+      <c r="D273" s="1" t="s">
         <v>777</v>
       </c>
     </row>
     <row r="274" spans="1:4">
-      <c r="A274" t="s">
+      <c r="A274" s="1" t="s">
         <v>778</v>
       </c>
-      <c r="B274" t="s">
+      <c r="B274" s="1" t="s">
         <v>779</v>
       </c>
-      <c r="C274" t="s">
+      <c r="C274" s="1" t="s">
         <v>746</v>
       </c>
-      <c r="D274" t="s">
+      <c r="D274" s="1" t="s">
         <v>780</v>
       </c>
     </row>
     <row r="275" spans="1:4">
-      <c r="A275" t="s">
+      <c r="A275" s="1" t="s">
         <v>781</v>
       </c>
-      <c r="B275" t="s">
+      <c r="B275" s="1" t="s">
         <v>782</v>
       </c>
-      <c r="C275" t="s">
+      <c r="C275" s="1" t="s">
         <v>783</v>
       </c>
-      <c r="D275" t="s">
+      <c r="D275" s="1" t="s">
         <v>784</v>
       </c>
     </row>
     <row r="276" spans="1:4">
-      <c r="A276" t="s">
+      <c r="A276" s="1" t="s">
         <v>785</v>
       </c>
-      <c r="B276" t="s">
+      <c r="B276" s="1" t="s">
         <v>786</v>
       </c>
-      <c r="C276" t="s">
+      <c r="C276" s="1" t="s">
         <v>787</v>
       </c>
-      <c r="D276" t="s">
+      <c r="D276" s="1" t="s">
         <v>788</v>
       </c>
     </row>
     <row r="277" spans="1:4">
-      <c r="A277" t="s">
+      <c r="A277" s="1" t="s">
         <v>789</v>
       </c>
-      <c r="B277" t="s">
+      <c r="B277" s="1" t="s">
         <v>790</v>
       </c>
-      <c r="C277">
+      <c r="C277" s="1">
         <v>1942</v>
       </c>
-      <c r="D277" t="s">
+      <c r="D277" s="1" t="s">
         <v>791</v>
       </c>
     </row>
     <row r="278" spans="1:4">
-      <c r="A278" t="s">
+      <c r="A278" s="1" t="s">
         <v>792</v>
       </c>
-      <c r="B278" t="s">
+      <c r="B278" s="1" t="s">
         <v>793</v>
       </c>
-      <c r="C278">
+      <c r="C278" s="1">
         <v>1942</v>
       </c>
-      <c r="D278" t="s">
+      <c r="D278" s="1" t="s">
         <v>794</v>
       </c>
     </row>
     <row r="279" spans="1:4">
-      <c r="A279" t="s">
+      <c r="A279" s="1" t="s">
         <v>795</v>
       </c>
-      <c r="B279" t="s">
+      <c r="B279" s="1" t="s">
         <v>796</v>
       </c>
-      <c r="C279">
+      <c r="C279" s="1">
         <v>1943</v>
       </c>
-      <c r="D279" t="s">
+      <c r="D279" s="1" t="s">
         <v>797</v>
       </c>
     </row>
     <row r="280" spans="1:4">
-      <c r="A280" t="s">
+      <c r="A280" s="1" t="s">
         <v>798</v>
       </c>
-      <c r="B280" t="s">
+      <c r="B280" s="1" t="s">
         <v>799</v>
       </c>
-      <c r="C280">
+      <c r="C280" s="1">
         <v>1943</v>
       </c>
-      <c r="D280" t="s">
+      <c r="D280" s="1" t="s">
         <v>800</v>
       </c>
     </row>
     <row r="281" spans="1:4">
-      <c r="A281" t="s">
+      <c r="A281" s="1" t="s">
         <v>801</v>
       </c>
-      <c r="B281" t="s">
+      <c r="B281" s="1" t="s">
         <v>802</v>
       </c>
-      <c r="C281">
+      <c r="C281" s="1">
         <v>1943</v>
       </c>
-      <c r="D281" t="s">
+      <c r="D281" s="1" t="s">
         <v>803</v>
       </c>
     </row>
     <row r="282" spans="1:4">
-      <c r="A282" t="s">
+      <c r="A282" s="1" t="s">
         <v>804</v>
       </c>
-      <c r="B282" t="s">
+      <c r="B282" s="1" t="s">
         <v>805</v>
       </c>
-      <c r="C282" t="s">
+      <c r="C282" s="1" t="s">
         <v>806</v>
       </c>
-      <c r="D282" t="s">
+      <c r="D282" s="1" t="s">
         <v>807</v>
       </c>
     </row>
     <row r="283" spans="1:4">
-      <c r="A283" t="s">
+      <c r="A283" s="1" t="s">
         <v>808</v>
       </c>
-      <c r="B283" t="s">
+      <c r="B283" s="1" t="s">
         <v>809</v>
       </c>
-      <c r="C283">
+      <c r="C283" s="1">
         <v>1943</v>
       </c>
-      <c r="D283" t="s">
+      <c r="D283" s="1" t="s">
         <v>810</v>
       </c>
     </row>
     <row r="284" spans="1:4">
-      <c r="A284" t="s">
+      <c r="A284" s="1" t="s">
         <v>811</v>
       </c>
-      <c r="B284" t="s">
+      <c r="B284" s="1" t="s">
         <v>812</v>
       </c>
-      <c r="C284">
+      <c r="C284" s="1">
         <v>1943</v>
       </c>
-      <c r="D284" t="s">
+      <c r="D284" s="1" t="s">
         <v>813</v>
       </c>
     </row>
     <row r="285" spans="1:4">
-      <c r="A285" t="s">
+      <c r="A285" s="1" t="s">
         <v>814</v>
       </c>
-      <c r="B285" t="s">
+      <c r="B285" s="1" t="s">
         <v>815</v>
       </c>
-      <c r="C285">
+      <c r="C285" s="1">
         <v>1943</v>
       </c>
-      <c r="D285" t="s">
+      <c r="D285" s="1" t="s">
         <v>816</v>
       </c>
     </row>
     <row r="286" spans="1:4">
-      <c r="A286" t="s">
+      <c r="A286" s="1" t="s">
         <v>817</v>
       </c>
-      <c r="B286" t="s">
+      <c r="B286" s="1" t="s">
         <v>818</v>
       </c>
-      <c r="C286">
+      <c r="C286" s="1">
         <v>1943</v>
       </c>
-      <c r="D286" t="s">
+      <c r="D286" s="1" t="s">
         <v>819</v>
       </c>
     </row>
     <row r="287" spans="1:4">
-      <c r="A287" t="s">
+      <c r="A287" s="1" t="s">
         <v>820</v>
       </c>
-      <c r="B287" t="s">
+      <c r="B287" s="1" t="s">
         <v>821</v>
       </c>
-      <c r="C287">
+      <c r="C287" s="1">
         <v>1943</v>
       </c>
-      <c r="D287" t="s">
+      <c r="D287" s="1" t="s">
         <v>822</v>
       </c>
     </row>
     <row r="288" spans="1:4">
-      <c r="A288" t="s">
+      <c r="A288" s="1" t="s">
         <v>823</v>
       </c>
-      <c r="B288" t="s">
+      <c r="B288" s="1" t="s">
         <v>824</v>
       </c>
-      <c r="C288">
+      <c r="C288" s="1">
         <v>1943</v>
       </c>
-      <c r="D288" t="s">
+      <c r="D288" s="1" t="s">
         <v>825</v>
       </c>
     </row>
     <row r="289" spans="1:4">
-      <c r="A289" t="s">
+      <c r="A289" s="1" t="s">
         <v>826</v>
       </c>
-      <c r="B289" t="s">
+      <c r="B289" s="1" t="s">
         <v>827</v>
       </c>
-      <c r="C289">
+      <c r="C289" s="1">
         <v>1943</v>
       </c>
-      <c r="D289" t="s">
+      <c r="D289" s="1" t="s">
         <v>828</v>
       </c>
     </row>
     <row r="290" spans="1:4">
-      <c r="A290" t="s">
+      <c r="A290" s="1" t="s">
         <v>829</v>
       </c>
-      <c r="B290" t="s">
+      <c r="B290" s="1" t="s">
         <v>830</v>
       </c>
-      <c r="C290">
+      <c r="C290" s="1">
         <v>1943</v>
       </c>
-      <c r="D290" t="s">
+      <c r="D290" s="1" t="s">
         <v>831</v>
       </c>
     </row>
     <row r="291" spans="1:4">
-      <c r="A291" t="s">
+      <c r="A291" s="1" t="s">
         <v>832</v>
       </c>
-      <c r="B291" t="s">
+      <c r="B291" s="1" t="s">
         <v>833</v>
       </c>
-      <c r="C291">
+      <c r="C291" s="1">
         <v>1943</v>
       </c>
-      <c r="D291" t="s">
+      <c r="D291" s="1" t="s">
         <v>834</v>
       </c>
     </row>
     <row r="292" spans="1:4">
-      <c r="A292" t="s">
+      <c r="A292" s="1" t="s">
         <v>835</v>
       </c>
-      <c r="B292" t="s">
+      <c r="B292" s="1" t="s">
         <v>836</v>
       </c>
-      <c r="C292">
+      <c r="C292" s="1">
         <v>1943</v>
       </c>
-      <c r="D292" t="s">
+      <c r="D292" s="1" t="s">
         <v>837</v>
       </c>
     </row>
     <row r="293" spans="1:4">
-      <c r="A293" t="s">
+      <c r="A293" s="1" t="s">
         <v>838</v>
       </c>
-      <c r="B293" t="s">
+      <c r="B293" s="1" t="s">
         <v>836</v>
       </c>
-      <c r="C293">
+      <c r="C293" s="1">
         <v>1943</v>
       </c>
-      <c r="D293" t="s">
+      <c r="D293" s="1" t="s">
         <v>839</v>
       </c>
     </row>
     <row r="294" spans="1:4">
-      <c r="A294" t="s">
+      <c r="A294" s="1" t="s">
         <v>840</v>
       </c>
-      <c r="B294" t="s">
+      <c r="B294" s="1" t="s">
         <v>661</v>
       </c>
-      <c r="C294">
+      <c r="C294" s="1">
         <v>1943</v>
       </c>
-      <c r="D294" t="s">
+      <c r="D294" s="1" t="s">
         <v>841</v>
       </c>
     </row>
     <row r="295" spans="1:4">
-      <c r="A295" t="s">
+      <c r="A295" s="1" t="s">
         <v>842</v>
       </c>
-      <c r="B295" t="s">
+      <c r="B295" s="1" t="s">
         <v>661</v>
       </c>
-      <c r="C295" t="s">
+      <c r="C295" s="1" t="s">
         <v>843</v>
       </c>
-      <c r="D295" t="s">
+      <c r="D295" s="1" t="s">
         <v>844</v>
       </c>
     </row>
     <row r="296" spans="1:4">
-      <c r="A296" t="s">
+      <c r="A296" s="1" t="s">
         <v>845</v>
       </c>
-      <c r="B296" t="s">
+      <c r="B296" s="1" t="s">
         <v>846</v>
       </c>
-      <c r="C296">
+      <c r="C296" s="1">
         <v>1943</v>
       </c>
-      <c r="D296" t="s">
+      <c r="D296" s="1" t="s">
         <v>847</v>
       </c>
     </row>
     <row r="297" spans="1:4">
-      <c r="A297" t="s">
+      <c r="A297" s="1" t="s">
         <v>848</v>
       </c>
-      <c r="B297" t="s">
+      <c r="B297" s="1" t="s">
         <v>849</v>
       </c>
-      <c r="C297">
+      <c r="C297" s="1">
         <v>1943</v>
       </c>
-      <c r="D297" t="s">
+      <c r="D297" s="1" t="s">
         <v>850</v>
       </c>
     </row>
     <row r="298" spans="1:4">
-      <c r="A298" t="s">
+      <c r="A298" s="1" t="s">
         <v>851</v>
       </c>
-      <c r="B298" t="s">
+      <c r="B298" s="1" t="s">
         <v>852</v>
       </c>
-      <c r="C298">
+      <c r="C298" s="1">
         <v>1943</v>
       </c>
-      <c r="D298" t="s">
+      <c r="D298" s="1" t="s">
         <v>853</v>
       </c>
     </row>
     <row r="299" spans="1:4">
-      <c r="A299" t="s">
+      <c r="A299" s="1" t="s">
         <v>854</v>
       </c>
-      <c r="B299" t="s">
+      <c r="B299" s="1" t="s">
         <v>855</v>
       </c>
-      <c r="C299">
+      <c r="C299" s="1">
         <v>1943</v>
       </c>
-      <c r="D299" t="s">
+      <c r="D299" s="1" t="s">
         <v>856</v>
       </c>
     </row>
     <row r="300" spans="1:4">
-      <c r="A300" t="s">
+      <c r="A300" s="1" t="s">
         <v>857</v>
       </c>
-      <c r="B300" t="s">
+      <c r="B300" s="1" t="s">
         <v>858</v>
       </c>
-      <c r="C300">
+      <c r="C300" s="1">
         <v>1943</v>
       </c>
-      <c r="D300" t="s">
+      <c r="D300" s="1" t="s">
         <v>859</v>
       </c>
     </row>
     <row r="301" spans="1:4">
-      <c r="A301" t="s">
+      <c r="A301" s="1" t="s">
         <v>860</v>
       </c>
-      <c r="B301" t="s">
+      <c r="B301" s="1" t="s">
         <v>861</v>
       </c>
-      <c r="C301">
+      <c r="C301" s="1">
         <v>1944</v>
       </c>
-      <c r="D301" t="s">
+      <c r="D301" s="1" t="s">
         <v>862</v>
       </c>
     </row>
     <row r="302" spans="1:4">
-      <c r="A302" t="s">
+      <c r="A302" s="1" t="s">
         <v>863</v>
       </c>
-      <c r="B302" t="s">
+      <c r="B302" s="1" t="s">
         <v>714</v>
       </c>
-      <c r="C302">
+      <c r="C302" s="1">
         <v>1944</v>
       </c>
-      <c r="D302" t="s">
+      <c r="D302" s="1" t="s">
         <v>864</v>
       </c>
     </row>
     <row r="303" spans="1:4">
-      <c r="A303" t="s">
+      <c r="A303" s="1" t="s">
         <v>865</v>
       </c>
-      <c r="B303" t="s">
+      <c r="B303" s="1" t="s">
         <v>714</v>
       </c>
-      <c r="C303">
+      <c r="C303" s="1">
         <v>1944</v>
       </c>
-      <c r="D303" t="s">
+      <c r="D303" s="1" t="s">
         <v>866</v>
       </c>
     </row>
     <row r="304" spans="1:4">
-      <c r="A304" t="s">
+      <c r="A304" s="1" t="s">
         <v>867</v>
       </c>
-      <c r="B304" t="s">
+      <c r="B304" s="1" t="s">
         <v>868</v>
       </c>
-      <c r="C304">
+      <c r="C304" s="1">
         <v>1944</v>
       </c>
-      <c r="D304" t="s">
+      <c r="D304" s="1" t="s">
         <v>869</v>
       </c>
     </row>
     <row r="305" spans="1:4">
-      <c r="A305" t="s">
+      <c r="A305" s="1" t="s">
         <v>870</v>
       </c>
-      <c r="B305" t="s">
+      <c r="B305" s="1" t="s">
         <v>871</v>
       </c>
-      <c r="C305">
+      <c r="C305" s="1">
         <v>1944</v>
       </c>
-      <c r="D305" t="s">
+      <c r="D305" s="1" t="s">
         <v>872</v>
       </c>
     </row>
     <row r="306" spans="1:4">
-      <c r="A306" t="s">
+      <c r="A306" s="1" t="s">
         <v>873</v>
       </c>
-      <c r="B306" t="s">
+      <c r="B306" s="1" t="s">
         <v>874</v>
       </c>
-      <c r="C306">
+      <c r="C306" s="1">
         <v>1944</v>
       </c>
-      <c r="D306" t="s">
+      <c r="D306" s="1" t="s">
         <v>875</v>
       </c>
     </row>
     <row r="307" spans="1:4">
-      <c r="A307" t="s">
+      <c r="A307" s="1" t="s">
         <v>876</v>
       </c>
-      <c r="B307" t="s">
+      <c r="B307" s="1" t="s">
         <v>877</v>
       </c>
-      <c r="C307">
+      <c r="C307" s="1">
         <v>1944</v>
       </c>
-      <c r="D307" t="s">
+      <c r="D307" s="1" t="s">
         <v>878</v>
       </c>
     </row>
     <row r="308" spans="1:4">
-      <c r="A308" t="s">
+      <c r="A308" s="1" t="s">
         <v>879</v>
       </c>
-      <c r="B308" t="s">
+      <c r="B308" s="1" t="s">
         <v>880</v>
       </c>
-      <c r="C308">
+      <c r="C308" s="1">
         <v>1944</v>
       </c>
-      <c r="D308" t="s">
+      <c r="D308" s="1" t="s">
         <v>881</v>
       </c>
     </row>
     <row r="309" spans="1:4">
-      <c r="A309" t="s">
+      <c r="A309" s="1" t="s">
         <v>882</v>
       </c>
-      <c r="B309" t="s">
+      <c r="B309" s="1" t="s">
         <v>883</v>
       </c>
-      <c r="C309">
+      <c r="C309" s="1">
         <v>1944</v>
       </c>
-      <c r="D309" t="s">
+      <c r="D309" s="1" t="s">
         <v>884</v>
       </c>
     </row>
     <row r="310" spans="1:4">
-      <c r="A310" t="s">
+      <c r="A310" s="1" t="s">
         <v>885</v>
       </c>
-      <c r="B310" t="s">
+      <c r="B310" s="1" t="s">
         <v>886</v>
       </c>
-      <c r="C310">
+      <c r="C310" s="1">
         <v>1944</v>
       </c>
-      <c r="D310" t="s">
+      <c r="D310" s="1" t="s">
         <v>887</v>
       </c>
     </row>
     <row r="311" spans="1:4">
-      <c r="A311" t="s">
+      <c r="A311" s="1" t="s">
         <v>888</v>
       </c>
-      <c r="B311" t="s">
+      <c r="B311" s="1" t="s">
         <v>889</v>
       </c>
-      <c r="C311">
+      <c r="C311" s="1">
         <v>1944</v>
       </c>
-      <c r="D311" t="s">
+      <c r="D311" s="1" t="s">
         <v>890</v>
       </c>
     </row>
     <row r="312" spans="1:4">
-      <c r="A312" t="s">
+      <c r="A312" s="1" t="s">
         <v>891</v>
       </c>
-      <c r="B312" t="s">
+      <c r="B312" s="1" t="s">
         <v>892</v>
       </c>
-      <c r="C312">
+      <c r="C312" s="1">
         <v>1944</v>
       </c>
-      <c r="D312" t="s">
+      <c r="D312" s="1" t="s">
         <v>893</v>
       </c>
     </row>
     <row r="313" spans="1:4">
-      <c r="A313" t="s">
+      <c r="A313" s="1" t="s">
         <v>894</v>
       </c>
-      <c r="B313" t="s">
+      <c r="B313" s="1" t="s">
         <v>895</v>
       </c>
-      <c r="C313">
+      <c r="C313" s="1">
         <v>1944</v>
       </c>
-      <c r="D313" t="s">
+      <c r="D313" s="1" t="s">
         <v>896</v>
       </c>
     </row>
     <row r="314" spans="1:4">
-      <c r="A314" t="s">
+      <c r="A314" s="1" t="s">
         <v>897</v>
       </c>
-      <c r="B314" t="s">
+      <c r="B314" s="1" t="s">
         <v>898</v>
       </c>
-      <c r="C314">
+      <c r="C314" s="1">
         <v>1944</v>
       </c>
-      <c r="D314" t="s">
+      <c r="D314" s="1" t="s">
         <v>899</v>
       </c>
     </row>
     <row r="315" spans="1:4">
-      <c r="A315" t="s">
+      <c r="A315" s="1" t="s">
         <v>900</v>
       </c>
-      <c r="B315" t="s">
+      <c r="B315" s="1" t="s">
         <v>901</v>
       </c>
-      <c r="C315">
+      <c r="C315" s="1">
         <v>1944</v>
       </c>
-      <c r="D315" t="s">
+      <c r="D315" s="1" t="s">
         <v>902</v>
       </c>
     </row>
     <row r="316" spans="1:4">
-      <c r="A316" t="s">
+      <c r="A316" s="1" t="s">
         <v>903</v>
       </c>
-      <c r="B316" t="s">
+      <c r="B316" s="1" t="s">
         <v>139</v>
       </c>
-      <c r="C316">
+      <c r="C316" s="1">
         <v>1944</v>
       </c>
-      <c r="D316" t="s">
+      <c r="D316" s="1" t="s">
         <v>904</v>
       </c>
     </row>
     <row r="317" spans="1:4">
-      <c r="A317" t="s">
+      <c r="A317" s="1" t="s">
         <v>905</v>
       </c>
-      <c r="B317" t="s">
+      <c r="B317" s="1" t="s">
         <v>142</v>
       </c>
-      <c r="C317">
+      <c r="C317" s="1">
         <v>1944</v>
       </c>
-      <c r="D317" t="s">
+      <c r="D317" s="1" t="s">
         <v>906</v>
       </c>
     </row>
     <row r="318" spans="1:4">
-      <c r="A318" t="s">
+      <c r="A318" s="1" t="s">
         <v>907</v>
       </c>
-      <c r="B318" t="s">
+      <c r="B318" s="1" t="s">
         <v>142</v>
       </c>
-      <c r="C318">
+      <c r="C318" s="1">
         <v>1944</v>
       </c>
-      <c r="D318" t="s">
+      <c r="D318" s="1" t="s">
         <v>908</v>
       </c>
     </row>
     <row r="319" spans="1:4">
-      <c r="A319" t="s">
+      <c r="A319" s="1" t="s">
         <v>909</v>
       </c>
-      <c r="B319" t="s">
+      <c r="B319" s="1" t="s">
         <v>910</v>
       </c>
-      <c r="C319">
+      <c r="C319" s="1">
         <v>1944</v>
       </c>
-      <c r="D319" t="s">
+      <c r="D319" s="1" t="s">
         <v>911</v>
       </c>
     </row>
     <row r="320" spans="1:4">
-      <c r="A320" t="s">
+      <c r="A320" s="1" t="s">
         <v>912</v>
       </c>
-      <c r="B320" t="s">
+      <c r="B320" s="1" t="s">
         <v>913</v>
       </c>
-      <c r="C320">
+      <c r="C320" s="1">
         <v>1944</v>
       </c>
-      <c r="D320" t="s">
+      <c r="D320" s="1" t="s">
         <v>914</v>
       </c>
     </row>
     <row r="321" spans="1:4">
-      <c r="A321" t="s">
+      <c r="A321" s="1" t="s">
         <v>915</v>
       </c>
-      <c r="B321" t="s">
+      <c r="B321" s="1" t="s">
         <v>913</v>
       </c>
-      <c r="C321" t="s">
+      <c r="C321" s="1" t="s">
         <v>916</v>
       </c>
-      <c r="D321" t="s">
+      <c r="D321" s="1" t="s">
         <v>917</v>
       </c>
     </row>
     <row r="322" spans="1:4">
-      <c r="A322" t="s">
+      <c r="A322" s="1" t="s">
         <v>918</v>
       </c>
-      <c r="B322" t="s">
+      <c r="B322" s="1" t="s">
         <v>919</v>
       </c>
-      <c r="C322">
+      <c r="C322" s="1">
         <v>1944</v>
       </c>
-      <c r="D322" t="s">
+      <c r="D322" s="1" t="s">
         <v>920</v>
       </c>
     </row>
     <row r="323" spans="1:4">
-      <c r="A323" t="s">
+      <c r="A323" s="1" t="s">
         <v>921</v>
       </c>
-      <c r="B323" t="s">
+      <c r="B323" s="1" t="s">
         <v>922</v>
       </c>
-      <c r="C323">
+      <c r="C323" s="1">
         <v>1944</v>
       </c>
-      <c r="D323" t="s">
+      <c r="D323" s="1" t="s">
         <v>923</v>
       </c>
     </row>
     <row r="324" spans="1:4">
-      <c r="A324" t="s">
+      <c r="A324" s="1" t="s">
         <v>924</v>
       </c>
-      <c r="B324" t="s">
+      <c r="B324" s="1" t="s">
         <v>925</v>
       </c>
-      <c r="C324">
+      <c r="C324" s="1">
         <v>1944</v>
       </c>
-      <c r="D324" t="s">
+      <c r="D324" s="1" t="s">
         <v>926</v>
       </c>
     </row>
     <row r="325" spans="1:4">
-      <c r="A325" t="s">
+      <c r="A325" s="1" t="s">
         <v>927</v>
       </c>
-      <c r="B325" t="s">
+      <c r="B325" s="1" t="s">
         <v>928</v>
       </c>
-      <c r="C325">
+      <c r="C325" s="1">
         <v>1944</v>
       </c>
-      <c r="D325" t="s">
+      <c r="D325" s="1" t="s">
         <v>929</v>
       </c>
     </row>
     <row r="326" spans="1:4">
-      <c r="A326" t="s">
+      <c r="A326" s="1" t="s">
         <v>930</v>
       </c>
-      <c r="B326" t="s">
+      <c r="B326" s="1" t="s">
         <v>931</v>
       </c>
-      <c r="C326" t="s">
+      <c r="C326" s="1" t="s">
         <v>932</v>
       </c>
-      <c r="D326" t="s">
+      <c r="D326" s="1" t="s">
         <v>933</v>
       </c>
     </row>
     <row r="327" spans="1:4">
-      <c r="A327" t="s">
+      <c r="A327" s="1" t="s">
         <v>934</v>
       </c>
-      <c r="B327" t="s">
+      <c r="B327" s="1" t="s">
         <v>935</v>
       </c>
-      <c r="C327">
-[...2 lines deleted...]
-      <c r="D327" t="s">
+      <c r="C327" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D327" s="1" t="s">
         <v>936</v>
       </c>
     </row>
     <row r="328" spans="1:4">
-      <c r="A328" t="s">
+      <c r="A328" s="1" t="s">
         <v>937</v>
       </c>
-      <c r="B328" t="s">
+      <c r="B328" s="1" t="s">
         <v>938</v>
       </c>
-      <c r="C328" t="s">
+      <c r="C328" s="1" t="s">
         <v>939</v>
       </c>
-      <c r="D328" t="s">
+      <c r="D328" s="1" t="s">
         <v>940</v>
       </c>
     </row>
     <row r="329" spans="1:4">
-      <c r="A329" t="s">
+      <c r="A329" s="1" t="s">
         <v>941</v>
       </c>
-      <c r="B329" t="s">
+      <c r="B329" s="1" t="s">
         <v>942</v>
       </c>
-      <c r="C329">
+      <c r="C329" s="1">
         <v>1944</v>
       </c>
-      <c r="D329" t="s">
+      <c r="D329" s="1" t="s">
         <v>943</v>
       </c>
     </row>
     <row r="330" spans="1:4">
-      <c r="A330" t="s">
+      <c r="A330" s="1" t="s">
         <v>944</v>
       </c>
-      <c r="B330" t="s">
+      <c r="B330" s="1" t="s">
         <v>945</v>
       </c>
-      <c r="C330">
+      <c r="C330" s="1">
         <v>1944</v>
       </c>
-      <c r="D330" t="s">
+      <c r="D330" s="1" t="s">
         <v>946</v>
       </c>
     </row>
     <row r="331" spans="1:4">
-      <c r="A331" t="s">
+      <c r="A331" s="1" t="s">
         <v>947</v>
       </c>
-      <c r="B331" t="s">
+      <c r="B331" s="1" t="s">
         <v>948</v>
       </c>
-      <c r="C331">
+      <c r="C331" s="1">
         <v>1944</v>
       </c>
-      <c r="D331" t="s">
+      <c r="D331" s="1" t="s">
         <v>949</v>
       </c>
     </row>
     <row r="332" spans="1:4">
-      <c r="A332" t="s">
+      <c r="A332" s="1" t="s">
         <v>950</v>
       </c>
-      <c r="B332" t="s">
+      <c r="B332" s="1" t="s">
         <v>948</v>
       </c>
-      <c r="C332">
+      <c r="C332" s="1">
         <v>1944</v>
       </c>
-      <c r="D332" t="s">
+      <c r="D332" s="1" t="s">
         <v>951</v>
       </c>
     </row>
     <row r="333" spans="1:4">
-      <c r="A333" t="s">
+      <c r="A333" s="1" t="s">
         <v>952</v>
       </c>
-      <c r="B333" t="s">
+      <c r="B333" s="1" t="s">
         <v>953</v>
       </c>
-      <c r="C333">
+      <c r="C333" s="1">
         <v>1944</v>
       </c>
-      <c r="D333" t="s">
+      <c r="D333" s="1" t="s">
         <v>954</v>
       </c>
     </row>
     <row r="334" spans="1:4">
-      <c r="A334" t="s">
+      <c r="A334" s="1" t="s">
         <v>955</v>
       </c>
-      <c r="B334" t="s">
+      <c r="B334" s="1" t="s">
         <v>956</v>
       </c>
-      <c r="C334">
+      <c r="C334" s="1">
         <v>1944</v>
       </c>
-      <c r="D334" t="s">
+      <c r="D334" s="1" t="s">
         <v>957</v>
       </c>
     </row>
     <row r="335" spans="1:4">
-      <c r="A335" t="s">
+      <c r="A335" s="1" t="s">
         <v>958</v>
       </c>
-      <c r="B335" t="s">
+      <c r="B335" s="1" t="s">
         <v>959</v>
       </c>
-      <c r="C335">
+      <c r="C335" s="1">
         <v>1944</v>
       </c>
-      <c r="D335" t="s">
+      <c r="D335" s="1" t="s">
         <v>960</v>
       </c>
     </row>
     <row r="336" spans="1:4">
-      <c r="A336" t="s">
+      <c r="A336" s="1" t="s">
         <v>961</v>
       </c>
-      <c r="B336" t="s">
+      <c r="B336" s="1" t="s">
         <v>962</v>
       </c>
-      <c r="C336">
+      <c r="C336" s="1">
         <v>1944</v>
       </c>
-      <c r="D336" t="s">
+      <c r="D336" s="1" t="s">
         <v>963</v>
       </c>
     </row>
     <row r="337" spans="1:4">
-      <c r="A337" t="s">
+      <c r="A337" s="1" t="s">
         <v>964</v>
       </c>
-      <c r="B337" t="s">
+      <c r="B337" s="1" t="s">
         <v>965</v>
       </c>
-      <c r="C337">
+      <c r="C337" s="1">
         <v>1944</v>
       </c>
-      <c r="D337" t="s">
+      <c r="D337" s="1" t="s">
         <v>966</v>
       </c>
     </row>
     <row r="338" spans="1:4">
-      <c r="A338" t="s">
+      <c r="A338" s="1" t="s">
         <v>967</v>
       </c>
-      <c r="B338" t="s">
+      <c r="B338" s="1" t="s">
         <v>965</v>
       </c>
-      <c r="C338">
+      <c r="C338" s="1">
         <v>1944</v>
       </c>
-      <c r="D338" t="s">
+      <c r="D338" s="1" t="s">
         <v>968</v>
       </c>
     </row>
     <row r="339" spans="1:4">
-      <c r="A339" t="s">
+      <c r="A339" s="1" t="s">
         <v>969</v>
       </c>
-      <c r="B339" t="s">
+      <c r="B339" s="1" t="s">
         <v>970</v>
       </c>
-      <c r="C339">
+      <c r="C339" s="1">
         <v>1944</v>
       </c>
-      <c r="D339" t="s">
+      <c r="D339" s="1" t="s">
         <v>971</v>
       </c>
     </row>
     <row r="340" spans="1:4">
-      <c r="A340" t="s">
+      <c r="A340" s="1" t="s">
         <v>972</v>
       </c>
-      <c r="B340" t="s">
+      <c r="B340" s="1" t="s">
         <v>973</v>
       </c>
-      <c r="C340">
+      <c r="C340" s="1">
         <v>1944</v>
       </c>
-      <c r="D340" t="s">
+      <c r="D340" s="1" t="s">
         <v>974</v>
       </c>
     </row>
     <row r="341" spans="1:4">
-      <c r="A341" t="s">
+      <c r="A341" s="1" t="s">
         <v>975</v>
       </c>
-      <c r="B341" t="s">
+      <c r="B341" s="1" t="s">
         <v>976</v>
       </c>
-      <c r="C341">
+      <c r="C341" s="1">
         <v>1944</v>
       </c>
-      <c r="D341" t="s">
+      <c r="D341" s="1" t="s">
         <v>977</v>
       </c>
     </row>
     <row r="342" spans="1:4">
-      <c r="A342" t="s">
+      <c r="A342" s="1" t="s">
         <v>978</v>
       </c>
-      <c r="B342" t="s">
+      <c r="B342" s="1" t="s">
         <v>979</v>
       </c>
-      <c r="C342">
+      <c r="C342" s="1">
         <v>1944</v>
       </c>
-      <c r="D342" t="s">
+      <c r="D342" s="1" t="s">
         <v>980</v>
       </c>
     </row>
     <row r="343" spans="1:4">
-      <c r="A343" t="s">
+      <c r="A343" s="1" t="s">
         <v>981</v>
       </c>
-      <c r="B343" t="s">
+      <c r="B343" s="1" t="s">
         <v>982</v>
       </c>
-      <c r="C343">
+      <c r="C343" s="1">
         <v>1944</v>
       </c>
-      <c r="D343" t="s">
+      <c r="D343" s="1" t="s">
         <v>983</v>
       </c>
     </row>
     <row r="344" spans="1:4">
-      <c r="A344" t="s">
+      <c r="A344" s="1" t="s">
         <v>984</v>
       </c>
-      <c r="B344" t="s">
+      <c r="B344" s="1" t="s">
         <v>985</v>
       </c>
-      <c r="C344">
+      <c r="C344" s="1">
         <v>1944</v>
       </c>
-      <c r="D344" t="s">
+      <c r="D344" s="1" t="s">
         <v>986</v>
       </c>
     </row>
     <row r="345" spans="1:4">
-      <c r="A345" t="s">
+      <c r="A345" s="1" t="s">
         <v>987</v>
       </c>
-      <c r="B345" t="s">
+      <c r="B345" s="1" t="s">
         <v>988</v>
       </c>
-      <c r="C345">
+      <c r="C345" s="1">
         <v>1944</v>
       </c>
-      <c r="D345" t="s">
+      <c r="D345" s="1" t="s">
         <v>989</v>
       </c>
     </row>
     <row r="346" spans="1:4">
-      <c r="A346" t="s">
+      <c r="A346" s="1" t="s">
         <v>990</v>
       </c>
-      <c r="B346" t="s">
+      <c r="B346" s="1" t="s">
         <v>991</v>
       </c>
-      <c r="C346">
+      <c r="C346" s="1">
         <v>1944</v>
       </c>
-      <c r="D346" t="s">
+      <c r="D346" s="1" t="s">
         <v>992</v>
       </c>
     </row>
     <row r="347" spans="1:4">
-      <c r="A347" t="s">
+      <c r="A347" s="1" t="s">
         <v>993</v>
       </c>
-      <c r="B347" t="s">
+      <c r="B347" s="1" t="s">
         <v>991</v>
       </c>
-      <c r="C347">
+      <c r="C347" s="1">
         <v>1944</v>
       </c>
-      <c r="D347" t="s">
+      <c r="D347" s="1" t="s">
         <v>994</v>
       </c>
     </row>
     <row r="348" spans="1:4">
-      <c r="A348" t="s">
+      <c r="A348" s="1" t="s">
         <v>995</v>
       </c>
-      <c r="B348" t="s">
+      <c r="B348" s="1" t="s">
         <v>991</v>
       </c>
-      <c r="C348">
+      <c r="C348" s="1">
         <v>1944</v>
       </c>
-      <c r="D348" t="s">
+      <c r="D348" s="1" t="s">
         <v>996</v>
       </c>
     </row>
     <row r="349" spans="1:4">
-      <c r="A349" t="s">
+      <c r="A349" s="1" t="s">
         <v>997</v>
       </c>
-      <c r="B349" t="s">
+      <c r="B349" s="1" t="s">
         <v>998</v>
       </c>
-      <c r="C349">
+      <c r="C349" s="1">
         <v>1944</v>
       </c>
-      <c r="D349" t="s">
+      <c r="D349" s="1" t="s">
         <v>999</v>
       </c>
     </row>
     <row r="350" spans="1:4">
-      <c r="A350" t="s">
+      <c r="A350" s="1" t="s">
         <v>1000</v>
       </c>
-      <c r="B350" t="s">
+      <c r="B350" s="1" t="s">
         <v>1001</v>
       </c>
-      <c r="C350">
+      <c r="C350" s="1">
         <v>1944</v>
       </c>
-      <c r="D350" t="s">
+      <c r="D350" s="1" t="s">
         <v>1002</v>
       </c>
     </row>
     <row r="351" spans="1:4">
-      <c r="A351" t="s">
+      <c r="A351" s="1" t="s">
         <v>1003</v>
       </c>
-      <c r="B351" t="s">
+      <c r="B351" s="1" t="s">
         <v>1004</v>
       </c>
-      <c r="C351">
+      <c r="C351" s="1">
         <v>1944</v>
       </c>
-      <c r="D351" t="s">
+      <c r="D351" s="1" t="s">
         <v>1005</v>
       </c>
     </row>
     <row r="352" spans="1:4">
-      <c r="A352" t="s">
+      <c r="A352" s="1" t="s">
         <v>1006</v>
       </c>
-      <c r="B352" t="s">
+      <c r="B352" s="1" t="s">
         <v>1007</v>
       </c>
-      <c r="C352">
+      <c r="C352" s="1">
         <v>1944</v>
       </c>
-      <c r="D352" t="s">
+      <c r="D352" s="1" t="s">
         <v>1008</v>
       </c>
     </row>
     <row r="353" spans="1:4">
-      <c r="A353" t="s">
+      <c r="A353" s="1" t="s">
         <v>1009</v>
       </c>
-      <c r="B353" t="s">
+      <c r="B353" s="1" t="s">
         <v>1010</v>
       </c>
-      <c r="C353">
+      <c r="C353" s="1">
         <v>1944</v>
       </c>
-      <c r="D353" t="s">
+      <c r="D353" s="1" t="s">
         <v>1011</v>
       </c>
     </row>
     <row r="354" spans="1:4">
-      <c r="A354" t="s">
+      <c r="A354" s="1" t="s">
         <v>1012</v>
       </c>
-      <c r="B354" t="s">
+      <c r="B354" s="1" t="s">
         <v>1013</v>
       </c>
-      <c r="C354">
+      <c r="C354" s="1">
         <v>1944</v>
       </c>
-      <c r="D354" t="s">
+      <c r="D354" s="1" t="s">
         <v>1014</v>
       </c>
     </row>
     <row r="355" spans="1:4">
-      <c r="A355" t="s">
+      <c r="A355" s="1" t="s">
         <v>1015</v>
       </c>
-      <c r="B355" t="s">
+      <c r="B355" s="1" t="s">
         <v>1016</v>
       </c>
-      <c r="C355">
+      <c r="C355" s="1">
         <v>1944</v>
       </c>
-      <c r="D355" t="s">
+      <c r="D355" s="1" t="s">
         <v>1017</v>
       </c>
     </row>
     <row r="356" spans="1:4">
-      <c r="A356" t="s">
+      <c r="A356" s="1" t="s">
         <v>1018</v>
       </c>
-      <c r="B356" t="s">
+      <c r="B356" s="1" t="s">
         <v>1019</v>
       </c>
-      <c r="C356">
+      <c r="C356" s="1">
         <v>1944</v>
       </c>
-      <c r="D356" t="s">
+      <c r="D356" s="1" t="s">
         <v>1020</v>
       </c>
     </row>
     <row r="357" spans="1:4">
-      <c r="A357" t="s">
+      <c r="A357" s="1" t="s">
         <v>1021</v>
       </c>
-      <c r="B357" t="s">
+      <c r="B357" s="1" t="s">
         <v>1022</v>
       </c>
-      <c r="C357">
+      <c r="C357" s="1">
         <v>1944</v>
       </c>
-      <c r="D357" t="s">
+      <c r="D357" s="1" t="s">
         <v>1023</v>
       </c>
     </row>
     <row r="358" spans="1:4">
-      <c r="A358" t="s">
+      <c r="A358" s="1" t="s">
         <v>1024</v>
       </c>
-      <c r="B358" t="s">
+      <c r="B358" s="1" t="s">
         <v>1025</v>
       </c>
-      <c r="C358">
+      <c r="C358" s="1">
         <v>1944</v>
       </c>
-      <c r="D358" t="s">
+      <c r="D358" s="1" t="s">
         <v>1026</v>
       </c>
     </row>
     <row r="359" spans="1:4">
-      <c r="A359" t="s">
+      <c r="A359" s="1" t="s">
         <v>1027</v>
       </c>
-      <c r="B359" t="s">
+      <c r="B359" s="1" t="s">
         <v>1028</v>
       </c>
-      <c r="C359">
+      <c r="C359" s="1">
         <v>1944</v>
       </c>
-      <c r="D359" t="s">
+      <c r="D359" s="1" t="s">
         <v>1029</v>
       </c>
     </row>
     <row r="360" spans="1:4">
-      <c r="A360" t="s">
+      <c r="A360" s="1" t="s">
         <v>1030</v>
       </c>
-      <c r="B360" t="s">
+      <c r="B360" s="1" t="s">
         <v>1031</v>
       </c>
-      <c r="C360">
+      <c r="C360" s="1">
         <v>1944</v>
       </c>
-      <c r="D360" t="s">
+      <c r="D360" s="1" t="s">
         <v>1032</v>
       </c>
     </row>
     <row r="361" spans="1:4">
-      <c r="A361" t="s">
+      <c r="A361" s="1" t="s">
         <v>1033</v>
       </c>
-      <c r="B361" t="s">
+      <c r="B361" s="1" t="s">
         <v>1034</v>
       </c>
-      <c r="C361">
+      <c r="C361" s="1">
         <v>1944</v>
       </c>
-      <c r="D361" t="s">
+      <c r="D361" s="1" t="s">
         <v>1035</v>
       </c>
     </row>
     <row r="362" spans="1:4">
-      <c r="A362" t="s">
+      <c r="A362" s="1" t="s">
         <v>1036</v>
       </c>
-      <c r="B362" t="s">
+      <c r="B362" s="1" t="s">
         <v>1037</v>
       </c>
-      <c r="C362">
+      <c r="C362" s="1">
         <v>1944</v>
       </c>
-      <c r="D362" t="s">
+      <c r="D362" s="1" t="s">
         <v>1038</v>
       </c>
     </row>
     <row r="363" spans="1:4">
-      <c r="A363" t="s">
+      <c r="A363" s="1" t="s">
         <v>1039</v>
       </c>
-      <c r="B363" t="s">
+      <c r="B363" s="1" t="s">
         <v>1040</v>
       </c>
-      <c r="C363">
+      <c r="C363" s="1">
         <v>1944</v>
       </c>
-      <c r="D363" t="s">
+      <c r="D363" s="1" t="s">
         <v>1041</v>
       </c>
     </row>
     <row r="364" spans="1:4">
-      <c r="A364" t="s">
+      <c r="A364" s="1" t="s">
         <v>1042</v>
       </c>
-      <c r="B364" t="s">
+      <c r="B364" s="1" t="s">
         <v>1043</v>
       </c>
-      <c r="C364">
+      <c r="C364" s="1">
         <v>1944</v>
       </c>
-      <c r="D364" t="s">
+      <c r="D364" s="1" t="s">
         <v>1044</v>
       </c>
     </row>
     <row r="365" spans="1:4">
-      <c r="A365" t="s">
+      <c r="A365" s="1" t="s">
         <v>1045</v>
       </c>
-      <c r="B365" t="s">
+      <c r="B365" s="1" t="s">
         <v>1046</v>
       </c>
-      <c r="C365">
+      <c r="C365" s="1">
         <v>1944</v>
       </c>
-      <c r="D365" t="s">
+      <c r="D365" s="1" t="s">
         <v>1047</v>
       </c>
     </row>
     <row r="366" spans="1:4">
-      <c r="A366" t="s">
+      <c r="A366" s="1" t="s">
         <v>1048</v>
       </c>
-      <c r="B366" t="s">
+      <c r="B366" s="1" t="s">
         <v>1049</v>
       </c>
-      <c r="C366">
+      <c r="C366" s="1">
         <v>1944</v>
       </c>
-      <c r="D366" t="s">
+      <c r="D366" s="1" t="s">
         <v>1050</v>
       </c>
     </row>
     <row r="367" spans="1:4">
-      <c r="A367" t="s">
+      <c r="A367" s="1" t="s">
         <v>1051</v>
       </c>
-      <c r="B367" t="s">
+      <c r="B367" s="1" t="s">
         <v>1052</v>
       </c>
-      <c r="C367">
+      <c r="C367" s="1">
         <v>1944</v>
       </c>
-      <c r="D367" t="s">
+      <c r="D367" s="1" t="s">
         <v>1053</v>
       </c>
     </row>
     <row r="368" spans="1:4">
-      <c r="A368" t="s">
+      <c r="A368" s="1" t="s">
         <v>1054</v>
       </c>
-      <c r="B368" t="s">
+      <c r="B368" s="1" t="s">
         <v>1055</v>
       </c>
-      <c r="C368">
+      <c r="C368" s="1">
         <v>1944</v>
       </c>
-      <c r="D368" t="s">
+      <c r="D368" s="1" t="s">
         <v>1056</v>
       </c>
     </row>
     <row r="369" spans="1:4">
-      <c r="A369" t="s">
+      <c r="A369" s="1" t="s">
         <v>1057</v>
       </c>
-      <c r="B369" t="s">
+      <c r="B369" s="1" t="s">
         <v>1058</v>
       </c>
-      <c r="C369">
+      <c r="C369" s="1">
         <v>1944</v>
       </c>
-      <c r="D369" t="s">
+      <c r="D369" s="1" t="s">
         <v>1059</v>
       </c>
     </row>
     <row r="370" spans="1:4">
-      <c r="A370" t="s">
+      <c r="A370" s="1" t="s">
         <v>1060</v>
       </c>
-      <c r="B370" t="s">
+      <c r="B370" s="1" t="s">
         <v>1061</v>
       </c>
-      <c r="C370">
+      <c r="C370" s="1">
         <v>1944</v>
       </c>
-      <c r="D370" t="s">
+      <c r="D370" s="1" t="s">
         <v>1062</v>
       </c>
     </row>
     <row r="371" spans="1:4">
-      <c r="A371" t="s">
+      <c r="A371" s="1" t="s">
         <v>1063</v>
       </c>
-      <c r="B371" t="s">
+      <c r="B371" s="1" t="s">
         <v>1064</v>
       </c>
-      <c r="C371">
+      <c r="C371" s="1">
         <v>1944</v>
       </c>
-      <c r="D371" t="s">
+      <c r="D371" s="1" t="s">
         <v>1065</v>
       </c>
     </row>
     <row r="372" spans="1:4">
-      <c r="A372" t="s">
+      <c r="A372" s="1" t="s">
         <v>1066</v>
       </c>
-      <c r="B372" t="s">
+      <c r="B372" s="1" t="s">
         <v>1067</v>
       </c>
-      <c r="C372">
+      <c r="C372" s="1">
         <v>1944</v>
       </c>
-      <c r="D372" t="s">
+      <c r="D372" s="1" t="s">
         <v>1068</v>
       </c>
     </row>
     <row r="373" spans="1:4">
-      <c r="A373" t="s">
+      <c r="A373" s="1" t="s">
         <v>1069</v>
       </c>
-      <c r="B373" t="s">
+      <c r="B373" s="1" t="s">
         <v>1070</v>
       </c>
-      <c r="C373">
+      <c r="C373" s="1">
         <v>1944</v>
       </c>
-      <c r="D373" t="s">
+      <c r="D373" s="1" t="s">
         <v>1071</v>
       </c>
     </row>
     <row r="374" spans="1:4">
-      <c r="A374" t="s">
+      <c r="A374" s="1" t="s">
         <v>1072</v>
       </c>
-      <c r="B374" t="s">
+      <c r="B374" s="1" t="s">
         <v>1073</v>
       </c>
-      <c r="C374">
+      <c r="C374" s="1">
         <v>1944</v>
       </c>
-      <c r="D374" t="s">
+      <c r="D374" s="1" t="s">
         <v>1074</v>
       </c>
     </row>
     <row r="375" spans="1:4">
-      <c r="A375" t="s">
+      <c r="A375" s="1" t="s">
         <v>1075</v>
       </c>
-      <c r="B375" t="s">
+      <c r="B375" s="1" t="s">
         <v>1076</v>
       </c>
-      <c r="C375">
+      <c r="C375" s="1">
         <v>1944</v>
       </c>
-      <c r="D375" t="s">
+      <c r="D375" s="1" t="s">
         <v>1077</v>
       </c>
     </row>
     <row r="376" spans="1:4">
-      <c r="A376" t="s">
+      <c r="A376" s="1" t="s">
         <v>1078</v>
       </c>
-      <c r="B376" t="s">
+      <c r="B376" s="1" t="s">
         <v>1079</v>
       </c>
-      <c r="C376" t="s">
+      <c r="C376" s="1" t="s">
         <v>916</v>
       </c>
-      <c r="D376" t="s">
+      <c r="D376" s="1" t="s">
         <v>1080</v>
       </c>
     </row>
     <row r="377" spans="1:4">
-      <c r="A377" t="s">
+      <c r="A377" s="1" t="s">
         <v>1081</v>
       </c>
-      <c r="B377" t="s">
+      <c r="B377" s="1" t="s">
         <v>1082</v>
       </c>
-      <c r="C377">
+      <c r="C377" s="1">
         <v>1944</v>
       </c>
-      <c r="D377" t="s">
+      <c r="D377" s="1" t="s">
         <v>1083</v>
       </c>
     </row>
     <row r="378" spans="1:4">
-      <c r="A378" t="s">
+      <c r="A378" s="1" t="s">
         <v>1084</v>
       </c>
-      <c r="B378" t="s">
+      <c r="B378" s="1" t="s">
         <v>1085</v>
       </c>
-      <c r="C378">
+      <c r="C378" s="1">
         <v>1944</v>
       </c>
-      <c r="D378" t="s">
+      <c r="D378" s="1" t="s">
         <v>1086</v>
       </c>
     </row>
     <row r="379" spans="1:4">
-      <c r="A379" t="s">
+      <c r="A379" s="1" t="s">
         <v>1087</v>
       </c>
-      <c r="B379" t="s">
+      <c r="B379" s="1" t="s">
         <v>1088</v>
       </c>
-      <c r="C379">
+      <c r="C379" s="1">
         <v>1944</v>
       </c>
-      <c r="D379" t="s">
+      <c r="D379" s="1" t="s">
         <v>1089</v>
       </c>
     </row>
     <row r="380" spans="1:4">
-      <c r="A380" t="s">
+      <c r="A380" s="1" t="s">
         <v>1090</v>
       </c>
-      <c r="B380" t="s">
+      <c r="B380" s="1" t="s">
         <v>1091</v>
       </c>
-      <c r="C380">
+      <c r="C380" s="1">
         <v>1944</v>
       </c>
-      <c r="D380" t="s">
+      <c r="D380" s="1" t="s">
         <v>1092</v>
       </c>
     </row>
     <row r="381" spans="1:4">
-      <c r="A381" t="s">
+      <c r="A381" s="1" t="s">
         <v>1093</v>
       </c>
-      <c r="B381" t="s">
+      <c r="B381" s="1" t="s">
         <v>1094</v>
       </c>
-      <c r="C381">
+      <c r="C381" s="1">
         <v>1944</v>
       </c>
-      <c r="D381" t="s">
+      <c r="D381" s="1" t="s">
         <v>1095</v>
       </c>
     </row>
     <row r="382" spans="1:4">
-      <c r="A382" t="s">
+      <c r="A382" s="1" t="s">
         <v>1096</v>
       </c>
-      <c r="B382" t="s">
+      <c r="B382" s="1" t="s">
         <v>1097</v>
       </c>
-      <c r="C382">
+      <c r="C382" s="1">
         <v>1944</v>
       </c>
-      <c r="D382" t="s">
+      <c r="D382" s="1" t="s">
         <v>1098</v>
       </c>
     </row>
     <row r="383" spans="1:4">
-      <c r="A383" t="s">
+      <c r="A383" s="1" t="s">
         <v>1099</v>
       </c>
-      <c r="B383" t="s">
+      <c r="B383" s="1" t="s">
         <v>1097</v>
       </c>
-      <c r="C383">
+      <c r="C383" s="1">
         <v>1944</v>
       </c>
-      <c r="D383" t="s">
+      <c r="D383" s="1" t="s">
         <v>1100</v>
       </c>
     </row>
     <row r="384" spans="1:4">
-      <c r="A384" t="s">
+      <c r="A384" s="1" t="s">
         <v>1101</v>
       </c>
-      <c r="B384" t="s">
+      <c r="B384" s="1" t="s">
         <v>1097</v>
       </c>
-      <c r="C384">
+      <c r="C384" s="1">
         <v>1944</v>
       </c>
-      <c r="D384" t="s">
+      <c r="D384" s="1" t="s">
         <v>1102</v>
       </c>
     </row>
     <row r="385" spans="1:4">
-      <c r="A385" t="s">
+      <c r="A385" s="1" t="s">
         <v>1103</v>
       </c>
-      <c r="B385" t="s">
+      <c r="B385" s="1" t="s">
         <v>1097</v>
       </c>
-      <c r="C385">
+      <c r="C385" s="1">
         <v>1944</v>
       </c>
-      <c r="D385" t="s">
+      <c r="D385" s="1" t="s">
         <v>1104</v>
       </c>
     </row>
     <row r="386" spans="1:4">
-      <c r="A386" t="s">
+      <c r="A386" s="1" t="s">
         <v>1105</v>
       </c>
-      <c r="B386" t="s">
+      <c r="B386" s="1" t="s">
         <v>1106</v>
       </c>
-      <c r="C386">
+      <c r="C386" s="1">
         <v>1944</v>
       </c>
-      <c r="D386" t="s">
+      <c r="D386" s="1" t="s">
         <v>1107</v>
       </c>
     </row>
     <row r="387" spans="1:4">
-      <c r="A387" t="s">
+      <c r="A387" s="1" t="s">
         <v>1108</v>
       </c>
-      <c r="B387" t="s">
+      <c r="B387" s="1" t="s">
         <v>1109</v>
       </c>
-      <c r="C387">
+      <c r="C387" s="1">
         <v>1944</v>
       </c>
-      <c r="D387" t="s">
+      <c r="D387" s="1" t="s">
         <v>1110</v>
       </c>
     </row>
     <row r="388" spans="1:4">
-      <c r="A388" t="s">
+      <c r="A388" s="1" t="s">
         <v>1111</v>
       </c>
-      <c r="B388" t="s">
+      <c r="B388" s="1" t="s">
         <v>1112</v>
       </c>
-      <c r="C388">
+      <c r="C388" s="1">
         <v>1944</v>
       </c>
-      <c r="D388" t="s">
+      <c r="D388" s="1" t="s">
         <v>1113</v>
       </c>
     </row>
     <row r="389" spans="1:4">
-      <c r="A389" t="s">
+      <c r="A389" s="1" t="s">
         <v>1114</v>
       </c>
-      <c r="B389" t="s">
+      <c r="B389" s="1" t="s">
         <v>1115</v>
       </c>
-      <c r="C389">
+      <c r="C389" s="1">
         <v>1944</v>
       </c>
-      <c r="D389" t="s">
+      <c r="D389" s="1" t="s">
         <v>1116</v>
       </c>
     </row>
     <row r="390" spans="1:4">
-      <c r="A390" t="s">
+      <c r="A390" s="1" t="s">
         <v>1117</v>
       </c>
-      <c r="B390" t="s">
+      <c r="B390" s="1" t="s">
         <v>1118</v>
       </c>
-      <c r="C390">
+      <c r="C390" s="1">
         <v>1944</v>
       </c>
-      <c r="D390" t="s">
+      <c r="D390" s="1" t="s">
         <v>1119</v>
       </c>
     </row>
     <row r="391" spans="1:4">
-      <c r="A391" t="s">
+      <c r="A391" s="1" t="s">
         <v>1120</v>
       </c>
-      <c r="B391" t="s">
+      <c r="B391" s="1" t="s">
         <v>1121</v>
       </c>
-      <c r="C391">
+      <c r="C391" s="1">
         <v>1944</v>
       </c>
-      <c r="D391" t="s">
+      <c r="D391" s="1" t="s">
         <v>1122</v>
       </c>
     </row>
     <row r="392" spans="1:4">
-      <c r="A392" t="s">
+      <c r="A392" s="1" t="s">
         <v>1123</v>
       </c>
-      <c r="B392" t="s">
+      <c r="B392" s="1" t="s">
         <v>1124</v>
       </c>
-      <c r="C392">
+      <c r="C392" s="1">
         <v>1944</v>
       </c>
-      <c r="D392" t="s">
+      <c r="D392" s="1" t="s">
         <v>1125</v>
       </c>
     </row>
     <row r="393" spans="1:4">
-      <c r="A393" t="s">
+      <c r="A393" s="1" t="s">
         <v>1126</v>
       </c>
-      <c r="B393" t="s">
+      <c r="B393" s="1" t="s">
         <v>1127</v>
       </c>
-      <c r="C393">
+      <c r="C393" s="1">
         <v>1944</v>
       </c>
-      <c r="D393" t="s">
+      <c r="D393" s="1" t="s">
         <v>1128</v>
       </c>
     </row>
     <row r="394" spans="1:4">
-      <c r="A394" t="s">
+      <c r="A394" s="1" t="s">
         <v>1129</v>
       </c>
-      <c r="B394" t="s">
+      <c r="B394" s="1" t="s">
         <v>1130</v>
       </c>
-      <c r="C394" t="s">
+      <c r="C394" s="1" t="s">
         <v>916</v>
       </c>
-      <c r="D394" t="s">
+      <c r="D394" s="1" t="s">
         <v>1131</v>
       </c>
     </row>
     <row r="395" spans="1:4">
-      <c r="A395" t="s">
+      <c r="A395" s="1" t="s">
         <v>1132</v>
       </c>
-      <c r="B395" t="s">
+      <c r="B395" s="1" t="s">
         <v>1133</v>
       </c>
-      <c r="C395">
+      <c r="C395" s="1">
         <v>1944</v>
       </c>
-      <c r="D395" t="s">
+      <c r="D395" s="1" t="s">
         <v>1134</v>
       </c>
     </row>
     <row r="396" spans="1:4">
-      <c r="A396" t="s">
+      <c r="A396" s="1" t="s">
         <v>1135</v>
       </c>
-      <c r="B396" t="s">
+      <c r="B396" s="1" t="s">
         <v>1136</v>
       </c>
-      <c r="C396">
+      <c r="C396" s="1">
         <v>1944</v>
       </c>
-      <c r="D396" t="s">
+      <c r="D396" s="1" t="s">
         <v>1137</v>
       </c>
     </row>
     <row r="397" spans="1:4">
-      <c r="A397" t="s">
+      <c r="A397" s="1" t="s">
         <v>1138</v>
       </c>
-      <c r="B397" t="s">
+      <c r="B397" s="1" t="s">
         <v>1139</v>
       </c>
-      <c r="C397">
+      <c r="C397" s="1">
         <v>1944</v>
       </c>
-      <c r="D397" t="s">
+      <c r="D397" s="1" t="s">
         <v>1140</v>
       </c>
     </row>
     <row r="398" spans="1:4">
-      <c r="A398" t="s">
+      <c r="A398" s="1" t="s">
         <v>1141</v>
       </c>
-      <c r="B398" t="s">
+      <c r="B398" s="1" t="s">
         <v>1142</v>
       </c>
-      <c r="C398">
+      <c r="C398" s="1">
         <v>1944</v>
       </c>
-      <c r="D398" t="s">
+      <c r="D398" s="1" t="s">
         <v>1143</v>
       </c>
     </row>
     <row r="399" spans="1:4">
-      <c r="A399" t="s">
+      <c r="A399" s="1" t="s">
         <v>1144</v>
       </c>
-      <c r="B399" t="s">
+      <c r="B399" s="1" t="s">
         <v>1145</v>
       </c>
-      <c r="C399">
+      <c r="C399" s="1">
         <v>1944</v>
       </c>
-      <c r="D399" t="s">
+      <c r="D399" s="1" t="s">
         <v>1146</v>
       </c>
     </row>
     <row r="400" spans="1:4">
-      <c r="A400" t="s">
+      <c r="A400" s="1" t="s">
         <v>1147</v>
       </c>
-      <c r="B400" t="s">
+      <c r="B400" s="1" t="s">
         <v>1148</v>
       </c>
-      <c r="C400">
+      <c r="C400" s="1">
         <v>1944</v>
       </c>
-      <c r="D400" t="s">
+      <c r="D400" s="1" t="s">
         <v>1149</v>
       </c>
     </row>
     <row r="401" spans="1:4">
-      <c r="A401" t="s">
+      <c r="A401" s="1" t="s">
         <v>1150</v>
       </c>
-      <c r="B401" t="s">
+      <c r="B401" s="1" t="s">
         <v>1151</v>
       </c>
-      <c r="C401">
+      <c r="C401" s="1">
         <v>1944</v>
       </c>
-      <c r="D401" t="s">
+      <c r="D401" s="1" t="s">
         <v>1152</v>
       </c>
     </row>
     <row r="402" spans="1:4">
-      <c r="A402" t="s">
+      <c r="A402" s="1" t="s">
         <v>1153</v>
       </c>
-      <c r="B402" t="s">
+      <c r="B402" s="1" t="s">
         <v>1154</v>
       </c>
-      <c r="C402" t="s">
+      <c r="C402" s="1" t="s">
         <v>916</v>
       </c>
-      <c r="D402" t="s">
+      <c r="D402" s="1" t="s">
         <v>1155</v>
       </c>
     </row>
     <row r="403" spans="1:4">
-      <c r="A403" t="s">
+      <c r="A403" s="1" t="s">
         <v>1156</v>
       </c>
-      <c r="B403" t="s">
+      <c r="B403" s="1" t="s">
         <v>1157</v>
       </c>
-      <c r="C403" t="s">
+      <c r="C403" s="1" t="s">
         <v>916</v>
       </c>
-      <c r="D403" t="s">
+      <c r="D403" s="1" t="s">
         <v>1158</v>
       </c>
     </row>
     <row r="404" spans="1:4">
-      <c r="A404" t="s">
+      <c r="A404" s="1" t="s">
         <v>1159</v>
       </c>
-      <c r="B404" t="s">
+      <c r="B404" s="1" t="s">
         <v>1160</v>
       </c>
-      <c r="C404">
+      <c r="C404" s="1">
         <v>1944</v>
       </c>
-      <c r="D404" t="s">
+      <c r="D404" s="1" t="s">
         <v>1161</v>
       </c>
     </row>
     <row r="405" spans="1:4">
-      <c r="A405" t="s">
+      <c r="A405" s="1" t="s">
         <v>1162</v>
       </c>
-      <c r="B405" t="s">
+      <c r="B405" s="1" t="s">
         <v>1163</v>
       </c>
-      <c r="C405">
+      <c r="C405" s="1">
         <v>1944</v>
       </c>
-      <c r="D405" t="s">
+      <c r="D405" s="1" t="s">
         <v>1164</v>
       </c>
     </row>
     <row r="406" spans="1:4">
-      <c r="A406" t="s">
+      <c r="A406" s="1" t="s">
         <v>1165</v>
       </c>
-      <c r="B406" t="s">
+      <c r="B406" s="1" t="s">
         <v>1166</v>
       </c>
-      <c r="C406">
+      <c r="C406" s="1">
         <v>1944</v>
       </c>
-      <c r="D406" t="s">
+      <c r="D406" s="1" t="s">
         <v>1167</v>
       </c>
     </row>
     <row r="407" spans="1:4">
-      <c r="A407" t="s">
+      <c r="A407" s="1" t="s">
         <v>1168</v>
       </c>
-      <c r="B407" t="s">
+      <c r="B407" s="1" t="s">
         <v>1169</v>
       </c>
-      <c r="C407" t="s">
+      <c r="C407" s="1" t="s">
         <v>1170</v>
       </c>
-      <c r="D407" t="s">
+      <c r="D407" s="1" t="s">
         <v>1171</v>
       </c>
     </row>
     <row r="408" spans="1:4">
-      <c r="A408" t="s">
+      <c r="A408" s="1" t="s">
         <v>1172</v>
       </c>
-      <c r="B408" t="s">
+      <c r="B408" s="1" t="s">
         <v>1169</v>
       </c>
-      <c r="C408" t="s">
+      <c r="C408" s="1" t="s">
         <v>1170</v>
       </c>
-      <c r="D408" t="s">
+      <c r="D408" s="1" t="s">
         <v>1173</v>
       </c>
     </row>
     <row r="409" spans="1:4">
-      <c r="A409" t="s">
+      <c r="A409" s="1" t="s">
         <v>1174</v>
       </c>
-      <c r="B409" t="s">
+      <c r="B409" s="1" t="s">
         <v>1175</v>
       </c>
-      <c r="C409">
+      <c r="C409" s="1">
         <v>1944</v>
       </c>
-      <c r="D409" t="s">
+      <c r="D409" s="1" t="s">
         <v>1176</v>
       </c>
     </row>
     <row r="410" spans="1:4">
-      <c r="A410" t="s">
+      <c r="A410" s="1" t="s">
         <v>1177</v>
       </c>
-      <c r="B410" t="s">
+      <c r="B410" s="1" t="s">
         <v>1175</v>
       </c>
-      <c r="C410">
+      <c r="C410" s="1">
         <v>1944</v>
       </c>
-      <c r="D410" t="s">
+      <c r="D410" s="1" t="s">
         <v>1178</v>
       </c>
     </row>
     <row r="411" spans="1:4">
-      <c r="A411" t="s">
+      <c r="A411" s="1" t="s">
         <v>1179</v>
       </c>
-      <c r="B411" t="s">
+      <c r="B411" s="1" t="s">
         <v>1180</v>
       </c>
-      <c r="C411">
+      <c r="C411" s="1">
         <v>1944</v>
       </c>
-      <c r="D411" t="s">
+      <c r="D411" s="1" t="s">
         <v>1181</v>
       </c>
     </row>
     <row r="412" spans="1:4">
-      <c r="A412" t="s">
+      <c r="A412" s="1" t="s">
         <v>1182</v>
       </c>
-      <c r="B412" t="s">
+      <c r="B412" s="1" t="s">
         <v>1183</v>
       </c>
-      <c r="C412">
+      <c r="C412" s="1">
         <v>1944</v>
       </c>
-      <c r="D412" t="s">
+      <c r="D412" s="1" t="s">
         <v>1184</v>
       </c>
     </row>
     <row r="413" spans="1:4">
-      <c r="A413" t="s">
+      <c r="A413" s="1" t="s">
         <v>1185</v>
       </c>
-      <c r="B413" t="s">
+      <c r="B413" s="1" t="s">
         <v>1186</v>
       </c>
-      <c r="C413" t="s">
+      <c r="C413" s="1" t="s">
         <v>1170</v>
       </c>
-      <c r="D413" t="s">
+      <c r="D413" s="1" t="s">
         <v>1187</v>
       </c>
     </row>
     <row r="414" spans="1:4">
-      <c r="A414" t="s">
+      <c r="A414" s="1" t="s">
         <v>1188</v>
       </c>
-      <c r="B414" t="s">
+      <c r="B414" s="1" t="s">
         <v>1189</v>
       </c>
-      <c r="C414">
+      <c r="C414" s="1">
         <v>1944</v>
       </c>
-      <c r="D414" t="s">
+      <c r="D414" s="1" t="s">
         <v>1190</v>
       </c>
     </row>
     <row r="415" spans="1:4">
-      <c r="A415" t="s">
+      <c r="A415" s="1" t="s">
         <v>1191</v>
       </c>
-      <c r="B415" t="s">
+      <c r="B415" s="1" t="s">
         <v>1192</v>
       </c>
-      <c r="C415" t="s">
+      <c r="C415" s="1" t="s">
         <v>1193</v>
       </c>
-      <c r="D415" t="s">
+      <c r="D415" s="1" t="s">
         <v>1194</v>
       </c>
     </row>
     <row r="416" spans="1:4">
-      <c r="A416" t="s">
+      <c r="A416" s="1" t="s">
         <v>1195</v>
       </c>
-      <c r="B416" t="s">
+      <c r="B416" s="1" t="s">
         <v>1196</v>
       </c>
-      <c r="C416" t="s">
+      <c r="C416" s="1" t="s">
         <v>1193</v>
       </c>
-      <c r="D416" t="s">
+      <c r="D416" s="1" t="s">
         <v>1197</v>
       </c>
     </row>
     <row r="417" spans="1:4">
-      <c r="A417" t="s">
+      <c r="A417" s="1" t="s">
         <v>1198</v>
       </c>
-      <c r="B417" t="s">
+      <c r="B417" s="1" t="s">
         <v>1199</v>
       </c>
-      <c r="C417">
+      <c r="C417" s="1">
         <v>1944</v>
       </c>
-      <c r="D417" t="s">
+      <c r="D417" s="1" t="s">
         <v>1200</v>
       </c>
     </row>
     <row r="418" spans="1:4">
-      <c r="A418" t="s">
+      <c r="A418" s="1" t="s">
         <v>1201</v>
       </c>
-      <c r="B418" t="s">
+      <c r="B418" s="1" t="s">
         <v>1202</v>
       </c>
-      <c r="C418" t="s">
+      <c r="C418" s="1" t="s">
         <v>1193</v>
       </c>
-      <c r="D418" t="s">
+      <c r="D418" s="1" t="s">
         <v>1203</v>
       </c>
     </row>
     <row r="419" spans="1:4">
-      <c r="A419" t="s">
+      <c r="A419" s="1" t="s">
         <v>1204</v>
       </c>
-      <c r="B419" t="s">
+      <c r="B419" s="1" t="s">
         <v>1205</v>
       </c>
-      <c r="C419">
+      <c r="C419" s="1">
         <v>1944</v>
       </c>
-      <c r="D419" t="s">
+      <c r="D419" s="1" t="s">
         <v>1206</v>
       </c>
     </row>
     <row r="420" spans="1:4">
-      <c r="A420" t="s">
+      <c r="A420" s="1" t="s">
         <v>1207</v>
       </c>
-      <c r="B420" t="s">
+      <c r="B420" s="1" t="s">
         <v>1208</v>
       </c>
-      <c r="C420">
+      <c r="C420" s="1">
         <v>1944</v>
       </c>
-      <c r="D420" t="s">
+      <c r="D420" s="1" t="s">
         <v>1209</v>
       </c>
     </row>
     <row r="421" spans="1:4">
-      <c r="A421" t="s">
+      <c r="A421" s="1" t="s">
         <v>1210</v>
       </c>
-      <c r="B421" t="s">
+      <c r="B421" s="1" t="s">
         <v>1211</v>
       </c>
-      <c r="C421">
+      <c r="C421" s="1">
         <v>1944</v>
       </c>
-      <c r="D421" t="s">
+      <c r="D421" s="1" t="s">
         <v>1212</v>
       </c>
     </row>
     <row r="422" spans="1:4">
-      <c r="A422" t="s">
+      <c r="A422" s="1" t="s">
         <v>1213</v>
       </c>
-      <c r="B422" t="s">
+      <c r="B422" s="1" t="s">
         <v>1211</v>
       </c>
-      <c r="C422">
+      <c r="C422" s="1">
         <v>1944</v>
       </c>
-      <c r="D422" t="s">
+      <c r="D422" s="1" t="s">
         <v>1214</v>
       </c>
     </row>
     <row r="423" spans="1:4">
-      <c r="A423" t="s">
+      <c r="A423" s="1" t="s">
         <v>1215</v>
       </c>
-      <c r="B423" t="s">
+      <c r="B423" s="1" t="s">
         <v>1211</v>
       </c>
-      <c r="C423">
+      <c r="C423" s="1">
         <v>1944</v>
       </c>
-      <c r="D423" t="s">
+      <c r="D423" s="1" t="s">
         <v>1216</v>
       </c>
     </row>
     <row r="424" spans="1:4">
-      <c r="A424" t="s">
+      <c r="A424" s="1" t="s">
         <v>1217</v>
       </c>
-      <c r="B424" t="s">
+      <c r="B424" s="1" t="s">
         <v>1218</v>
       </c>
-      <c r="C424">
+      <c r="C424" s="1">
         <v>1944</v>
       </c>
-      <c r="D424" t="s">
+      <c r="D424" s="1" t="s">
         <v>1219</v>
       </c>
     </row>
     <row r="425" spans="1:4">
-      <c r="A425" t="s">
+      <c r="A425" s="1" t="s">
         <v>1220</v>
       </c>
-      <c r="B425" t="s">
+      <c r="B425" s="1" t="s">
         <v>1221</v>
       </c>
-      <c r="C425">
+      <c r="C425" s="1">
         <v>1944</v>
       </c>
-      <c r="D425" t="s">
+      <c r="D425" s="1" t="s">
         <v>1222</v>
       </c>
     </row>
     <row r="426" spans="1:4">
-      <c r="A426" t="s">
+      <c r="A426" s="1" t="s">
         <v>1223</v>
       </c>
-      <c r="B426" t="s">
+      <c r="B426" s="1" t="s">
         <v>1224</v>
       </c>
-      <c r="C426">
+      <c r="C426" s="1">
         <v>1944</v>
       </c>
-      <c r="D426" t="s">
+      <c r="D426" s="1" t="s">
         <v>1225</v>
       </c>
     </row>
     <row r="427" spans="1:4">
-      <c r="A427" t="s">
+      <c r="A427" s="1" t="s">
         <v>1226</v>
       </c>
-      <c r="B427" t="s">
+      <c r="B427" s="1" t="s">
         <v>1224</v>
       </c>
-      <c r="C427">
+      <c r="C427" s="1">
         <v>1944</v>
       </c>
-      <c r="D427" t="s">
+      <c r="D427" s="1" t="s">
         <v>1227</v>
       </c>
     </row>
     <row r="428" spans="1:4">
-      <c r="A428" t="s">
+      <c r="A428" s="1" t="s">
         <v>1228</v>
       </c>
-      <c r="B428" t="s">
+      <c r="B428" s="1" t="s">
         <v>1229</v>
       </c>
-      <c r="C428">
+      <c r="C428" s="1">
         <v>1944</v>
       </c>
-      <c r="D428" t="s">
+      <c r="D428" s="1" t="s">
         <v>1230</v>
       </c>
     </row>
     <row r="429" spans="1:4">
-      <c r="A429" t="s">
+      <c r="A429" s="1" t="s">
         <v>1231</v>
       </c>
-      <c r="B429" t="s">
+      <c r="B429" s="1" t="s">
         <v>1232</v>
       </c>
-      <c r="C429">
+      <c r="C429" s="1">
         <v>1944</v>
       </c>
-      <c r="D429" t="s">
+      <c r="D429" s="1" t="s">
         <v>1233</v>
       </c>
     </row>
     <row r="430" spans="1:4">
-      <c r="A430" t="s">
+      <c r="A430" s="1" t="s">
         <v>1234</v>
       </c>
-      <c r="B430" t="s">
+      <c r="B430" s="1" t="s">
         <v>1235</v>
       </c>
-      <c r="C430">
+      <c r="C430" s="1">
         <v>1944</v>
       </c>
-      <c r="D430" t="s">
+      <c r="D430" s="1" t="s">
         <v>1236</v>
       </c>
     </row>
     <row r="431" spans="1:4">
-      <c r="A431" t="s">
+      <c r="A431" s="1" t="s">
         <v>1237</v>
       </c>
-      <c r="B431" t="s">
+      <c r="B431" s="1" t="s">
         <v>1238</v>
       </c>
-      <c r="C431">
+      <c r="C431" s="1">
         <v>1944</v>
       </c>
-      <c r="D431" t="s">
+      <c r="D431" s="1" t="s">
         <v>1239</v>
       </c>
     </row>
     <row r="432" spans="1:4">
-      <c r="A432" t="s">
+      <c r="A432" s="1" t="s">
         <v>1240</v>
       </c>
-      <c r="B432" t="s">
+      <c r="B432" s="1" t="s">
         <v>1241</v>
       </c>
-      <c r="C432">
+      <c r="C432" s="1">
         <v>1944</v>
       </c>
-      <c r="D432" t="s">
+      <c r="D432" s="1" t="s">
         <v>1242</v>
       </c>
     </row>
     <row r="433" spans="1:4">
-      <c r="A433" t="s">
+      <c r="A433" s="1" t="s">
         <v>1243</v>
       </c>
-      <c r="B433" t="s">
+      <c r="B433" s="1" t="s">
         <v>1244</v>
       </c>
-      <c r="C433">
+      <c r="C433" s="1">
         <v>1944</v>
       </c>
-      <c r="D433" t="s">
+      <c r="D433" s="1" t="s">
         <v>1245</v>
       </c>
     </row>
     <row r="434" spans="1:4">
-      <c r="A434" t="s">
+      <c r="A434" s="1" t="s">
         <v>1246</v>
       </c>
-      <c r="B434" t="s">
+      <c r="B434" s="1" t="s">
         <v>1247</v>
       </c>
-      <c r="C434">
+      <c r="C434" s="1">
         <v>1944</v>
       </c>
-      <c r="D434" t="s">
+      <c r="D434" s="1" t="s">
         <v>1248</v>
       </c>
     </row>
     <row r="435" spans="1:4">
-      <c r="A435" t="s">
+      <c r="A435" s="1" t="s">
         <v>1249</v>
       </c>
-      <c r="B435" t="s">
+      <c r="B435" s="1" t="s">
         <v>1247</v>
       </c>
-      <c r="C435">
+      <c r="C435" s="1">
         <v>1944</v>
       </c>
-      <c r="D435" t="s">
+      <c r="D435" s="1" t="s">
         <v>1250</v>
       </c>
     </row>
     <row r="436" spans="1:4">
-      <c r="A436" t="s">
+      <c r="A436" s="1" t="s">
         <v>1251</v>
       </c>
-      <c r="B436" t="s">
+      <c r="B436" s="1" t="s">
         <v>1252</v>
       </c>
-      <c r="C436" t="s">
+      <c r="C436" s="1" t="s">
         <v>932</v>
       </c>
-      <c r="D436" t="s">
+      <c r="D436" s="1" t="s">
         <v>1253</v>
       </c>
     </row>
     <row r="437" spans="1:4">
-      <c r="A437" t="s">
+      <c r="A437" s="1" t="s">
         <v>1254</v>
       </c>
-      <c r="B437" t="s">
+      <c r="B437" s="1" t="s">
         <v>1255</v>
       </c>
-      <c r="C437">
+      <c r="C437" s="1">
         <v>1944</v>
       </c>
-      <c r="D437" t="s">
+      <c r="D437" s="1" t="s">
         <v>1256</v>
       </c>
     </row>
     <row r="438" spans="1:4">
-      <c r="A438" t="s">
+      <c r="A438" s="1" t="s">
         <v>1257</v>
       </c>
-      <c r="B438" t="s">
+      <c r="B438" s="1" t="s">
         <v>1255</v>
       </c>
-      <c r="C438">
+      <c r="C438" s="1">
         <v>1944</v>
       </c>
-      <c r="D438" t="s">
+      <c r="D438" s="1" t="s">
         <v>1258</v>
       </c>
     </row>
     <row r="439" spans="1:4">
-      <c r="A439" t="s">
+      <c r="A439" s="1" t="s">
         <v>1259</v>
       </c>
-      <c r="B439" t="s">
+      <c r="B439" s="1" t="s">
         <v>1260</v>
       </c>
-      <c r="C439" t="s">
+      <c r="C439" s="1" t="s">
         <v>1193</v>
       </c>
-      <c r="D439" t="s">
+      <c r="D439" s="1" t="s">
         <v>1261</v>
       </c>
     </row>
     <row r="440" spans="1:4">
-      <c r="A440" t="s">
+      <c r="A440" s="1" t="s">
         <v>1262</v>
       </c>
-      <c r="B440" t="s">
+      <c r="B440" s="1" t="s">
         <v>1263</v>
       </c>
-      <c r="C440">
+      <c r="C440" s="1">
         <v>1944</v>
       </c>
-      <c r="D440" t="s">
+      <c r="D440" s="1" t="s">
         <v>1264</v>
       </c>
     </row>
     <row r="441" spans="1:4">
-      <c r="A441" t="s">
+      <c r="A441" s="1" t="s">
         <v>1265</v>
       </c>
-      <c r="B441" t="s">
+      <c r="B441" s="1" t="s">
         <v>1266</v>
       </c>
-      <c r="C441">
+      <c r="C441" s="1">
         <v>1944</v>
       </c>
-      <c r="D441" t="s">
+      <c r="D441" s="1" t="s">
         <v>1267</v>
       </c>
     </row>
     <row r="442" spans="1:4">
-      <c r="A442" t="s">
+      <c r="A442" s="1" t="s">
         <v>1268</v>
       </c>
-      <c r="B442" t="s">
+      <c r="B442" s="1" t="s">
         <v>1269</v>
       </c>
-      <c r="C442">
+      <c r="C442" s="1">
         <v>1944</v>
       </c>
-      <c r="D442" t="s">
+      <c r="D442" s="1" t="s">
         <v>1270</v>
       </c>
     </row>
     <row r="443" spans="1:4">
-      <c r="A443" t="s">
+      <c r="A443" s="1" t="s">
         <v>1271</v>
       </c>
-      <c r="B443" t="s">
+      <c r="B443" s="1" t="s">
         <v>1272</v>
       </c>
-      <c r="C443" t="s">
+      <c r="C443" s="1" t="s">
         <v>916</v>
       </c>
-      <c r="D443" t="s">
+      <c r="D443" s="1" t="s">
         <v>1273</v>
       </c>
     </row>
     <row r="444" spans="1:4">
-      <c r="A444" t="s">
+      <c r="A444" s="1" t="s">
         <v>1274</v>
       </c>
-      <c r="B444" t="s">
+      <c r="B444" s="1" t="s">
         <v>1275</v>
       </c>
-      <c r="C444">
+      <c r="C444" s="1">
         <v>1944</v>
       </c>
-      <c r="D444" t="s">
+      <c r="D444" s="1" t="s">
         <v>1276</v>
       </c>
     </row>
     <row r="445" spans="1:4">
-      <c r="A445" t="s">
+      <c r="A445" s="1" t="s">
         <v>1277</v>
       </c>
-      <c r="B445" t="s">
+      <c r="B445" s="1" t="s">
         <v>1278</v>
       </c>
-      <c r="C445">
+      <c r="C445" s="1">
         <v>1944</v>
       </c>
-      <c r="D445" t="s">
+      <c r="D445" s="1" t="s">
         <v>1279</v>
       </c>
     </row>
     <row r="446" spans="1:4">
-      <c r="A446" t="s">
+      <c r="A446" s="1" t="s">
         <v>1280</v>
       </c>
-      <c r="B446" t="s">
+      <c r="B446" s="1" t="s">
         <v>1281</v>
       </c>
-      <c r="C446">
+      <c r="C446" s="1">
         <v>1944</v>
       </c>
-      <c r="D446" t="s">
+      <c r="D446" s="1" t="s">
         <v>1282</v>
       </c>
     </row>
     <row r="447" spans="1:4">
-      <c r="A447" t="s">
+      <c r="A447" s="1" t="s">
         <v>1283</v>
       </c>
-      <c r="B447" t="s">
+      <c r="B447" s="1" t="s">
         <v>1284</v>
       </c>
-      <c r="C447">
+      <c r="C447" s="1">
         <v>1944</v>
       </c>
-      <c r="D447" t="s">
+      <c r="D447" s="1" t="s">
         <v>1285</v>
       </c>
     </row>
     <row r="448" spans="1:4">
-      <c r="A448" t="s">
+      <c r="A448" s="1" t="s">
         <v>1286</v>
       </c>
-      <c r="B448" t="s">
+      <c r="B448" s="1" t="s">
         <v>391</v>
       </c>
-      <c r="C448">
+      <c r="C448" s="1">
         <v>1944</v>
       </c>
-      <c r="D448" t="s">
+      <c r="D448" s="1" t="s">
         <v>1287</v>
       </c>
     </row>
     <row r="449" spans="1:4">
-      <c r="A449" t="s">
+      <c r="A449" s="1" t="s">
         <v>1288</v>
       </c>
-      <c r="B449" t="s">
+      <c r="B449" s="1" t="s">
         <v>1289</v>
       </c>
-      <c r="C449">
+      <c r="C449" s="1">
         <v>1944</v>
       </c>
-      <c r="D449" t="s">
+      <c r="D449" s="1" t="s">
         <v>1290</v>
       </c>
     </row>
     <row r="450" spans="1:4">
-      <c r="A450" t="s">
+      <c r="A450" s="1" t="s">
         <v>1291</v>
       </c>
-      <c r="B450" t="s">
+      <c r="B450" s="1" t="s">
         <v>1292</v>
       </c>
-      <c r="C450">
+      <c r="C450" s="1">
         <v>1944</v>
       </c>
-      <c r="D450" t="s">
+      <c r="D450" s="1" t="s">
         <v>1293</v>
       </c>
     </row>
     <row r="451" spans="1:4">
-      <c r="A451" t="s">
+      <c r="A451" s="1" t="s">
         <v>1294</v>
       </c>
-      <c r="B451" t="s">
+      <c r="B451" s="1" t="s">
         <v>1295</v>
       </c>
-      <c r="C451" t="s">
+      <c r="C451" s="1" t="s">
         <v>939</v>
       </c>
-      <c r="D451" t="s">
+      <c r="D451" s="1" t="s">
         <v>1296</v>
       </c>
     </row>
     <row r="452" spans="1:4">
-      <c r="A452" t="s">
+      <c r="A452" s="1" t="s">
         <v>1297</v>
       </c>
-      <c r="B452" t="s">
+      <c r="B452" s="1" t="s">
         <v>1298</v>
       </c>
-      <c r="C452">
+      <c r="C452" s="1">
         <v>1944</v>
       </c>
-      <c r="D452" t="s">
+      <c r="D452" s="1" t="s">
         <v>1299</v>
       </c>
     </row>
     <row r="453" spans="1:4">
-      <c r="A453" t="s">
+      <c r="A453" s="1" t="s">
         <v>1300</v>
       </c>
-      <c r="B453" t="s">
+      <c r="B453" s="1" t="s">
         <v>1298</v>
       </c>
-      <c r="C453">
+      <c r="C453" s="1">
         <v>1944</v>
       </c>
-      <c r="D453" t="s">
+      <c r="D453" s="1" t="s">
         <v>1301</v>
       </c>
     </row>
     <row r="454" spans="1:4">
-      <c r="A454" t="s">
+      <c r="A454" s="1" t="s">
         <v>1302</v>
       </c>
-      <c r="B454" t="s">
+      <c r="B454" s="1" t="s">
         <v>1303</v>
       </c>
-      <c r="C454">
+      <c r="C454" s="1">
         <v>1944</v>
       </c>
-      <c r="D454" t="s">
+      <c r="D454" s="1" t="s">
         <v>1304</v>
       </c>
     </row>
     <row r="455" spans="1:4">
-      <c r="A455" t="s">
+      <c r="A455" s="1" t="s">
         <v>1305</v>
       </c>
-      <c r="B455" t="s">
+      <c r="B455" s="1" t="s">
         <v>1303</v>
       </c>
-      <c r="C455">
+      <c r="C455" s="1">
         <v>1944</v>
       </c>
-      <c r="D455" t="s">
+      <c r="D455" s="1" t="s">
         <v>1306</v>
       </c>
     </row>
     <row r="456" spans="1:4">
-      <c r="A456" t="s">
+      <c r="A456" s="1" t="s">
         <v>1307</v>
       </c>
-      <c r="B456" t="s">
+      <c r="B456" s="1" t="s">
         <v>1303</v>
       </c>
-      <c r="C456">
+      <c r="C456" s="1">
         <v>1944</v>
       </c>
-      <c r="D456" t="s">
+      <c r="D456" s="1" t="s">
         <v>1308</v>
       </c>
     </row>
     <row r="457" spans="1:4">
-      <c r="A457" t="s">
+      <c r="A457" s="1" t="s">
         <v>1309</v>
       </c>
-      <c r="B457" t="s">
+      <c r="B457" s="1" t="s">
         <v>1310</v>
       </c>
-      <c r="C457">
+      <c r="C457" s="1">
         <v>1944</v>
       </c>
-      <c r="D457" t="s">
+      <c r="D457" s="1" t="s">
         <v>1311</v>
       </c>
     </row>
     <row r="458" spans="1:4">
-      <c r="A458" t="s">
+      <c r="A458" s="1" t="s">
         <v>1312</v>
       </c>
-      <c r="B458" t="s">
+      <c r="B458" s="1" t="s">
         <v>1313</v>
       </c>
-      <c r="C458">
+      <c r="C458" s="1">
         <v>1944</v>
       </c>
-      <c r="D458" t="s">
+      <c r="D458" s="1" t="s">
         <v>1314</v>
       </c>
     </row>
     <row r="459" spans="1:4">
-      <c r="A459" t="s">
+      <c r="A459" s="1" t="s">
         <v>1315</v>
       </c>
-      <c r="B459" t="s">
+      <c r="B459" s="1" t="s">
         <v>1316</v>
       </c>
-      <c r="C459">
+      <c r="C459" s="1">
         <v>1944</v>
       </c>
-      <c r="D459" t="s">
+      <c r="D459" s="1" t="s">
         <v>1317</v>
       </c>
     </row>
     <row r="460" spans="1:4">
-      <c r="A460" t="s">
+      <c r="A460" s="1" t="s">
         <v>1318</v>
       </c>
-      <c r="B460" t="s">
+      <c r="B460" s="1" t="s">
         <v>1319</v>
       </c>
-      <c r="C460">
+      <c r="C460" s="1">
         <v>1944</v>
       </c>
-      <c r="D460" t="s">
+      <c r="D460" s="1" t="s">
         <v>1320</v>
       </c>
     </row>
     <row r="461" spans="1:4">
-      <c r="A461" t="s">
+      <c r="A461" s="1" t="s">
         <v>1321</v>
       </c>
-      <c r="B461" t="s">
+      <c r="B461" s="1" t="s">
         <v>1322</v>
       </c>
-      <c r="C461">
+      <c r="C461" s="1">
         <v>1944</v>
       </c>
-      <c r="D461" t="s">
+      <c r="D461" s="1" t="s">
         <v>1323</v>
       </c>
     </row>
     <row r="462" spans="1:4">
-      <c r="A462" t="s">
+      <c r="A462" s="1" t="s">
         <v>1324</v>
       </c>
-      <c r="B462" t="s">
+      <c r="B462" s="1" t="s">
         <v>1325</v>
       </c>
-      <c r="C462">
+      <c r="C462" s="1">
         <v>1944</v>
       </c>
-      <c r="D462" t="s">
+      <c r="D462" s="1" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="463" spans="1:4">
-      <c r="A463" t="s">
+      <c r="A463" s="1" t="s">
         <v>1327</v>
       </c>
-      <c r="B463" t="s">
+      <c r="B463" s="1" t="s">
         <v>1325</v>
       </c>
-      <c r="C463">
+      <c r="C463" s="1">
         <v>1944</v>
       </c>
-      <c r="D463" t="s">
+      <c r="D463" s="1" t="s">
         <v>1328</v>
       </c>
     </row>
     <row r="464" spans="1:4">
-      <c r="A464" t="s">
+      <c r="A464" s="1" t="s">
         <v>1329</v>
       </c>
-      <c r="B464" t="s">
+      <c r="B464" s="1" t="s">
         <v>1325</v>
       </c>
-      <c r="C464">
+      <c r="C464" s="1">
         <v>1944</v>
       </c>
-      <c r="D464" t="s">
+      <c r="D464" s="1" t="s">
         <v>1330</v>
       </c>
     </row>
     <row r="465" spans="1:4">
-      <c r="A465" t="s">
+      <c r="A465" s="1" t="s">
         <v>1331</v>
       </c>
-      <c r="B465" t="s">
+      <c r="B465" s="1" t="s">
         <v>1325</v>
       </c>
-      <c r="C465">
+      <c r="C465" s="1">
         <v>1944</v>
       </c>
-      <c r="D465" t="s">
+      <c r="D465" s="1" t="s">
         <v>1332</v>
       </c>
     </row>
     <row r="466" spans="1:4">
-      <c r="A466" t="s">
+      <c r="A466" s="1" t="s">
         <v>1333</v>
       </c>
-      <c r="B466" t="s">
+      <c r="B466" s="1" t="s">
         <v>1334</v>
       </c>
-      <c r="C466">
+      <c r="C466" s="1">
         <v>1944</v>
       </c>
-      <c r="D466" t="s">
+      <c r="D466" s="1" t="s">
         <v>1335</v>
       </c>
     </row>
     <row r="467" spans="1:4">
-      <c r="A467" t="s">
+      <c r="A467" s="1" t="s">
         <v>1336</v>
       </c>
-      <c r="B467" t="s">
+      <c r="B467" s="1" t="s">
         <v>1337</v>
       </c>
-      <c r="C467">
+      <c r="C467" s="1">
         <v>1944</v>
       </c>
-      <c r="D467" t="s">
+      <c r="D467" s="1" t="s">
         <v>1338</v>
       </c>
     </row>
     <row r="468" spans="1:4">
-      <c r="A468" t="s">
+      <c r="A468" s="1" t="s">
         <v>1339</v>
       </c>
-      <c r="B468" t="s">
+      <c r="B468" s="1" t="s">
         <v>1340</v>
       </c>
-      <c r="C468">
+      <c r="C468" s="1">
         <v>1944</v>
       </c>
-      <c r="D468" t="s">
+      <c r="D468" s="1" t="s">
         <v>1341</v>
       </c>
     </row>
     <row r="469" spans="1:4">
-      <c r="A469" t="s">
+      <c r="A469" s="1" t="s">
         <v>1342</v>
       </c>
-      <c r="B469" t="s">
+      <c r="B469" s="1" t="s">
         <v>1343</v>
       </c>
-      <c r="C469">
+      <c r="C469" s="1">
         <v>1944</v>
       </c>
-      <c r="D469" t="s">
+      <c r="D469" s="1" t="s">
         <v>1344</v>
       </c>
     </row>
     <row r="470" spans="1:4">
-      <c r="A470" t="s">
+      <c r="A470" s="1" t="s">
         <v>1345</v>
       </c>
-      <c r="B470" t="s">
+      <c r="B470" s="1" t="s">
         <v>1346</v>
       </c>
-      <c r="C470">
+      <c r="C470" s="1">
         <v>1944</v>
       </c>
-      <c r="D470" t="s">
+      <c r="D470" s="1" t="s">
         <v>1347</v>
       </c>
     </row>
     <row r="471" spans="1:4">
-      <c r="A471" t="s">
+      <c r="A471" s="1" t="s">
         <v>1348</v>
       </c>
-      <c r="B471" t="s">
+      <c r="B471" s="1" t="s">
         <v>1349</v>
       </c>
-      <c r="C471" t="s">
+      <c r="C471" s="1" t="s">
         <v>1193</v>
       </c>
-      <c r="D471" t="s">
+      <c r="D471" s="1" t="s">
         <v>1350</v>
       </c>
     </row>
     <row r="472" spans="1:4">
-      <c r="A472" t="s">
+      <c r="A472" s="1" t="s">
         <v>1351</v>
       </c>
-      <c r="B472" t="s">
+      <c r="B472" s="1" t="s">
         <v>1352</v>
       </c>
-      <c r="C472">
+      <c r="C472" s="1">
         <v>1944</v>
       </c>
-      <c r="D472" t="s">
+      <c r="D472" s="1" t="s">
         <v>1353</v>
       </c>
     </row>
     <row r="473" spans="1:4">
-      <c r="A473" t="s">
+      <c r="A473" s="1" t="s">
         <v>1354</v>
       </c>
-      <c r="B473" t="s">
+      <c r="B473" s="1" t="s">
         <v>1355</v>
       </c>
-      <c r="C473">
+      <c r="C473" s="1">
         <v>1944</v>
       </c>
-      <c r="D473" t="s">
+      <c r="D473" s="1" t="s">
         <v>1356</v>
       </c>
     </row>
     <row r="474" spans="1:4">
-      <c r="A474" t="s">
+      <c r="A474" s="1" t="s">
         <v>1357</v>
       </c>
-      <c r="B474" t="s">
+      <c r="B474" s="1" t="s">
         <v>1358</v>
       </c>
-      <c r="C474" t="s">
+      <c r="C474" s="1" t="s">
         <v>932</v>
       </c>
-      <c r="D474" t="s">
+      <c r="D474" s="1" t="s">
         <v>1359</v>
       </c>
     </row>
     <row r="475" spans="1:4">
-      <c r="A475" t="s">
+      <c r="A475" s="1" t="s">
         <v>1360</v>
       </c>
-      <c r="B475" t="s">
+      <c r="B475" s="1" t="s">
         <v>1361</v>
       </c>
-      <c r="C475" t="s">
+      <c r="C475" s="1" t="s">
         <v>1193</v>
       </c>
-      <c r="D475" t="s">
+      <c r="D475" s="1" t="s">
         <v>1362</v>
       </c>
     </row>
     <row r="476" spans="1:4">
-      <c r="A476" t="s">
+      <c r="A476" s="1" t="s">
         <v>1363</v>
       </c>
-      <c r="B476" t="s">
+      <c r="B476" s="1" t="s">
         <v>1361</v>
       </c>
-      <c r="C476" t="s">
+      <c r="C476" s="1" t="s">
         <v>1193</v>
       </c>
-      <c r="D476" t="s">
+      <c r="D476" s="1" t="s">
         <v>1364</v>
       </c>
     </row>
     <row r="477" spans="1:4">
-      <c r="A477" t="s">
+      <c r="A477" s="1" t="s">
         <v>1365</v>
       </c>
-      <c r="B477" t="s">
+      <c r="B477" s="1" t="s">
         <v>1366</v>
       </c>
-      <c r="C477">
-[...2 lines deleted...]
-      <c r="D477" t="s">
+      <c r="C477" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D477" s="1" t="s">
         <v>1367</v>
       </c>
     </row>
     <row r="478" spans="1:4">
-      <c r="A478" t="s">
+      <c r="A478" s="1" t="s">
         <v>1368</v>
       </c>
-      <c r="B478" t="s">
+      <c r="B478" s="1" t="s">
         <v>1369</v>
       </c>
-      <c r="C478">
-[...2 lines deleted...]
-      <c r="D478" t="s">
+      <c r="C478" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D478" s="1" t="s">
         <v>1370</v>
       </c>
     </row>
     <row r="479" spans="1:4">
-      <c r="A479" t="s">
+      <c r="A479" s="1" t="s">
         <v>1371</v>
       </c>
-      <c r="B479" t="s">
+      <c r="B479" s="1" t="s">
         <v>1372</v>
       </c>
-      <c r="C479">
-[...2 lines deleted...]
-      <c r="D479" t="s">
+      <c r="C479" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D479" s="1" t="s">
         <v>1373</v>
       </c>
     </row>
     <row r="480" spans="1:4">
-      <c r="A480" t="s">
+      <c r="A480" s="1" t="s">
         <v>1374</v>
       </c>
-      <c r="B480" t="s">
+      <c r="B480" s="1" t="s">
         <v>1375</v>
       </c>
-      <c r="C480">
-[...2 lines deleted...]
-      <c r="D480" t="s">
+      <c r="C480" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D480" s="1" t="s">
         <v>1376</v>
       </c>
     </row>
     <row r="481" spans="1:4">
-      <c r="A481" t="s">
+      <c r="A481" s="1" t="s">
         <v>1377</v>
       </c>
-      <c r="B481" t="s">
+      <c r="B481" s="1" t="s">
         <v>1378</v>
       </c>
-      <c r="C481">
-[...2 lines deleted...]
-      <c r="D481" t="s">
+      <c r="C481" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D481" s="1" t="s">
         <v>1379</v>
       </c>
     </row>
     <row r="482" spans="1:4">
-      <c r="A482" t="s">
+      <c r="A482" s="1" t="s">
         <v>1380</v>
       </c>
-      <c r="B482" t="s">
+      <c r="B482" s="1" t="s">
         <v>1381</v>
       </c>
-      <c r="C482">
-[...2 lines deleted...]
-      <c r="D482" t="s">
+      <c r="C482" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D482" s="1" t="s">
         <v>1382</v>
       </c>
     </row>
     <row r="483" spans="1:4">
-      <c r="A483" t="s">
+      <c r="A483" s="1" t="s">
         <v>1383</v>
       </c>
-      <c r="B483" t="s">
+      <c r="B483" s="1" t="s">
         <v>1381</v>
       </c>
-      <c r="C483">
-[...2 lines deleted...]
-      <c r="D483" t="s">
+      <c r="C483" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D483" s="1" t="s">
         <v>1384</v>
       </c>
     </row>
     <row r="484" spans="1:4">
-      <c r="A484" t="s">
+      <c r="A484" s="1" t="s">
         <v>1385</v>
       </c>
-      <c r="B484" t="s">
+      <c r="B484" s="1" t="s">
         <v>1386</v>
       </c>
-      <c r="C484">
-[...2 lines deleted...]
-      <c r="D484" t="s">
+      <c r="C484" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D484" s="1" t="s">
         <v>1387</v>
       </c>
     </row>
     <row r="485" spans="1:4">
-      <c r="A485" t="s">
+      <c r="A485" s="1" t="s">
         <v>1388</v>
       </c>
-      <c r="B485" t="s">
+      <c r="B485" s="1" t="s">
         <v>1389</v>
       </c>
-      <c r="C485">
-[...2 lines deleted...]
-      <c r="D485" t="s">
+      <c r="C485" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D485" s="1" t="s">
         <v>1390</v>
       </c>
     </row>
     <row r="486" spans="1:4">
-      <c r="A486" t="s">
+      <c r="A486" s="1" t="s">
         <v>1391</v>
       </c>
-      <c r="B486" t="s">
+      <c r="B486" s="1" t="s">
         <v>1392</v>
       </c>
-      <c r="C486">
-[...2 lines deleted...]
-      <c r="D486" t="s">
+      <c r="C486" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D486" s="1" t="s">
         <v>1393</v>
       </c>
     </row>
     <row r="487" spans="1:4">
-      <c r="A487" t="s">
+      <c r="A487" s="1" t="s">
         <v>1394</v>
       </c>
-      <c r="B487" t="s">
+      <c r="B487" s="1" t="s">
         <v>1395</v>
       </c>
-      <c r="C487">
-[...2 lines deleted...]
-      <c r="D487" t="s">
+      <c r="C487" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D487" s="1" t="s">
         <v>1396</v>
       </c>
     </row>
     <row r="488" spans="1:4">
-      <c r="A488" t="s">
+      <c r="A488" s="1" t="s">
         <v>1397</v>
       </c>
-      <c r="B488" t="s">
+      <c r="B488" s="1" t="s">
         <v>1398</v>
       </c>
-      <c r="C488">
-[...2 lines deleted...]
-      <c r="D488" t="s">
+      <c r="C488" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D488" s="1" t="s">
         <v>1399</v>
       </c>
     </row>
     <row r="489" spans="1:4">
-      <c r="A489" t="s">
+      <c r="A489" s="1" t="s">
         <v>1400</v>
       </c>
-      <c r="B489" t="s">
+      <c r="B489" s="1" t="s">
         <v>1401</v>
       </c>
-      <c r="C489">
-[...2 lines deleted...]
-      <c r="D489" t="s">
+      <c r="C489" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D489" s="1" t="s">
         <v>1402</v>
       </c>
     </row>
     <row r="490" spans="1:4">
-      <c r="A490" t="s">
+      <c r="A490" s="1" t="s">
         <v>1403</v>
       </c>
-      <c r="B490" t="s">
+      <c r="B490" s="1" t="s">
         <v>1404</v>
       </c>
-      <c r="C490">
-[...2 lines deleted...]
-      <c r="D490" t="s">
+      <c r="C490" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D490" s="1" t="s">
         <v>1405</v>
       </c>
     </row>
     <row r="491" spans="1:4">
-      <c r="A491" t="s">
+      <c r="A491" s="1" t="s">
         <v>1406</v>
       </c>
-      <c r="B491" t="s">
+      <c r="B491" s="1" t="s">
         <v>1407</v>
       </c>
-      <c r="C491">
-[...2 lines deleted...]
-      <c r="D491" t="s">
+      <c r="C491" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D491" s="1" t="s">
         <v>1408</v>
       </c>
     </row>
     <row r="492" spans="1:4">
-      <c r="A492" t="s">
+      <c r="A492" s="1" t="s">
         <v>1409</v>
       </c>
-      <c r="B492" t="s">
+      <c r="B492" s="1" t="s">
         <v>1410</v>
       </c>
-      <c r="C492">
-[...2 lines deleted...]
-      <c r="D492" t="s">
+      <c r="C492" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D492" s="1" t="s">
         <v>1411</v>
       </c>
     </row>
     <row r="493" spans="1:4">
-      <c r="A493" t="s">
+      <c r="A493" s="1" t="s">
         <v>1412</v>
       </c>
-      <c r="B493" t="s">
+      <c r="B493" s="1" t="s">
         <v>1413</v>
       </c>
-      <c r="C493">
-[...2 lines deleted...]
-      <c r="D493" t="s">
+      <c r="C493" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D493" s="1" t="s">
         <v>1414</v>
       </c>
     </row>
     <row r="494" spans="1:4">
-      <c r="A494" t="s">
+      <c r="A494" s="1" t="s">
         <v>1415</v>
       </c>
-      <c r="B494" t="s">
+      <c r="B494" s="1" t="s">
         <v>1416</v>
       </c>
-      <c r="C494" t="s">
+      <c r="C494" s="1" t="s">
         <v>1417</v>
       </c>
-      <c r="D494" t="s">
+      <c r="D494" s="1" t="s">
         <v>1418</v>
       </c>
     </row>
     <row r="495" spans="1:4">
-      <c r="A495" t="s">
+      <c r="A495" s="1" t="s">
         <v>1419</v>
       </c>
-      <c r="B495" t="s">
+      <c r="B495" s="1" t="s">
         <v>1420</v>
       </c>
-      <c r="C495">
-[...2 lines deleted...]
-      <c r="D495" t="s">
+      <c r="C495" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D495" s="1" t="s">
         <v>1421</v>
       </c>
     </row>
     <row r="496" spans="1:4">
-      <c r="A496" t="s">
+      <c r="A496" s="1" t="s">
         <v>1422</v>
       </c>
-      <c r="B496" t="s">
+      <c r="B496" s="1" t="s">
         <v>1423</v>
       </c>
-      <c r="C496">
-[...2 lines deleted...]
-      <c r="D496" t="s">
+      <c r="C496" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D496" s="1" t="s">
         <v>1424</v>
       </c>
     </row>
     <row r="497" spans="1:4">
-      <c r="A497" t="s">
+      <c r="A497" s="1" t="s">
         <v>1425</v>
       </c>
-      <c r="B497" t="s">
+      <c r="B497" s="1" t="s">
         <v>1423</v>
       </c>
-      <c r="C497">
-[...2 lines deleted...]
-      <c r="D497" t="s">
+      <c r="C497" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D497" s="1" t="s">
         <v>1426</v>
       </c>
     </row>
     <row r="498" spans="1:4">
-      <c r="A498" t="s">
+      <c r="A498" s="1" t="s">
         <v>1427</v>
       </c>
-      <c r="B498" t="s">
+      <c r="B498" s="1" t="s">
         <v>1428</v>
       </c>
-      <c r="C498">
-[...2 lines deleted...]
-      <c r="D498" t="s">
+      <c r="C498" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D498" s="1" t="s">
         <v>1429</v>
       </c>
     </row>
     <row r="499" spans="1:4">
-      <c r="A499" t="s">
+      <c r="A499" s="1" t="s">
         <v>1430</v>
       </c>
-      <c r="B499" t="s">
+      <c r="B499" s="1" t="s">
         <v>1431</v>
       </c>
-      <c r="C499">
-[...2 lines deleted...]
-      <c r="D499" t="s">
+      <c r="C499" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D499" s="1" t="s">
         <v>1432</v>
       </c>
     </row>
     <row r="500" spans="1:4">
-      <c r="A500" t="s">
+      <c r="A500" s="1" t="s">
         <v>1433</v>
       </c>
-      <c r="B500" t="s">
+      <c r="B500" s="1" t="s">
         <v>901</v>
       </c>
-      <c r="C500">
-[...2 lines deleted...]
-      <c r="D500" t="s">
+      <c r="C500" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D500" s="1" t="s">
         <v>1434</v>
       </c>
     </row>
     <row r="501" spans="1:4">
-      <c r="A501" t="s">
+      <c r="A501" s="1" t="s">
         <v>1435</v>
       </c>
-      <c r="B501" t="s">
+      <c r="B501" s="1" t="s">
         <v>1436</v>
       </c>
-      <c r="C501" t="s">
+      <c r="C501" s="1" t="s">
         <v>1417</v>
       </c>
-      <c r="D501" t="s">
+      <c r="D501" s="1" t="s">
         <v>1437</v>
       </c>
     </row>
     <row r="502" spans="1:4">
-      <c r="A502" t="s">
+      <c r="A502" s="1" t="s">
         <v>1438</v>
       </c>
-      <c r="B502" t="s">
+      <c r="B502" s="1" t="s">
         <v>1439</v>
       </c>
-      <c r="C502" t="s">
+      <c r="C502" s="1" t="s">
         <v>1417</v>
       </c>
-      <c r="D502" t="s">
+      <c r="D502" s="1" t="s">
         <v>1440</v>
       </c>
     </row>
     <row r="503" spans="1:4">
-      <c r="A503" t="s">
+      <c r="A503" s="1" t="s">
         <v>1441</v>
       </c>
-      <c r="B503" t="s">
+      <c r="B503" s="1" t="s">
         <v>1442</v>
       </c>
-      <c r="C503">
-[...2 lines deleted...]
-      <c r="D503" t="s">
+      <c r="C503" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D503" s="1" t="s">
         <v>1443</v>
       </c>
     </row>
     <row r="504" spans="1:4">
-      <c r="A504" t="s">
+      <c r="A504" s="1" t="s">
         <v>1444</v>
       </c>
-      <c r="B504" t="s">
+      <c r="B504" s="1" t="s">
         <v>1445</v>
       </c>
-      <c r="C504">
-[...2 lines deleted...]
-      <c r="D504" t="s">
+      <c r="C504" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D504" s="1" t="s">
         <v>1446</v>
       </c>
     </row>
     <row r="505" spans="1:4">
-      <c r="A505" t="s">
+      <c r="A505" s="1" t="s">
         <v>1447</v>
       </c>
-      <c r="B505" t="s">
+      <c r="B505" s="1" t="s">
         <v>1448</v>
       </c>
-      <c r="C505">
-[...2 lines deleted...]
-      <c r="D505" t="s">
+      <c r="C505" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D505" s="1" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="506" spans="1:4">
-      <c r="A506" t="s">
+      <c r="A506" s="1" t="s">
         <v>1450</v>
       </c>
-      <c r="B506" t="s">
+      <c r="B506" s="1" t="s">
         <v>935</v>
       </c>
-      <c r="C506">
-[...2 lines deleted...]
-      <c r="D506" t="s">
+      <c r="C506" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D506" s="1" t="s">
         <v>1451</v>
       </c>
     </row>
     <row r="507" spans="1:4">
-      <c r="A507" t="s">
+      <c r="A507" s="1" t="s">
         <v>1452</v>
       </c>
-      <c r="B507" t="s">
+      <c r="B507" s="1" t="s">
         <v>935</v>
       </c>
-      <c r="C507">
-[...2 lines deleted...]
-      <c r="D507" t="s">
+      <c r="C507" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D507" s="1" t="s">
         <v>1453</v>
       </c>
     </row>
     <row r="508" spans="1:4">
-      <c r="A508" t="s">
+      <c r="A508" s="1" t="s">
         <v>1454</v>
       </c>
-      <c r="B508" t="s">
+      <c r="B508" s="1" t="s">
         <v>935</v>
       </c>
-      <c r="C508">
-[...2 lines deleted...]
-      <c r="D508" t="s">
+      <c r="C508" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D508" s="1" t="s">
         <v>1455</v>
       </c>
     </row>
     <row r="509" spans="1:4">
-      <c r="A509" t="s">
+      <c r="A509" s="1" t="s">
         <v>1456</v>
       </c>
-      <c r="B509" t="s">
+      <c r="B509" s="1" t="s">
         <v>935</v>
       </c>
-      <c r="C509" t="s">
+      <c r="C509" s="1" t="s">
         <v>1417</v>
       </c>
-      <c r="D509" t="s">
+      <c r="D509" s="1" t="s">
         <v>1457</v>
       </c>
     </row>
     <row r="510" spans="1:4">
-      <c r="A510" t="s">
+      <c r="A510" s="1" t="s">
         <v>1458</v>
       </c>
-      <c r="B510" t="s">
+      <c r="B510" s="1" t="s">
         <v>1459</v>
       </c>
-      <c r="C510">
-[...2 lines deleted...]
-      <c r="D510" t="s">
+      <c r="C510" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D510" s="1" t="s">
         <v>1460</v>
       </c>
     </row>
     <row r="511" spans="1:4">
-      <c r="A511" t="s">
+      <c r="A511" s="1" t="s">
         <v>1461</v>
       </c>
-      <c r="B511" t="s">
+      <c r="B511" s="1" t="s">
         <v>1462</v>
       </c>
-      <c r="C511">
-[...2 lines deleted...]
-      <c r="D511" t="s">
+      <c r="C511" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D511" s="1" t="s">
         <v>1463</v>
       </c>
     </row>
     <row r="512" spans="1:4">
-      <c r="A512" t="s">
+      <c r="A512" s="1" t="s">
         <v>1464</v>
       </c>
-      <c r="B512" t="s">
+      <c r="B512" s="1" t="s">
         <v>1465</v>
       </c>
-      <c r="C512">
-[...2 lines deleted...]
-      <c r="D512" t="s">
+      <c r="C512" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D512" s="1" t="s">
         <v>1466</v>
       </c>
     </row>
     <row r="513" spans="1:4">
-      <c r="A513" t="s">
+      <c r="A513" s="1" t="s">
         <v>1467</v>
       </c>
-      <c r="B513" t="s">
+      <c r="B513" s="1" t="s">
         <v>1468</v>
       </c>
-      <c r="C513">
-[...2 lines deleted...]
-      <c r="D513" t="s">
+      <c r="C513" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D513" s="1" t="s">
         <v>1469</v>
       </c>
     </row>
     <row r="514" spans="1:4">
-      <c r="A514" t="s">
+      <c r="A514" s="1" t="s">
         <v>1470</v>
       </c>
-      <c r="B514" t="s">
+      <c r="B514" s="1" t="s">
         <v>1471</v>
       </c>
-      <c r="C514">
-[...2 lines deleted...]
-      <c r="D514" t="s">
+      <c r="C514" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D514" s="1" t="s">
         <v>1472</v>
       </c>
     </row>
     <row r="515" spans="1:4">
-      <c r="A515" t="s">
+      <c r="A515" s="1" t="s">
         <v>1473</v>
       </c>
-      <c r="B515" t="s">
+      <c r="B515" s="1" t="s">
         <v>1474</v>
       </c>
-      <c r="C515">
-[...2 lines deleted...]
-      <c r="D515" t="s">
+      <c r="C515" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D515" s="1" t="s">
         <v>1475</v>
       </c>
     </row>
     <row r="516" spans="1:4">
-      <c r="A516" t="s">
+      <c r="A516" s="1" t="s">
         <v>1476</v>
       </c>
-      <c r="B516" t="s">
+      <c r="B516" s="1" t="s">
         <v>1474</v>
       </c>
-      <c r="C516">
-[...2 lines deleted...]
-      <c r="D516" t="s">
+      <c r="C516" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D516" s="1" t="s">
         <v>1477</v>
       </c>
     </row>
     <row r="517" spans="1:4">
-      <c r="A517" t="s">
+      <c r="A517" s="1" t="s">
         <v>1478</v>
       </c>
-      <c r="B517" t="s">
+      <c r="B517" s="1" t="s">
         <v>1479</v>
       </c>
-      <c r="C517">
-[...2 lines deleted...]
-      <c r="D517" t="s">
+      <c r="C517" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D517" s="1" t="s">
         <v>1480</v>
       </c>
     </row>
     <row r="518" spans="1:4">
-      <c r="A518" t="s">
+      <c r="A518" s="1" t="s">
         <v>1481</v>
       </c>
-      <c r="B518" t="s">
+      <c r="B518" s="1" t="s">
         <v>1482</v>
       </c>
-      <c r="C518">
-[...2 lines deleted...]
-      <c r="D518" t="s">
+      <c r="C518" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D518" s="1" t="s">
         <v>1483</v>
       </c>
     </row>
     <row r="519" spans="1:4">
-      <c r="A519" t="s">
+      <c r="A519" s="1" t="s">
         <v>1484</v>
       </c>
-      <c r="B519" t="s">
+      <c r="B519" s="1" t="s">
         <v>1485</v>
       </c>
-      <c r="C519">
-[...2 lines deleted...]
-      <c r="D519" t="s">
+      <c r="C519" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D519" s="1" t="s">
         <v>1486</v>
       </c>
     </row>
     <row r="520" spans="1:4">
-      <c r="A520" t="s">
+      <c r="A520" s="1" t="s">
         <v>1487</v>
       </c>
-      <c r="B520" t="s">
+      <c r="B520" s="1" t="s">
         <v>1488</v>
       </c>
-      <c r="C520" t="s">
+      <c r="C520" s="1" t="s">
         <v>1417</v>
       </c>
-      <c r="D520" t="s">
+      <c r="D520" s="1" t="s">
         <v>1489</v>
       </c>
     </row>
     <row r="521" spans="1:4">
-      <c r="A521" t="s">
+      <c r="A521" s="1" t="s">
         <v>1490</v>
       </c>
-      <c r="B521" t="s">
+      <c r="B521" s="1" t="s">
         <v>1491</v>
       </c>
-      <c r="C521">
-[...2 lines deleted...]
-      <c r="D521" t="s">
+      <c r="C521" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D521" s="1" t="s">
         <v>1492</v>
       </c>
     </row>
     <row r="522" spans="1:4">
-      <c r="A522" t="s">
+      <c r="A522" s="1" t="s">
         <v>1493</v>
       </c>
-      <c r="B522" t="s">
+      <c r="B522" s="1" t="s">
         <v>1491</v>
       </c>
-      <c r="C522">
-[...2 lines deleted...]
-      <c r="D522" t="s">
+      <c r="C522" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D522" s="1" t="s">
         <v>1494</v>
       </c>
     </row>
     <row r="523" spans="1:4">
-      <c r="A523" t="s">
+      <c r="A523" s="1" t="s">
         <v>1495</v>
       </c>
-      <c r="B523" t="s">
+      <c r="B523" s="1" t="s">
         <v>1496</v>
       </c>
-      <c r="C523">
-[...2 lines deleted...]
-      <c r="D523" t="s">
+      <c r="C523" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D523" s="1" t="s">
         <v>1497</v>
       </c>
     </row>
     <row r="524" spans="1:4">
-      <c r="A524" t="s">
+      <c r="A524" s="1" t="s">
         <v>1498</v>
       </c>
-      <c r="B524" t="s">
+      <c r="B524" s="1" t="s">
         <v>1496</v>
       </c>
-      <c r="C524">
-[...2 lines deleted...]
-      <c r="D524" t="s">
+      <c r="C524" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D524" s="1" t="s">
         <v>1499</v>
       </c>
     </row>
     <row r="525" spans="1:4">
-      <c r="A525" t="s">
+      <c r="A525" s="1" t="s">
         <v>1500</v>
       </c>
-      <c r="B525" t="s">
+      <c r="B525" s="1" t="s">
         <v>1501</v>
       </c>
-      <c r="C525">
-[...2 lines deleted...]
-      <c r="D525" t="s">
+      <c r="C525" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D525" s="1" t="s">
         <v>1502</v>
       </c>
     </row>
     <row r="526" spans="1:4">
-      <c r="A526" t="s">
+      <c r="A526" s="1" t="s">
         <v>1503</v>
       </c>
-      <c r="B526" t="s">
+      <c r="B526" s="1" t="s">
         <v>1504</v>
       </c>
-      <c r="C526">
-[...2 lines deleted...]
-      <c r="D526" t="s">
+      <c r="C526" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D526" s="1" t="s">
         <v>1505</v>
       </c>
     </row>
     <row r="527" spans="1:4">
-      <c r="A527" t="s">
+      <c r="A527" s="1" t="s">
         <v>1506</v>
       </c>
-      <c r="B527" t="s">
+      <c r="B527" s="1" t="s">
         <v>1507</v>
       </c>
-      <c r="C527">
-[...2 lines deleted...]
-      <c r="D527" t="s">
+      <c r="C527" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D527" s="1" t="s">
         <v>1508</v>
       </c>
     </row>
     <row r="528" spans="1:4">
-      <c r="A528" t="s">
+      <c r="A528" s="1" t="s">
         <v>1509</v>
       </c>
-      <c r="B528" t="s">
+      <c r="B528" s="1" t="s">
         <v>1510</v>
       </c>
-      <c r="C528">
-[...2 lines deleted...]
-      <c r="D528" t="s">
+      <c r="C528" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D528" s="1" t="s">
         <v>1511</v>
       </c>
     </row>
     <row r="529" spans="1:4">
-      <c r="A529" t="s">
+      <c r="A529" s="1" t="s">
         <v>1512</v>
       </c>
-      <c r="B529" t="s">
+      <c r="B529" s="1" t="s">
         <v>1513</v>
       </c>
-      <c r="C529">
-[...2 lines deleted...]
-      <c r="D529" t="s">
+      <c r="C529" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D529" s="1" t="s">
         <v>1514</v>
       </c>
     </row>
     <row r="530" spans="1:4">
-      <c r="A530" t="s">
+      <c r="A530" s="1" t="s">
         <v>1515</v>
       </c>
-      <c r="B530" t="s">
+      <c r="B530" s="1" t="s">
         <v>1516</v>
       </c>
-      <c r="C530">
-[...2 lines deleted...]
-      <c r="D530" t="s">
+      <c r="C530" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D530" s="1" t="s">
         <v>1517</v>
       </c>
     </row>
     <row r="531" spans="1:4">
-      <c r="A531" t="s">
+      <c r="A531" s="1" t="s">
         <v>1518</v>
       </c>
-      <c r="B531" t="s">
+      <c r="B531" s="1" t="s">
         <v>1519</v>
       </c>
-      <c r="C531">
-[...2 lines deleted...]
-      <c r="D531" t="s">
+      <c r="C531" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D531" s="1" t="s">
         <v>1520</v>
       </c>
     </row>
     <row r="532" spans="1:4">
-      <c r="A532" t="s">
+      <c r="A532" s="1" t="s">
         <v>1521</v>
       </c>
-      <c r="B532" t="s">
+      <c r="B532" s="1" t="s">
         <v>1522</v>
       </c>
-      <c r="C532">
-[...2 lines deleted...]
-      <c r="D532" t="s">
+      <c r="C532" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D532" s="1" t="s">
         <v>1523</v>
       </c>
     </row>
     <row r="533" spans="1:4">
-      <c r="A533" t="s">
+      <c r="A533" s="1" t="s">
         <v>1524</v>
       </c>
-      <c r="B533" t="s">
+      <c r="B533" s="1" t="s">
         <v>1525</v>
       </c>
-      <c r="C533">
-[...2 lines deleted...]
-      <c r="D533" t="s">
+      <c r="C533" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D533" s="1" t="s">
         <v>1526</v>
       </c>
     </row>
     <row r="534" spans="1:4">
-      <c r="A534" t="s">
+      <c r="A534" s="1" t="s">
         <v>1527</v>
       </c>
-      <c r="B534" t="s">
+      <c r="B534" s="1" t="s">
         <v>1528</v>
       </c>
-      <c r="C534">
-[...2 lines deleted...]
-      <c r="D534" t="s">
+      <c r="C534" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D534" s="1" t="s">
         <v>1529</v>
       </c>
     </row>
     <row r="535" spans="1:4">
-      <c r="A535" t="s">
+      <c r="A535" s="1" t="s">
         <v>1530</v>
       </c>
-      <c r="B535" t="s">
+      <c r="B535" s="1" t="s">
         <v>1531</v>
       </c>
-      <c r="C535">
-[...2 lines deleted...]
-      <c r="D535" t="s">
+      <c r="C535" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D535" s="1" t="s">
         <v>1532</v>
       </c>
     </row>
     <row r="536" spans="1:4">
-      <c r="A536" t="s">
+      <c r="A536" s="1" t="s">
         <v>1533</v>
       </c>
-      <c r="B536" t="s">
+      <c r="B536" s="1" t="s">
         <v>1534</v>
       </c>
-      <c r="C536">
-[...2 lines deleted...]
-      <c r="D536" t="s">
+      <c r="C536" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D536" s="1" t="s">
         <v>1535</v>
       </c>
     </row>
     <row r="537" spans="1:4">
-      <c r="A537" t="s">
+      <c r="A537" s="1" t="s">
         <v>1536</v>
       </c>
-      <c r="B537" t="s">
+      <c r="B537" s="1" t="s">
         <v>1537</v>
       </c>
-      <c r="C537">
-[...2 lines deleted...]
-      <c r="D537" t="s">
+      <c r="C537" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D537" s="1" t="s">
         <v>1538</v>
       </c>
     </row>
     <row r="538" spans="1:4">
-      <c r="A538" t="s">
+      <c r="A538" s="1" t="s">
         <v>1539</v>
       </c>
-      <c r="B538" t="s">
+      <c r="B538" s="1" t="s">
         <v>1537</v>
       </c>
-      <c r="C538">
-[...2 lines deleted...]
-      <c r="D538" t="s">
+      <c r="C538" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D538" s="1" t="s">
         <v>1540</v>
       </c>
     </row>
     <row r="539" spans="1:4">
-      <c r="A539" t="s">
+      <c r="A539" s="1" t="s">
         <v>1541</v>
       </c>
-      <c r="B539" t="s">
+      <c r="B539" s="1" t="s">
         <v>1537</v>
       </c>
-      <c r="C539">
-[...2 lines deleted...]
-      <c r="D539" t="s">
+      <c r="C539" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D539" s="1" t="s">
         <v>1542</v>
       </c>
     </row>
     <row r="540" spans="1:4">
-      <c r="A540" t="s">
+      <c r="A540" s="1" t="s">
         <v>1543</v>
       </c>
-      <c r="B540" t="s">
+      <c r="B540" s="1" t="s">
         <v>1544</v>
       </c>
-      <c r="C540">
-[...2 lines deleted...]
-      <c r="D540" t="s">
+      <c r="C540" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D540" s="1" t="s">
         <v>1545</v>
       </c>
     </row>
     <row r="541" spans="1:4">
-      <c r="A541" t="s">
+      <c r="A541" s="1" t="s">
         <v>1546</v>
       </c>
-      <c r="B541" t="s">
+      <c r="B541" s="1" t="s">
         <v>1547</v>
       </c>
-      <c r="C541">
-[...2 lines deleted...]
-      <c r="D541" t="s">
+      <c r="C541" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D541" s="1" t="s">
         <v>1548</v>
       </c>
     </row>
     <row r="542" spans="1:4">
-      <c r="A542" t="s">
+      <c r="A542" s="1" t="s">
         <v>1549</v>
       </c>
-      <c r="B542" t="s">
+      <c r="B542" s="1" t="s">
         <v>1550</v>
       </c>
-      <c r="C542">
-[...2 lines deleted...]
-      <c r="D542" t="s">
+      <c r="C542" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D542" s="1" t="s">
         <v>1551</v>
       </c>
     </row>
     <row r="543" spans="1:4">
-      <c r="A543" t="s">
+      <c r="A543" s="1" t="s">
         <v>1552</v>
       </c>
-      <c r="B543" t="s">
+      <c r="B543" s="1" t="s">
         <v>1553</v>
       </c>
-      <c r="C543">
-[...2 lines deleted...]
-      <c r="D543" t="s">
+      <c r="C543" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D543" s="1" t="s">
         <v>1554</v>
       </c>
     </row>
     <row r="544" spans="1:4">
-      <c r="A544" t="s">
+      <c r="A544" s="1" t="s">
         <v>1555</v>
       </c>
-      <c r="B544" t="s">
+      <c r="B544" s="1" t="s">
         <v>1556</v>
       </c>
-      <c r="C544">
-[...2 lines deleted...]
-      <c r="D544" t="s">
+      <c r="C544" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D544" s="1" t="s">
         <v>1557</v>
       </c>
     </row>
     <row r="545" spans="1:4">
-      <c r="A545" t="s">
+      <c r="A545" s="1" t="s">
         <v>1558</v>
       </c>
-      <c r="B545" t="s">
+      <c r="B545" s="1" t="s">
         <v>1556</v>
       </c>
-      <c r="C545">
-[...2 lines deleted...]
-      <c r="D545" t="s">
+      <c r="C545" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D545" s="1" t="s">
         <v>1559</v>
       </c>
     </row>
     <row r="546" spans="1:4">
-      <c r="A546" t="s">
+      <c r="A546" s="1" t="s">
         <v>1560</v>
       </c>
-      <c r="B546" t="s">
+      <c r="B546" s="1" t="s">
         <v>1561</v>
       </c>
-      <c r="C546">
-[...2 lines deleted...]
-      <c r="D546" t="s">
+      <c r="C546" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D546" s="1" t="s">
         <v>1562</v>
       </c>
     </row>
     <row r="547" spans="1:4">
-      <c r="A547" t="s">
+      <c r="A547" s="1" t="s">
         <v>1563</v>
       </c>
-      <c r="B547" t="s">
+      <c r="B547" s="1" t="s">
         <v>1564</v>
       </c>
-      <c r="C547">
-[...2 lines deleted...]
-      <c r="D547" t="s">
+      <c r="C547" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D547" s="1" t="s">
         <v>1565</v>
       </c>
     </row>
     <row r="548" spans="1:4">
-      <c r="A548" t="s">
+      <c r="A548" s="1" t="s">
         <v>1566</v>
       </c>
-      <c r="B548" t="s">
+      <c r="B548" s="1" t="s">
         <v>1567</v>
       </c>
-      <c r="C548">
-[...2 lines deleted...]
-      <c r="D548" t="s">
+      <c r="C548" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D548" s="1" t="s">
         <v>1568</v>
       </c>
     </row>
     <row r="549" spans="1:4">
-      <c r="A549" t="s">
+      <c r="A549" s="1" t="s">
         <v>1569</v>
       </c>
-      <c r="B549" t="s">
+      <c r="B549" s="1" t="s">
         <v>1570</v>
       </c>
-      <c r="C549">
-[...2 lines deleted...]
-      <c r="D549" t="s">
+      <c r="C549" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D549" s="1" t="s">
         <v>1571</v>
       </c>
     </row>
     <row r="550" spans="1:4">
-      <c r="A550" t="s">
+      <c r="A550" s="1" t="s">
         <v>1572</v>
       </c>
-      <c r="B550" t="s">
+      <c r="B550" s="1" t="s">
         <v>1573</v>
       </c>
-      <c r="C550">
-[...2 lines deleted...]
-      <c r="D550" t="s">
+      <c r="C550" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D550" s="1" t="s">
         <v>1574</v>
       </c>
     </row>
     <row r="551" spans="1:4">
-      <c r="A551" t="s">
+      <c r="A551" s="1" t="s">
         <v>1575</v>
       </c>
-      <c r="B551" t="s">
+      <c r="B551" s="1" t="s">
         <v>956</v>
       </c>
-      <c r="C551">
-[...2 lines deleted...]
-      <c r="D551" t="s">
+      <c r="C551" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D551" s="1" t="s">
         <v>1576</v>
       </c>
     </row>
     <row r="552" spans="1:4">
-      <c r="A552" t="s">
+      <c r="A552" s="1" t="s">
         <v>1577</v>
       </c>
-      <c r="B552" t="s">
+      <c r="B552" s="1" t="s">
         <v>1578</v>
       </c>
-      <c r="C552" t="s">
+      <c r="C552" s="1" t="s">
         <v>1417</v>
       </c>
-      <c r="D552" t="s">
+      <c r="D552" s="1" t="s">
         <v>1579</v>
       </c>
     </row>
     <row r="553" spans="1:4">
-      <c r="A553" t="s">
+      <c r="A553" s="1" t="s">
         <v>1580</v>
       </c>
-      <c r="B553" t="s">
+      <c r="B553" s="1" t="s">
         <v>1581</v>
       </c>
-      <c r="C553">
-[...2 lines deleted...]
-      <c r="D553" t="s">
+      <c r="C553" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D553" s="1" t="s">
         <v>1582</v>
       </c>
     </row>
     <row r="554" spans="1:4">
-      <c r="A554" t="s">
+      <c r="A554" s="1" t="s">
         <v>1583</v>
       </c>
-      <c r="B554" t="s">
+      <c r="B554" s="1" t="s">
         <v>1584</v>
       </c>
-      <c r="C554">
-[...2 lines deleted...]
-      <c r="D554" t="s">
+      <c r="C554" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D554" s="1" t="s">
         <v>1585</v>
       </c>
     </row>
     <row r="555" spans="1:4">
-      <c r="A555" t="s">
+      <c r="A555" s="1" t="s">
         <v>1586</v>
       </c>
-      <c r="B555" t="s">
+      <c r="B555" s="1" t="s">
         <v>1587</v>
       </c>
-      <c r="C555">
-[...2 lines deleted...]
-      <c r="D555" t="s">
+      <c r="C555" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D555" s="1" t="s">
         <v>1588</v>
       </c>
     </row>
     <row r="556" spans="1:4">
-      <c r="A556" t="s">
+      <c r="A556" s="1" t="s">
         <v>1589</v>
       </c>
-      <c r="B556" t="s">
+      <c r="B556" s="1" t="s">
         <v>1590</v>
       </c>
-      <c r="C556" t="s">
+      <c r="C556" s="1" t="s">
         <v>1417</v>
       </c>
-      <c r="D556" t="s">
+      <c r="D556" s="1" t="s">
         <v>1591</v>
       </c>
     </row>
     <row r="557" spans="1:4">
-      <c r="A557" t="s">
+      <c r="A557" s="1" t="s">
         <v>1592</v>
       </c>
-      <c r="B557" t="s">
+      <c r="B557" s="1" t="s">
         <v>1593</v>
       </c>
-      <c r="C557">
-[...2 lines deleted...]
-      <c r="D557" t="s">
+      <c r="C557" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D557" s="1" t="s">
         <v>1594</v>
       </c>
     </row>
     <row r="558" spans="1:4">
-      <c r="A558" t="s">
+      <c r="A558" s="1" t="s">
         <v>1595</v>
       </c>
-      <c r="B558" t="s">
+      <c r="B558" s="1" t="s">
         <v>1596</v>
       </c>
-      <c r="C558">
-[...2 lines deleted...]
-      <c r="D558" t="s">
+      <c r="C558" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D558" s="1" t="s">
         <v>1597</v>
       </c>
     </row>
     <row r="559" spans="1:4">
-      <c r="A559" t="s">
+      <c r="A559" s="1" t="s">
         <v>1598</v>
       </c>
-      <c r="B559" t="s">
+      <c r="B559" s="1" t="s">
         <v>1599</v>
       </c>
-      <c r="C559">
-[...2 lines deleted...]
-      <c r="D559" t="s">
+      <c r="C559" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D559" s="1" t="s">
         <v>1600</v>
       </c>
     </row>
     <row r="560" spans="1:4">
-      <c r="A560" t="s">
+      <c r="A560" s="1" t="s">
         <v>1601</v>
       </c>
-      <c r="B560" t="s">
+      <c r="B560" s="1" t="s">
         <v>1602</v>
       </c>
-      <c r="C560">
-[...2 lines deleted...]
-      <c r="D560" t="s">
+      <c r="C560" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D560" s="1" t="s">
         <v>1603</v>
       </c>
     </row>
     <row r="561" spans="1:4">
-      <c r="A561" t="s">
+      <c r="A561" s="1" t="s">
         <v>1604</v>
       </c>
-      <c r="B561" t="s">
+      <c r="B561" s="1" t="s">
         <v>1605</v>
       </c>
-      <c r="C561" t="s">
+      <c r="C561" s="1" t="s">
         <v>1606</v>
       </c>
-      <c r="D561" t="s">
+      <c r="D561" s="1" t="s">
         <v>1607</v>
       </c>
     </row>
     <row r="562" spans="1:4">
-      <c r="A562" t="s">
+      <c r="A562" s="1" t="s">
         <v>1608</v>
       </c>
-      <c r="B562" t="s">
+      <c r="B562" s="1" t="s">
         <v>1605</v>
       </c>
-      <c r="C562" t="s">
+      <c r="C562" s="1" t="s">
         <v>1606</v>
       </c>
-      <c r="D562" t="s">
+      <c r="D562" s="1" t="s">
         <v>1609</v>
       </c>
     </row>
     <row r="563" spans="1:4">
-      <c r="A563" t="s">
+      <c r="A563" s="1" t="s">
         <v>1610</v>
       </c>
-      <c r="B563" t="s">
+      <c r="B563" s="1" t="s">
         <v>1611</v>
       </c>
-      <c r="C563">
-[...2 lines deleted...]
-      <c r="D563" t="s">
+      <c r="C563" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D563" s="1" t="s">
         <v>1612</v>
       </c>
     </row>
     <row r="564" spans="1:4">
-      <c r="A564" t="s">
+      <c r="A564" s="1" t="s">
         <v>1613</v>
       </c>
-      <c r="B564" t="s">
+      <c r="B564" s="1" t="s">
         <v>1614</v>
       </c>
-      <c r="C564">
-[...2 lines deleted...]
-      <c r="D564" t="s">
+      <c r="C564" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D564" s="1" t="s">
         <v>1615</v>
       </c>
     </row>
     <row r="565" spans="1:4">
-      <c r="A565" t="s">
+      <c r="A565" s="1" t="s">
         <v>1616</v>
       </c>
-      <c r="B565" t="s">
+      <c r="B565" s="1" t="s">
         <v>1617</v>
       </c>
-      <c r="C565">
-[...2 lines deleted...]
-      <c r="D565" t="s">
+      <c r="C565" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D565" s="1" t="s">
         <v>1618</v>
       </c>
     </row>
     <row r="566" spans="1:4">
-      <c r="A566" t="s">
+      <c r="A566" s="1" t="s">
         <v>1619</v>
       </c>
-      <c r="B566" t="s">
+      <c r="B566" s="1" t="s">
         <v>976</v>
       </c>
-      <c r="C566">
-[...2 lines deleted...]
-      <c r="D566" t="s">
+      <c r="C566" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D566" s="1" t="s">
         <v>1620</v>
       </c>
     </row>
     <row r="567" spans="1:4">
-      <c r="A567" t="s">
+      <c r="A567" s="1" t="s">
         <v>1621</v>
       </c>
-      <c r="B567" t="s">
+      <c r="B567" s="1" t="s">
         <v>1622</v>
       </c>
-      <c r="C567">
-[...2 lines deleted...]
-      <c r="D567" t="s">
+      <c r="C567" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D567" s="1" t="s">
         <v>1623</v>
       </c>
     </row>
     <row r="568" spans="1:4">
-      <c r="A568" t="s">
+      <c r="A568" s="1" t="s">
         <v>1624</v>
       </c>
-      <c r="B568" t="s">
+      <c r="B568" s="1" t="s">
         <v>1625</v>
       </c>
-      <c r="C568">
-[...2 lines deleted...]
-      <c r="D568" t="s">
+      <c r="C568" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D568" s="1" t="s">
         <v>1626</v>
       </c>
     </row>
     <row r="569" spans="1:4">
-      <c r="A569" t="s">
+      <c r="A569" s="1" t="s">
         <v>1627</v>
       </c>
-      <c r="B569" t="s">
+      <c r="B569" s="1" t="s">
         <v>1628</v>
       </c>
-      <c r="C569" t="s">
+      <c r="C569" s="1" t="s">
         <v>1417</v>
       </c>
-      <c r="D569" t="s">
+      <c r="D569" s="1" t="s">
         <v>1629</v>
       </c>
     </row>
     <row r="570" spans="1:4">
-      <c r="A570" t="s">
+      <c r="A570" s="1" t="s">
         <v>1630</v>
       </c>
-      <c r="B570" t="s">
+      <c r="B570" s="1" t="s">
         <v>1631</v>
       </c>
-      <c r="C570">
-[...2 lines deleted...]
-      <c r="D570" t="s">
+      <c r="C570" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D570" s="1" t="s">
         <v>1632</v>
       </c>
     </row>
     <row r="571" spans="1:4">
-      <c r="A571" t="s">
+      <c r="A571" s="1" t="s">
         <v>1633</v>
       </c>
-      <c r="B571" t="s">
+      <c r="B571" s="1" t="s">
         <v>1631</v>
       </c>
-      <c r="C571">
-[...2 lines deleted...]
-      <c r="D571" t="s">
+      <c r="C571" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D571" s="1" t="s">
         <v>1634</v>
       </c>
     </row>
     <row r="572" spans="1:4">
-      <c r="A572" t="s">
+      <c r="A572" s="1" t="s">
         <v>1635</v>
       </c>
-      <c r="B572" t="s">
+      <c r="B572" s="1" t="s">
         <v>1636</v>
       </c>
-      <c r="C572">
-[...2 lines deleted...]
-      <c r="D572" t="s">
+      <c r="C572" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D572" s="1" t="s">
         <v>1637</v>
       </c>
     </row>
     <row r="573" spans="1:4">
-      <c r="A573" t="s">
+      <c r="A573" s="1" t="s">
         <v>1638</v>
       </c>
-      <c r="B573" t="s">
+      <c r="B573" s="1" t="s">
         <v>1013</v>
       </c>
-      <c r="C573" t="s">
+      <c r="C573" s="1" t="s">
         <v>1417</v>
       </c>
-      <c r="D573" t="s">
+      <c r="D573" s="1" t="s">
         <v>1639</v>
       </c>
     </row>
     <row r="574" spans="1:4">
-      <c r="A574" t="s">
+      <c r="A574" s="1" t="s">
         <v>1640</v>
       </c>
-      <c r="B574" t="s">
+      <c r="B574" s="1" t="s">
         <v>1641</v>
       </c>
-      <c r="C574" t="s">
+      <c r="C574" s="1" t="s">
         <v>1417</v>
       </c>
-      <c r="D574" t="s">
+      <c r="D574" s="1" t="s">
         <v>1642</v>
       </c>
     </row>
     <row r="575" spans="1:4">
-      <c r="A575" t="s">
+      <c r="A575" s="1" t="s">
         <v>1643</v>
       </c>
-      <c r="B575" t="s">
+      <c r="B575" s="1" t="s">
         <v>1644</v>
       </c>
-      <c r="C575">
-[...2 lines deleted...]
-      <c r="D575" t="s">
+      <c r="C575" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D575" s="1" t="s">
         <v>1645</v>
       </c>
     </row>
     <row r="576" spans="1:4">
-      <c r="A576" t="s">
+      <c r="A576" s="1" t="s">
         <v>1646</v>
       </c>
-      <c r="B576" t="s">
+      <c r="B576" s="1" t="s">
         <v>1647</v>
       </c>
-      <c r="C576">
-[...2 lines deleted...]
-      <c r="D576" t="s">
+      <c r="C576" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D576" s="1" t="s">
         <v>1648</v>
       </c>
     </row>
     <row r="577" spans="1:4">
-      <c r="A577" t="s">
+      <c r="A577" s="1" t="s">
         <v>1649</v>
       </c>
-      <c r="B577" t="s">
+      <c r="B577" s="1" t="s">
         <v>1647</v>
       </c>
-      <c r="C577">
-[...2 lines deleted...]
-      <c r="D577" t="s">
+      <c r="C577" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D577" s="1" t="s">
         <v>1650</v>
       </c>
     </row>
     <row r="578" spans="1:4">
-      <c r="A578" t="s">
+      <c r="A578" s="1" t="s">
         <v>1651</v>
       </c>
-      <c r="B578" t="s">
+      <c r="B578" s="1" t="s">
         <v>1652</v>
       </c>
-      <c r="C578">
-[...2 lines deleted...]
-      <c r="D578" t="s">
+      <c r="C578" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D578" s="1" t="s">
         <v>1653</v>
       </c>
     </row>
     <row r="579" spans="1:4">
-      <c r="A579" t="s">
+      <c r="A579" s="1" t="s">
         <v>1654</v>
       </c>
-      <c r="B579" t="s">
+      <c r="B579" s="1" t="s">
         <v>1655</v>
       </c>
-      <c r="C579">
-[...2 lines deleted...]
-      <c r="D579" t="s">
+      <c r="C579" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D579" s="1" t="s">
         <v>1656</v>
       </c>
     </row>
     <row r="580" spans="1:4">
-      <c r="A580" t="s">
+      <c r="A580" s="1" t="s">
         <v>1657</v>
       </c>
-      <c r="B580" t="s">
+      <c r="B580" s="1" t="s">
         <v>1658</v>
       </c>
-      <c r="C580">
-[...2 lines deleted...]
-      <c r="D580" t="s">
+      <c r="C580" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D580" s="1" t="s">
         <v>1659</v>
       </c>
     </row>
     <row r="581" spans="1:4">
-      <c r="A581" t="s">
+      <c r="A581" s="1" t="s">
         <v>1660</v>
       </c>
-      <c r="B581" t="s">
+      <c r="B581" s="1" t="s">
         <v>1661</v>
       </c>
-      <c r="C581">
-[...2 lines deleted...]
-      <c r="D581" t="s">
+      <c r="C581" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D581" s="1" t="s">
         <v>1662</v>
       </c>
     </row>
     <row r="582" spans="1:4">
-      <c r="A582" t="s">
+      <c r="A582" s="1" t="s">
         <v>1663</v>
       </c>
-      <c r="B582" t="s">
+      <c r="B582" s="1" t="s">
         <v>1664</v>
       </c>
-      <c r="C582">
-[...2 lines deleted...]
-      <c r="D582" t="s">
+      <c r="C582" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D582" s="1" t="s">
         <v>1665</v>
       </c>
     </row>
     <row r="583" spans="1:4">
-      <c r="A583" t="s">
+      <c r="A583" s="1" t="s">
         <v>1666</v>
       </c>
-      <c r="B583" t="s">
+      <c r="B583" s="1" t="s">
         <v>1667</v>
       </c>
-      <c r="C583" t="s">
+      <c r="C583" s="1" t="s">
         <v>1417</v>
       </c>
-      <c r="D583" t="s">
+      <c r="D583" s="1" t="s">
         <v>1668</v>
       </c>
     </row>
     <row r="584" spans="1:4">
-      <c r="A584" t="s">
+      <c r="A584" s="1" t="s">
         <v>1669</v>
       </c>
-      <c r="B584" t="s">
+      <c r="B584" s="1" t="s">
         <v>1670</v>
       </c>
-      <c r="C584">
-[...2 lines deleted...]
-      <c r="D584" t="s">
+      <c r="C584" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D584" s="1" t="s">
         <v>1671</v>
       </c>
     </row>
     <row r="585" spans="1:4">
-      <c r="A585" t="s">
+      <c r="A585" s="1" t="s">
         <v>1672</v>
       </c>
-      <c r="B585" t="s">
+      <c r="B585" s="1" t="s">
         <v>1673</v>
       </c>
-      <c r="C585">
-[...2 lines deleted...]
-      <c r="D585" t="s">
+      <c r="C585" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D585" s="1" t="s">
         <v>1674</v>
       </c>
     </row>
     <row r="586" spans="1:4">
-      <c r="A586" t="s">
+      <c r="A586" s="1" t="s">
         <v>1675</v>
       </c>
-      <c r="B586" t="s">
+      <c r="B586" s="1" t="s">
         <v>1676</v>
       </c>
-      <c r="C586">
-[...2 lines deleted...]
-      <c r="D586" t="s">
+      <c r="C586" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D586" s="1" t="s">
         <v>1677</v>
       </c>
     </row>
     <row r="587" spans="1:4">
-      <c r="A587" t="s">
+      <c r="A587" s="1" t="s">
         <v>1678</v>
       </c>
-      <c r="B587" t="s">
+      <c r="B587" s="1" t="s">
         <v>1679</v>
       </c>
-      <c r="C587">
-[...2 lines deleted...]
-      <c r="D587" t="s">
+      <c r="C587" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D587" s="1" t="s">
         <v>1680</v>
       </c>
     </row>
     <row r="588" spans="1:4">
-      <c r="A588" t="s">
+      <c r="A588" s="1" t="s">
         <v>1681</v>
       </c>
-      <c r="B588" t="s">
+      <c r="B588" s="1" t="s">
         <v>1682</v>
       </c>
-      <c r="C588">
-[...2 lines deleted...]
-      <c r="D588" t="s">
+      <c r="C588" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D588" s="1" t="s">
         <v>1683</v>
       </c>
     </row>
     <row r="589" spans="1:4">
-      <c r="A589" t="s">
+      <c r="A589" s="1" t="s">
         <v>1684</v>
       </c>
-      <c r="B589" t="s">
+      <c r="B589" s="1" t="s">
         <v>1685</v>
       </c>
-      <c r="C589">
-[...2 lines deleted...]
-      <c r="D589" t="s">
+      <c r="C589" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D589" s="1" t="s">
         <v>1686</v>
       </c>
     </row>
     <row r="590" spans="1:4">
-      <c r="A590" t="s">
+      <c r="A590" s="1" t="s">
         <v>1687</v>
       </c>
-      <c r="B590" t="s">
+      <c r="B590" s="1" t="s">
         <v>1688</v>
       </c>
-      <c r="C590">
-[...2 lines deleted...]
-      <c r="D590" t="s">
+      <c r="C590" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D590" s="1" t="s">
         <v>1689</v>
       </c>
     </row>
     <row r="591" spans="1:4">
-      <c r="A591" t="s">
+      <c r="A591" s="1" t="s">
         <v>1690</v>
       </c>
-      <c r="B591" t="s">
+      <c r="B591" s="1" t="s">
         <v>1688</v>
       </c>
-      <c r="C591">
-[...2 lines deleted...]
-      <c r="D591" t="s">
+      <c r="C591" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D591" s="1" t="s">
         <v>1691</v>
       </c>
     </row>
     <row r="592" spans="1:4">
-      <c r="A592" t="s">
+      <c r="A592" s="1" t="s">
         <v>1692</v>
       </c>
-      <c r="B592" t="s">
+      <c r="B592" s="1" t="s">
         <v>1693</v>
       </c>
-      <c r="C592">
-[...2 lines deleted...]
-      <c r="D592" t="s">
+      <c r="C592" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D592" s="1" t="s">
         <v>1694</v>
       </c>
     </row>
     <row r="593" spans="1:4">
-      <c r="A593" t="s">
+      <c r="A593" s="1" t="s">
         <v>1695</v>
       </c>
-      <c r="B593" t="s">
+      <c r="B593" s="1" t="s">
         <v>1696</v>
       </c>
-      <c r="C593">
-[...2 lines deleted...]
-      <c r="D593" t="s">
+      <c r="C593" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D593" s="1" t="s">
         <v>1697</v>
       </c>
     </row>
     <row r="594" spans="1:4">
-      <c r="A594" t="s">
+      <c r="A594" s="1" t="s">
         <v>1698</v>
       </c>
-      <c r="B594" t="s">
+      <c r="B594" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="C594">
-[...2 lines deleted...]
-      <c r="D594" t="s">
+      <c r="C594" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D594" s="1" t="s">
         <v>1699</v>
       </c>
     </row>
     <row r="595" spans="1:4">
-      <c r="A595" t="s">
+      <c r="A595" s="1" t="s">
         <v>1700</v>
       </c>
-      <c r="B595" t="s">
+      <c r="B595" s="1" t="s">
         <v>1701</v>
       </c>
-      <c r="C595">
-[...2 lines deleted...]
-      <c r="D595" t="s">
+      <c r="C595" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D595" s="1" t="s">
         <v>1702</v>
       </c>
     </row>
     <row r="596" spans="1:4">
-      <c r="A596" t="s">
+      <c r="A596" s="1" t="s">
         <v>1703</v>
       </c>
-      <c r="B596" t="s">
+      <c r="B596" s="1" t="s">
         <v>1704</v>
       </c>
-      <c r="C596">
-[...2 lines deleted...]
-      <c r="D596" t="s">
+      <c r="C596" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D596" s="1" t="s">
         <v>1705</v>
       </c>
     </row>
     <row r="597" spans="1:4">
-      <c r="A597" t="s">
+      <c r="A597" s="1" t="s">
         <v>1706</v>
       </c>
-      <c r="B597" t="s">
+      <c r="B597" s="1" t="s">
         <v>1707</v>
       </c>
-      <c r="C597">
-[...2 lines deleted...]
-      <c r="D597" t="s">
+      <c r="C597" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D597" s="1" t="s">
         <v>1708</v>
       </c>
     </row>
     <row r="598" spans="1:4">
-      <c r="A598" t="s">
+      <c r="A598" s="1" t="s">
         <v>1709</v>
       </c>
-      <c r="B598" t="s">
+      <c r="B598" s="1" t="s">
         <v>1710</v>
       </c>
-      <c r="C598">
-[...2 lines deleted...]
-      <c r="D598" t="s">
+      <c r="C598" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D598" s="1" t="s">
         <v>1711</v>
       </c>
     </row>
     <row r="599" spans="1:4">
-      <c r="A599" t="s">
+      <c r="A599" s="1" t="s">
         <v>1712</v>
       </c>
-      <c r="B599" t="s">
+      <c r="B599" s="1" t="s">
         <v>1710</v>
       </c>
-      <c r="C599">
-[...2 lines deleted...]
-      <c r="D599" t="s">
+      <c r="C599" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D599" s="1" t="s">
         <v>1713</v>
       </c>
     </row>
     <row r="600" spans="1:4">
-      <c r="A600" t="s">
+      <c r="A600" s="1" t="s">
         <v>1714</v>
       </c>
-      <c r="B600" t="s">
+      <c r="B600" s="1" t="s">
         <v>1715</v>
       </c>
-      <c r="C600">
-[...2 lines deleted...]
-      <c r="D600" t="s">
+      <c r="C600" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D600" s="1" t="s">
         <v>1716</v>
       </c>
     </row>
     <row r="601" spans="1:4">
-      <c r="A601" t="s">
+      <c r="A601" s="1" t="s">
         <v>1717</v>
       </c>
-      <c r="B601" t="s">
+      <c r="B601" s="1" t="s">
         <v>1718</v>
       </c>
-      <c r="C601">
-[...2 lines deleted...]
-      <c r="D601" t="s">
+      <c r="C601" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D601" s="1" t="s">
         <v>1719</v>
       </c>
     </row>
     <row r="602" spans="1:4">
-      <c r="A602" t="s">
+      <c r="A602" s="1" t="s">
         <v>1720</v>
       </c>
-      <c r="B602" t="s">
+      <c r="B602" s="1" t="s">
         <v>1721</v>
       </c>
-      <c r="C602" t="s">
+      <c r="C602" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="D602" t="s">
+      <c r="D602" s="1" t="s">
         <v>1722</v>
       </c>
     </row>
     <row r="603" spans="1:4">
-      <c r="A603" t="s">
+      <c r="A603" s="1" t="s">
         <v>1723</v>
       </c>
-      <c r="B603" t="s">
+      <c r="B603" s="1" t="s">
         <v>1724</v>
       </c>
-      <c r="C603">
-[...2 lines deleted...]
-      <c r="D603" t="s">
+      <c r="C603" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D603" s="1" t="s">
         <v>1725</v>
       </c>
     </row>
     <row r="604" spans="1:4">
-      <c r="A604" t="s">
+      <c r="A604" s="1" t="s">
         <v>1726</v>
       </c>
-      <c r="B604" t="s">
+      <c r="B604" s="1" t="s">
         <v>1727</v>
       </c>
-      <c r="C604">
-[...2 lines deleted...]
-      <c r="D604" t="s">
+      <c r="C604" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D604" s="1" t="s">
         <v>1728</v>
       </c>
     </row>
     <row r="605" spans="1:4">
-      <c r="A605" t="s">
+      <c r="A605" s="1" t="s">
         <v>1729</v>
       </c>
-      <c r="B605" t="s">
+      <c r="B605" s="1" t="s">
         <v>1730</v>
       </c>
-      <c r="C605">
-[...2 lines deleted...]
-      <c r="D605" t="s">
+      <c r="C605" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D605" s="1" t="s">
         <v>1731</v>
       </c>
     </row>
     <row r="606" spans="1:4">
-      <c r="A606" t="s">
+      <c r="A606" s="1" t="s">
         <v>1732</v>
       </c>
-      <c r="B606" t="s">
+      <c r="B606" s="1" t="s">
         <v>1733</v>
       </c>
-      <c r="C606">
-[...2 lines deleted...]
-      <c r="D606" t="s">
+      <c r="C606" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D606" s="1" t="s">
         <v>1734</v>
       </c>
     </row>
     <row r="607" spans="1:4">
-      <c r="A607" t="s">
+      <c r="A607" s="1" t="s">
         <v>1735</v>
       </c>
-      <c r="B607" t="s">
+      <c r="B607" s="1" t="s">
         <v>1736</v>
       </c>
-      <c r="C607">
-[...2 lines deleted...]
-      <c r="D607" t="s">
+      <c r="C607" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D607" s="1" t="s">
         <v>1737</v>
       </c>
     </row>
     <row r="608" spans="1:4">
-      <c r="A608" t="s">
+      <c r="A608" s="1" t="s">
         <v>1738</v>
       </c>
-      <c r="B608" t="s">
+      <c r="B608" s="1" t="s">
         <v>1739</v>
       </c>
-      <c r="C608" t="s">
+      <c r="C608" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="D608" t="s">
+      <c r="D608" s="1" t="s">
         <v>1740</v>
       </c>
     </row>
     <row r="609" spans="1:4">
-      <c r="A609" t="s">
+      <c r="A609" s="1" t="s">
         <v>1741</v>
       </c>
-      <c r="B609" t="s">
+      <c r="B609" s="1" t="s">
         <v>1742</v>
       </c>
-      <c r="C609">
-[...2 lines deleted...]
-      <c r="D609" t="s">
+      <c r="C609" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D609" s="1" t="s">
         <v>1743</v>
       </c>
     </row>
     <row r="610" spans="1:4">
-      <c r="A610" t="s">
+      <c r="A610" s="1" t="s">
         <v>1744</v>
       </c>
-      <c r="B610" t="s">
+      <c r="B610" s="1" t="s">
         <v>1745</v>
       </c>
-      <c r="C610">
-[...2 lines deleted...]
-      <c r="D610" t="s">
+      <c r="C610" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D610" s="1" t="s">
         <v>1746</v>
       </c>
     </row>
     <row r="611" spans="1:4">
-      <c r="A611" t="s">
+      <c r="A611" s="1" t="s">
         <v>1747</v>
       </c>
-      <c r="B611" t="s">
+      <c r="B611" s="1" t="s">
         <v>1748</v>
       </c>
-      <c r="C611">
-[...2 lines deleted...]
-      <c r="D611" t="s">
+      <c r="C611" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D611" s="1" t="s">
         <v>1749</v>
       </c>
     </row>
     <row r="612" spans="1:4">
-      <c r="A612" t="s">
+      <c r="A612" s="1" t="s">
         <v>1750</v>
       </c>
-      <c r="B612" t="s">
+      <c r="B612" s="1" t="s">
         <v>1751</v>
       </c>
-      <c r="C612">
-[...2 lines deleted...]
-      <c r="D612" t="s">
+      <c r="C612" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D612" s="1" t="s">
         <v>1752</v>
       </c>
     </row>
     <row r="613" spans="1:4">
-      <c r="A613" t="s">
+      <c r="A613" s="1" t="s">
         <v>1753</v>
       </c>
-      <c r="B613" t="s">
+      <c r="B613" s="1" t="s">
         <v>1754</v>
       </c>
-      <c r="C613">
-[...2 lines deleted...]
-      <c r="D613" t="s">
+      <c r="C613" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D613" s="1" t="s">
         <v>1755</v>
       </c>
     </row>
     <row r="614" spans="1:4">
-      <c r="A614" t="s">
+      <c r="A614" s="1" t="s">
         <v>1756</v>
       </c>
-      <c r="B614" t="s">
+      <c r="B614" s="1" t="s">
         <v>1757</v>
       </c>
-      <c r="C614">
-[...2 lines deleted...]
-      <c r="D614" t="s">
+      <c r="C614" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D614" s="1" t="s">
         <v>1758</v>
       </c>
     </row>
     <row r="615" spans="1:4">
-      <c r="A615" t="s">
+      <c r="A615" s="1" t="s">
         <v>1759</v>
       </c>
-      <c r="B615" t="s">
+      <c r="B615" s="1" t="s">
         <v>1757</v>
       </c>
-      <c r="C615">
-[...2 lines deleted...]
-      <c r="D615" t="s">
+      <c r="C615" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D615" s="1" t="s">
         <v>1760</v>
       </c>
     </row>
     <row r="616" spans="1:4">
-      <c r="A616" t="s">
+      <c r="A616" s="1" t="s">
         <v>1761</v>
       </c>
-      <c r="B616" t="s">
+      <c r="B616" s="1" t="s">
         <v>1762</v>
       </c>
-      <c r="C616">
-[...2 lines deleted...]
-      <c r="D616" t="s">
+      <c r="C616" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D616" s="1" t="s">
         <v>1763</v>
       </c>
     </row>
     <row r="617" spans="1:4">
-      <c r="A617" t="s">
+      <c r="A617" s="1" t="s">
         <v>1764</v>
       </c>
-      <c r="B617" t="s">
+      <c r="B617" s="1" t="s">
         <v>1765</v>
       </c>
-      <c r="C617">
-[...2 lines deleted...]
-      <c r="D617" t="s">
+      <c r="C617" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D617" s="1" t="s">
         <v>1766</v>
       </c>
     </row>
     <row r="618" spans="1:4">
-      <c r="A618" t="s">
+      <c r="A618" s="1" t="s">
         <v>1767</v>
       </c>
-      <c r="B618" t="s">
+      <c r="B618" s="1" t="s">
         <v>1768</v>
       </c>
-      <c r="C618">
-[...2 lines deleted...]
-      <c r="D618" t="s">
+      <c r="C618" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D618" s="1" t="s">
         <v>1769</v>
       </c>
     </row>
     <row r="619" spans="1:4">
-      <c r="A619" t="s">
+      <c r="A619" s="1" t="s">
         <v>1770</v>
       </c>
-      <c r="B619" t="s">
+      <c r="B619" s="1" t="s">
         <v>1768</v>
       </c>
-      <c r="C619">
-[...2 lines deleted...]
-      <c r="D619" t="s">
+      <c r="C619" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D619" s="1" t="s">
         <v>1771</v>
       </c>
     </row>
     <row r="620" spans="1:4">
-      <c r="A620" t="s">
+      <c r="A620" s="1" t="s">
         <v>1772</v>
       </c>
-      <c r="B620" t="s">
+      <c r="B620" s="1" t="s">
         <v>1773</v>
       </c>
-      <c r="C620" t="s">
+      <c r="C620" s="1" t="s">
         <v>1774</v>
       </c>
-      <c r="D620" t="s">
+      <c r="D620" s="1" t="s">
         <v>1775</v>
       </c>
     </row>
     <row r="621" spans="1:4">
-      <c r="A621" t="s">
+      <c r="A621" s="1" t="s">
         <v>1776</v>
       </c>
-      <c r="B621" t="s">
+      <c r="B621" s="1" t="s">
         <v>1773</v>
       </c>
-      <c r="C621">
-[...2 lines deleted...]
-      <c r="D621" t="s">
+      <c r="C621" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D621" s="1" t="s">
         <v>1777</v>
       </c>
     </row>
     <row r="622" spans="1:4">
-      <c r="A622" t="s">
+      <c r="A622" s="1" t="s">
         <v>1778</v>
       </c>
-      <c r="B622" t="s">
+      <c r="B622" s="1" t="s">
         <v>1779</v>
       </c>
-      <c r="C622" t="s">
+      <c r="C622" s="1" t="s">
         <v>1417</v>
       </c>
-      <c r="D622" t="s">
+      <c r="D622" s="1" t="s">
         <v>1780</v>
       </c>
     </row>
     <row r="623" spans="1:4">
-      <c r="A623" t="s">
+      <c r="A623" s="1" t="s">
         <v>1781</v>
       </c>
-      <c r="B623" t="s">
+      <c r="B623" s="1" t="s">
         <v>1782</v>
       </c>
-      <c r="C623">
-[...2 lines deleted...]
-      <c r="D623" t="s">
+      <c r="C623" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D623" s="1" t="s">
         <v>1783</v>
       </c>
     </row>
     <row r="624" spans="1:4">
-      <c r="A624" t="s">
+      <c r="A624" s="1" t="s">
         <v>1784</v>
       </c>
-      <c r="B624" t="s">
+      <c r="B624" s="1" t="s">
         <v>1785</v>
       </c>
-      <c r="C624">
-[...2 lines deleted...]
-      <c r="D624" t="s">
+      <c r="C624" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D624" s="1" t="s">
         <v>1786</v>
       </c>
     </row>
     <row r="625" spans="1:4">
-      <c r="A625" t="s">
+      <c r="A625" s="1" t="s">
         <v>1787</v>
       </c>
-      <c r="B625" t="s">
+      <c r="B625" s="1" t="s">
         <v>1788</v>
       </c>
-      <c r="C625" t="s">
+      <c r="C625" s="1" t="s">
         <v>1789</v>
       </c>
-      <c r="D625" t="s">
+      <c r="D625" s="1" t="s">
         <v>1790</v>
       </c>
     </row>
     <row r="626" spans="1:4">
-      <c r="A626" t="s">
+      <c r="A626" s="1" t="s">
         <v>1791</v>
       </c>
-      <c r="B626" t="s">
+      <c r="B626" s="1" t="s">
         <v>1792</v>
       </c>
-      <c r="C626">
-[...2 lines deleted...]
-      <c r="D626" t="s">
+      <c r="C626" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D626" s="1" t="s">
         <v>1793</v>
       </c>
     </row>
     <row r="627" spans="1:4">
-      <c r="A627" t="s">
+      <c r="A627" s="1" t="s">
         <v>1794</v>
       </c>
-      <c r="B627" t="s">
+      <c r="B627" s="1" t="s">
         <v>1795</v>
       </c>
-      <c r="C627">
-[...2 lines deleted...]
-      <c r="D627" t="s">
+      <c r="C627" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D627" s="1" t="s">
         <v>1796</v>
       </c>
     </row>
     <row r="628" spans="1:4">
-      <c r="A628" t="s">
+      <c r="A628" s="1" t="s">
         <v>1797</v>
       </c>
-      <c r="B628" t="s">
+      <c r="B628" s="1" t="s">
         <v>1798</v>
       </c>
-      <c r="C628">
-[...2 lines deleted...]
-      <c r="D628" t="s">
+      <c r="C628" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D628" s="1" t="s">
         <v>1799</v>
       </c>
     </row>
     <row r="629" spans="1:4">
-      <c r="A629" t="s">
+      <c r="A629" s="1" t="s">
         <v>1800</v>
       </c>
-      <c r="B629" t="s">
+      <c r="B629" s="1" t="s">
         <v>1801</v>
       </c>
-      <c r="C629">
-[...2 lines deleted...]
-      <c r="D629" t="s">
+      <c r="C629" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D629" s="1" t="s">
         <v>1802</v>
       </c>
     </row>
     <row r="630" spans="1:4">
-      <c r="A630" t="s">
+      <c r="A630" s="1" t="s">
         <v>1803</v>
       </c>
-      <c r="B630" t="s">
+      <c r="B630" s="1" t="s">
         <v>1804</v>
       </c>
-      <c r="C630">
-[...2 lines deleted...]
-      <c r="D630" t="s">
+      <c r="C630" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D630" s="1" t="s">
         <v>1805</v>
       </c>
     </row>
     <row r="631" spans="1:4">
-      <c r="A631" t="s">
+      <c r="A631" s="1" t="s">
         <v>1806</v>
       </c>
-      <c r="B631" t="s">
+      <c r="B631" s="1" t="s">
         <v>1807</v>
       </c>
-      <c r="C631">
-[...2 lines deleted...]
-      <c r="D631" t="s">
+      <c r="C631" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D631" s="1" t="s">
         <v>1808</v>
       </c>
     </row>
     <row r="632" spans="1:4">
-      <c r="A632" t="s">
+      <c r="A632" s="1" t="s">
         <v>1809</v>
       </c>
-      <c r="B632" t="s">
+      <c r="B632" s="1" t="s">
         <v>1810</v>
       </c>
-      <c r="C632" t="s">
+      <c r="C632" s="1" t="s">
         <v>1417</v>
       </c>
-      <c r="D632" t="s">
+      <c r="D632" s="1" t="s">
         <v>1811</v>
       </c>
     </row>
     <row r="633" spans="1:4">
-      <c r="A633" t="s">
+      <c r="A633" s="1" t="s">
         <v>1812</v>
       </c>
-      <c r="B633" t="s">
+      <c r="B633" s="1" t="s">
         <v>1813</v>
       </c>
-      <c r="C633" t="s">
+      <c r="C633" s="1" t="s">
         <v>1417</v>
       </c>
-      <c r="D633" t="s">
+      <c r="D633" s="1" t="s">
         <v>1814</v>
       </c>
     </row>
     <row r="634" spans="1:4">
-      <c r="A634" t="s">
+      <c r="A634" s="1" t="s">
         <v>1815</v>
       </c>
-      <c r="B634" t="s">
+      <c r="B634" s="1" t="s">
         <v>1816</v>
       </c>
-      <c r="C634">
-[...2 lines deleted...]
-      <c r="D634" t="s">
+      <c r="C634" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D634" s="1" t="s">
         <v>1817</v>
       </c>
     </row>
     <row r="635" spans="1:4">
-      <c r="A635" t="s">
+      <c r="A635" s="1" t="s">
         <v>1818</v>
       </c>
-      <c r="B635" t="s">
+      <c r="B635" s="1" t="s">
         <v>1819</v>
       </c>
-      <c r="C635">
-[...2 lines deleted...]
-      <c r="D635" t="s">
+      <c r="C635" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D635" s="1" t="s">
         <v>1820</v>
       </c>
     </row>
     <row r="636" spans="1:4">
-      <c r="A636" t="s">
+      <c r="A636" s="1" t="s">
         <v>1821</v>
       </c>
-      <c r="B636" t="s">
+      <c r="B636" s="1" t="s">
         <v>1822</v>
       </c>
-      <c r="C636">
-[...2 lines deleted...]
-      <c r="D636" t="s">
+      <c r="C636" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D636" s="1" t="s">
         <v>1823</v>
       </c>
     </row>
     <row r="637" spans="1:4">
-      <c r="A637" t="s">
+      <c r="A637" s="1" t="s">
         <v>1824</v>
       </c>
-      <c r="B637" t="s">
+      <c r="B637" s="1" t="s">
         <v>1825</v>
       </c>
-      <c r="C637">
-[...2 lines deleted...]
-      <c r="D637" t="s">
+      <c r="C637" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D637" s="1" t="s">
         <v>1826</v>
       </c>
     </row>
     <row r="638" spans="1:4">
-      <c r="A638" t="s">
+      <c r="A638" s="1" t="s">
         <v>1827</v>
       </c>
-      <c r="B638" t="s">
+      <c r="B638" s="1" t="s">
         <v>1828</v>
       </c>
-      <c r="C638">
-[...2 lines deleted...]
-      <c r="D638" t="s">
+      <c r="C638" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D638" s="1" t="s">
         <v>1829</v>
       </c>
     </row>
     <row r="639" spans="1:4">
-      <c r="A639" t="s">
+      <c r="A639" s="1" t="s">
         <v>1830</v>
       </c>
-      <c r="B639" t="s">
+      <c r="B639" s="1" t="s">
         <v>1831</v>
       </c>
-      <c r="C639">
-[...2 lines deleted...]
-      <c r="D639" t="s">
+      <c r="C639" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D639" s="1" t="s">
         <v>1832</v>
       </c>
     </row>
     <row r="640" spans="1:4">
-      <c r="A640" t="s">
+      <c r="A640" s="1" t="s">
         <v>1833</v>
       </c>
-      <c r="B640" t="s">
+      <c r="B640" s="1" t="s">
         <v>1834</v>
       </c>
-      <c r="C640">
-[...2 lines deleted...]
-      <c r="D640" t="s">
+      <c r="C640" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D640" s="1" t="s">
         <v>1835</v>
       </c>
     </row>
     <row r="641" spans="1:4">
-      <c r="A641" t="s">
+      <c r="A641" s="1" t="s">
         <v>1836</v>
       </c>
-      <c r="B641" t="s">
+      <c r="B641" s="1" t="s">
         <v>1837</v>
       </c>
-      <c r="C641">
-[...2 lines deleted...]
-      <c r="D641" t="s">
+      <c r="C641" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D641" s="1" t="s">
         <v>1838</v>
       </c>
     </row>
     <row r="642" spans="1:4">
-      <c r="A642" t="s">
+      <c r="A642" s="1" t="s">
         <v>1839</v>
       </c>
-      <c r="B642" t="s">
+      <c r="B642" s="1" t="s">
         <v>1840</v>
       </c>
-      <c r="C642">
-[...2 lines deleted...]
-      <c r="D642" t="s">
+      <c r="C642" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D642" s="1" t="s">
         <v>1841</v>
       </c>
     </row>
     <row r="643" spans="1:4">
-      <c r="A643" t="s">
+      <c r="A643" s="1" t="s">
         <v>1842</v>
       </c>
-      <c r="B643" t="s">
+      <c r="B643" s="1" t="s">
         <v>1843</v>
       </c>
-      <c r="C643">
-[...2 lines deleted...]
-      <c r="D643" t="s">
+      <c r="C643" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D643" s="1" t="s">
         <v>1844</v>
       </c>
     </row>
     <row r="644" spans="1:4">
-      <c r="A644" t="s">
+      <c r="A644" s="1" t="s">
         <v>1845</v>
       </c>
-      <c r="B644" t="s">
+      <c r="B644" s="1" t="s">
         <v>1846</v>
       </c>
-      <c r="C644">
-[...2 lines deleted...]
-      <c r="D644" t="s">
+      <c r="C644" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D644" s="1" t="s">
         <v>1847</v>
       </c>
     </row>
     <row r="645" spans="1:4">
-      <c r="A645" t="s">
+      <c r="A645" s="1" t="s">
         <v>1848</v>
       </c>
-      <c r="B645" t="s">
+      <c r="B645" s="1" t="s">
         <v>1849</v>
       </c>
-      <c r="C645">
-[...2 lines deleted...]
-      <c r="D645" t="s">
+      <c r="C645" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D645" s="1" t="s">
         <v>1850</v>
       </c>
     </row>
     <row r="646" spans="1:4">
-      <c r="A646" t="s">
+      <c r="A646" s="1" t="s">
         <v>1851</v>
       </c>
-      <c r="B646" t="s">
+      <c r="B646" s="1" t="s">
         <v>1852</v>
       </c>
-      <c r="C646">
-[...2 lines deleted...]
-      <c r="D646" t="s">
+      <c r="C646" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D646" s="1" t="s">
         <v>1853</v>
       </c>
     </row>
     <row r="647" spans="1:4">
-      <c r="A647" t="s">
+      <c r="A647" s="1" t="s">
         <v>1854</v>
       </c>
-      <c r="B647" t="s">
+      <c r="B647" s="1" t="s">
         <v>1855</v>
       </c>
-      <c r="C647">
-[...2 lines deleted...]
-      <c r="D647" t="s">
+      <c r="C647" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D647" s="1" t="s">
         <v>1856</v>
       </c>
     </row>
     <row r="648" spans="1:4">
-      <c r="A648" t="s">
+      <c r="A648" s="1" t="s">
         <v>1857</v>
       </c>
-      <c r="B648" t="s">
+      <c r="B648" s="1" t="s">
         <v>1858</v>
       </c>
-      <c r="C648">
-[...2 lines deleted...]
-      <c r="D648" t="s">
+      <c r="C648" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D648" s="1" t="s">
         <v>1859</v>
       </c>
     </row>
     <row r="649" spans="1:4">
-      <c r="A649" t="s">
+      <c r="A649" s="1" t="s">
         <v>1860</v>
       </c>
-      <c r="B649" t="s">
+      <c r="B649" s="1" t="s">
         <v>1861</v>
       </c>
-      <c r="C649">
-[...2 lines deleted...]
-      <c r="D649" t="s">
+      <c r="C649" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D649" s="1" t="s">
         <v>1862</v>
       </c>
     </row>
     <row r="650" spans="1:4">
-      <c r="A650" t="s">
+      <c r="A650" s="1" t="s">
         <v>1863</v>
       </c>
-      <c r="B650" t="s">
+      <c r="B650" s="1" t="s">
         <v>1864</v>
       </c>
-      <c r="C650" t="s">
+      <c r="C650" s="1" t="s">
         <v>1417</v>
       </c>
-      <c r="D650" t="s">
+      <c r="D650" s="1" t="s">
         <v>1865</v>
       </c>
     </row>
     <row r="651" spans="1:4">
-      <c r="A651" t="s">
+      <c r="A651" s="1" t="s">
         <v>1866</v>
       </c>
-      <c r="B651" t="s">
+      <c r="B651" s="1" t="s">
         <v>1867</v>
       </c>
-      <c r="C651">
-[...2 lines deleted...]
-      <c r="D651" t="s">
+      <c r="C651" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D651" s="1" t="s">
         <v>1868</v>
       </c>
     </row>
     <row r="652" spans="1:4">
-      <c r="A652" t="s">
+      <c r="A652" s="1" t="s">
         <v>1869</v>
       </c>
-      <c r="B652" t="s">
+      <c r="B652" s="1" t="s">
         <v>1870</v>
       </c>
-      <c r="C652">
-[...2 lines deleted...]
-      <c r="D652" t="s">
+      <c r="C652" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D652" s="1" t="s">
         <v>1871</v>
       </c>
     </row>
     <row r="653" spans="1:4">
-      <c r="A653" t="s">
+      <c r="A653" s="1" t="s">
         <v>1872</v>
       </c>
-      <c r="B653" t="s">
+      <c r="B653" s="1" t="s">
         <v>1873</v>
       </c>
-      <c r="C653">
-[...2 lines deleted...]
-      <c r="D653" t="s">
+      <c r="C653" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D653" s="1" t="s">
         <v>1874</v>
       </c>
     </row>
     <row r="654" spans="1:4">
-      <c r="A654" t="s">
+      <c r="A654" s="1" t="s">
         <v>1875</v>
       </c>
-      <c r="B654" t="s">
+      <c r="B654" s="1" t="s">
         <v>1876</v>
       </c>
-      <c r="C654">
-[...2 lines deleted...]
-      <c r="D654" t="s">
+      <c r="C654" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D654" s="1" t="s">
         <v>1877</v>
       </c>
     </row>
     <row r="655" spans="1:4">
-      <c r="A655" t="s">
+      <c r="A655" s="1" t="s">
         <v>1878</v>
       </c>
-      <c r="B655" t="s">
+      <c r="B655" s="1" t="s">
         <v>1879</v>
       </c>
-      <c r="C655">
-[...2 lines deleted...]
-      <c r="D655" t="s">
+      <c r="C655" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D655" s="1" t="s">
         <v>1880</v>
       </c>
     </row>
     <row r="656" spans="1:4">
-      <c r="A656" t="s">
+      <c r="A656" s="1" t="s">
         <v>1881</v>
       </c>
-      <c r="B656" t="s">
+      <c r="B656" s="1" t="s">
         <v>1882</v>
       </c>
-      <c r="C656">
-[...2 lines deleted...]
-      <c r="D656" t="s">
+      <c r="C656" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D656" s="1" t="s">
         <v>1883</v>
       </c>
     </row>
     <row r="657" spans="1:4">
-      <c r="A657" t="s">
+      <c r="A657" s="1" t="s">
         <v>1884</v>
       </c>
-      <c r="B657" t="s">
+      <c r="B657" s="1" t="s">
         <v>1885</v>
       </c>
-      <c r="C657" t="s">
+      <c r="C657" s="1" t="s">
         <v>1886</v>
       </c>
-      <c r="D657" t="s">
+      <c r="D657" s="1" t="s">
         <v>1887</v>
       </c>
     </row>
     <row r="658" spans="1:4">
-      <c r="A658" t="s">
+      <c r="A658" s="1" t="s">
         <v>1888</v>
       </c>
-      <c r="B658" t="s">
+      <c r="B658" s="1" t="s">
         <v>1889</v>
       </c>
-      <c r="C658">
-[...2 lines deleted...]
-      <c r="D658" t="s">
+      <c r="C658" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D658" s="1" t="s">
         <v>1890</v>
       </c>
     </row>
     <row r="659" spans="1:4">
-      <c r="A659" t="s">
+      <c r="A659" s="1" t="s">
         <v>1891</v>
       </c>
-      <c r="B659" t="s">
+      <c r="B659" s="1" t="s">
         <v>1892</v>
       </c>
-      <c r="C659">
-[...2 lines deleted...]
-      <c r="D659" t="s">
+      <c r="C659" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D659" s="1" t="s">
         <v>1893</v>
       </c>
     </row>
     <row r="660" spans="1:4">
-      <c r="A660" t="s">
+      <c r="A660" s="1" t="s">
         <v>1894</v>
       </c>
-      <c r="B660" t="s">
+      <c r="B660" s="1" t="s">
         <v>1895</v>
       </c>
-      <c r="C660">
-[...2 lines deleted...]
-      <c r="D660" t="s">
+      <c r="C660" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D660" s="1" t="s">
         <v>1896</v>
       </c>
     </row>
     <row r="661" spans="1:4">
-      <c r="A661" t="s">
+      <c r="A661" s="1" t="s">
         <v>1897</v>
       </c>
-      <c r="B661" t="s">
+      <c r="B661" s="1" t="s">
         <v>1898</v>
       </c>
-      <c r="C661">
-[...2 lines deleted...]
-      <c r="D661" t="s">
+      <c r="C661" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D661" s="1" t="s">
         <v>1899</v>
       </c>
     </row>
     <row r="662" spans="1:4">
-      <c r="A662" t="s">
+      <c r="A662" s="1" t="s">
         <v>1900</v>
       </c>
-      <c r="B662" t="s">
+      <c r="B662" s="1" t="s">
         <v>1901</v>
       </c>
-      <c r="C662">
-[...2 lines deleted...]
-      <c r="D662" t="s">
+      <c r="C662" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D662" s="1" t="s">
         <v>1902</v>
       </c>
     </row>
     <row r="663" spans="1:4">
-      <c r="A663" t="s">
+      <c r="A663" s="1" t="s">
         <v>1903</v>
       </c>
-      <c r="B663" t="s">
+      <c r="B663" s="1" t="s">
         <v>1904</v>
       </c>
-      <c r="C663">
-[...2 lines deleted...]
-      <c r="D663" t="s">
+      <c r="C663" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D663" s="1" t="s">
         <v>1905</v>
       </c>
     </row>
     <row r="664" spans="1:4">
-      <c r="A664" t="s">
+      <c r="A664" s="1" t="s">
         <v>1906</v>
       </c>
-      <c r="B664" t="s">
+      <c r="B664" s="1" t="s">
         <v>1907</v>
       </c>
-      <c r="C664">
-[...2 lines deleted...]
-      <c r="D664" t="s">
+      <c r="C664" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D664" s="1" t="s">
         <v>1908</v>
       </c>
     </row>
     <row r="665" spans="1:4">
-      <c r="A665" t="s">
+      <c r="A665" s="1" t="s">
         <v>1909</v>
       </c>
-      <c r="B665" t="s">
+      <c r="B665" s="1" t="s">
         <v>1910</v>
       </c>
-      <c r="C665">
-[...2 lines deleted...]
-      <c r="D665" t="s">
+      <c r="C665" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D665" s="1" t="s">
         <v>1911</v>
       </c>
     </row>
     <row r="666" spans="1:4">
-      <c r="A666" t="s">
+      <c r="A666" s="1" t="s">
         <v>1912</v>
       </c>
-      <c r="B666" t="s">
+      <c r="B666" s="1" t="s">
         <v>1913</v>
       </c>
-      <c r="C666">
-[...2 lines deleted...]
-      <c r="D666" t="s">
+      <c r="C666" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D666" s="1" t="s">
         <v>1914</v>
       </c>
     </row>
     <row r="667" spans="1:4">
-      <c r="A667" t="s">
+      <c r="A667" s="1" t="s">
         <v>1915</v>
       </c>
-      <c r="B667" t="s">
+      <c r="B667" s="1" t="s">
         <v>1916</v>
       </c>
-      <c r="C667">
-[...2 lines deleted...]
-      <c r="D667" t="s">
+      <c r="C667" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D667" s="1" t="s">
         <v>1917</v>
       </c>
     </row>
     <row r="668" spans="1:4">
-      <c r="A668" t="s">
+      <c r="A668" s="1" t="s">
         <v>1918</v>
       </c>
-      <c r="B668" t="s">
+      <c r="B668" s="1" t="s">
         <v>1919</v>
       </c>
-      <c r="C668" t="s">
+      <c r="C668" s="1" t="s">
         <v>1417</v>
       </c>
-      <c r="D668" t="s">
+      <c r="D668" s="1" t="s">
         <v>1920</v>
       </c>
     </row>
     <row r="669" spans="1:4">
-      <c r="A669" t="s">
+      <c r="A669" s="1" t="s">
         <v>1921</v>
       </c>
-      <c r="B669" t="s">
+      <c r="B669" s="1" t="s">
         <v>1922</v>
       </c>
-      <c r="C669">
-[...2 lines deleted...]
-      <c r="D669" t="s">
+      <c r="C669" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D669" s="1" t="s">
         <v>1923</v>
       </c>
     </row>
     <row r="670" spans="1:4">
-      <c r="A670" t="s">
+      <c r="A670" s="1" t="s">
         <v>1924</v>
       </c>
-      <c r="B670" t="s">
+      <c r="B670" s="1" t="s">
         <v>1925</v>
       </c>
-      <c r="C670">
-[...2 lines deleted...]
-      <c r="D670" t="s">
+      <c r="C670" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D670" s="1" t="s">
         <v>1926</v>
       </c>
     </row>
     <row r="671" spans="1:4">
-      <c r="A671" t="s">
+      <c r="A671" s="1" t="s">
         <v>1927</v>
       </c>
-      <c r="B671" t="s">
+      <c r="B671" s="1" t="s">
         <v>1928</v>
       </c>
-      <c r="C671" t="s">
+      <c r="C671" s="1" t="s">
         <v>1929</v>
       </c>
-      <c r="D671" t="s">
+      <c r="D671" s="1" t="s">
         <v>1930</v>
       </c>
     </row>
     <row r="672" spans="1:4">
-      <c r="A672" t="s">
+      <c r="A672" s="1" t="s">
         <v>1931</v>
       </c>
-      <c r="B672" t="s">
+      <c r="B672" s="1" t="s">
         <v>1932</v>
       </c>
-      <c r="C672" t="s">
+      <c r="C672" s="1" t="s">
         <v>1789</v>
       </c>
-      <c r="D672" t="s">
+      <c r="D672" s="1" t="s">
         <v>1933</v>
       </c>
     </row>
     <row r="673" spans="1:4">
-      <c r="A673" t="s">
+      <c r="A673" s="1" t="s">
         <v>1934</v>
       </c>
-      <c r="B673" t="s">
+      <c r="B673" s="1" t="s">
         <v>1935</v>
       </c>
-      <c r="C673">
-[...2 lines deleted...]
-      <c r="D673" t="s">
+      <c r="C673" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D673" s="1" t="s">
         <v>1936</v>
       </c>
     </row>
     <row r="674" spans="1:4">
-      <c r="A674" t="s">
+      <c r="A674" s="1" t="s">
         <v>1937</v>
       </c>
-      <c r="B674" t="s">
+      <c r="B674" s="1" t="s">
         <v>1938</v>
       </c>
-      <c r="C674" t="s">
+      <c r="C674" s="1" t="s">
         <v>1417</v>
       </c>
-      <c r="D674" t="s">
+      <c r="D674" s="1" t="s">
         <v>1939</v>
       </c>
     </row>
     <row r="675" spans="1:4">
-      <c r="A675" t="s">
+      <c r="A675" s="1" t="s">
         <v>1940</v>
       </c>
-      <c r="B675" t="s">
+      <c r="B675" s="1" t="s">
         <v>1941</v>
       </c>
-      <c r="C675">
-[...2 lines deleted...]
-      <c r="D675" t="s">
+      <c r="C675" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D675" s="1" t="s">
         <v>1942</v>
       </c>
     </row>
     <row r="676" spans="1:4">
-      <c r="A676" t="s">
+      <c r="A676" s="1" t="s">
         <v>1943</v>
       </c>
-      <c r="B676" t="s">
+      <c r="B676" s="1" t="s">
         <v>1944</v>
       </c>
-      <c r="C676">
-[...2 lines deleted...]
-      <c r="D676" t="s">
+      <c r="C676" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D676" s="1" t="s">
         <v>1945</v>
       </c>
     </row>
     <row r="677" spans="1:4">
-      <c r="A677" t="s">
+      <c r="A677" s="1" t="s">
         <v>1946</v>
       </c>
-      <c r="B677" t="s">
+      <c r="B677" s="1" t="s">
         <v>1947</v>
       </c>
-      <c r="C677">
-[...2 lines deleted...]
-      <c r="D677" t="s">
+      <c r="C677" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D677" s="1" t="s">
         <v>1948</v>
       </c>
     </row>
     <row r="678" spans="1:4">
-      <c r="A678" t="s">
+      <c r="A678" s="1" t="s">
         <v>1949</v>
       </c>
-      <c r="B678" t="s">
+      <c r="B678" s="1" t="s">
         <v>1950</v>
       </c>
-      <c r="C678">
-[...2 lines deleted...]
-      <c r="D678" t="s">
+      <c r="C678" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D678" s="1" t="s">
         <v>1951</v>
       </c>
     </row>
     <row r="679" spans="1:4">
-      <c r="A679" t="s">
+      <c r="A679" s="1" t="s">
         <v>1952</v>
       </c>
-      <c r="B679" t="s">
+      <c r="B679" s="1" t="s">
         <v>1953</v>
       </c>
-      <c r="C679" t="s">
+      <c r="C679" s="1" t="s">
         <v>1417</v>
       </c>
-      <c r="D679" t="s">
+      <c r="D679" s="1" t="s">
         <v>1954</v>
       </c>
     </row>
     <row r="680" spans="1:4">
-      <c r="A680" t="s">
+      <c r="A680" s="1" t="s">
         <v>1955</v>
       </c>
-      <c r="B680" t="s">
+      <c r="B680" s="1" t="s">
         <v>1956</v>
       </c>
-      <c r="C680">
-[...2 lines deleted...]
-      <c r="D680" t="s">
+      <c r="C680" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D680" s="1" t="s">
         <v>1957</v>
       </c>
     </row>
     <row r="681" spans="1:4">
-      <c r="A681" t="s">
+      <c r="A681" s="1" t="s">
         <v>1958</v>
       </c>
-      <c r="B681" t="s">
+      <c r="B681" s="1" t="s">
         <v>1959</v>
       </c>
-      <c r="C681">
-[...2 lines deleted...]
-      <c r="D681" t="s">
+      <c r="C681" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D681" s="1" t="s">
         <v>1960</v>
       </c>
     </row>
     <row r="682" spans="1:4">
-      <c r="A682" t="s">
+      <c r="A682" s="1" t="s">
         <v>1961</v>
       </c>
-      <c r="B682" t="s">
+      <c r="B682" s="1" t="s">
         <v>1962</v>
       </c>
-      <c r="C682">
-[...2 lines deleted...]
-      <c r="D682" t="s">
+      <c r="C682" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D682" s="1" t="s">
         <v>1963</v>
       </c>
     </row>
     <row r="683" spans="1:4">
-      <c r="A683" t="s">
+      <c r="A683" s="1" t="s">
         <v>1964</v>
       </c>
-      <c r="B683" t="s">
+      <c r="B683" s="1" t="s">
         <v>1965</v>
       </c>
-      <c r="C683">
-[...2 lines deleted...]
-      <c r="D683" t="s">
+      <c r="C683" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D683" s="1" t="s">
         <v>1966</v>
       </c>
     </row>
     <row r="684" spans="1:4">
-      <c r="A684" t="s">
+      <c r="A684" s="1" t="s">
         <v>1967</v>
       </c>
-      <c r="B684" t="s">
+      <c r="B684" s="1" t="s">
         <v>1968</v>
       </c>
-      <c r="C684">
-[...2 lines deleted...]
-      <c r="D684" t="s">
+      <c r="C684" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D684" s="1" t="s">
         <v>1969</v>
       </c>
     </row>
     <row r="685" spans="1:4">
-      <c r="A685" t="s">
+      <c r="A685" s="1" t="s">
         <v>1970</v>
       </c>
-      <c r="B685" t="s">
+      <c r="B685" s="1" t="s">
         <v>1971</v>
       </c>
-      <c r="C685">
-[...2 lines deleted...]
-      <c r="D685" t="s">
+      <c r="C685" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D685" s="1" t="s">
         <v>1972</v>
       </c>
     </row>
     <row r="686" spans="1:4">
-      <c r="A686" t="s">
+      <c r="A686" s="1" t="s">
         <v>1973</v>
       </c>
-      <c r="B686" t="s">
+      <c r="B686" s="1" t="s">
         <v>1974</v>
       </c>
-      <c r="C686">
-[...2 lines deleted...]
-      <c r="D686" t="s">
+      <c r="C686" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D686" s="1" t="s">
         <v>1975</v>
       </c>
     </row>
     <row r="687" spans="1:4">
-      <c r="A687" t="s">
+      <c r="A687" s="1" t="s">
         <v>1976</v>
       </c>
-      <c r="B687" t="s">
+      <c r="B687" s="1" t="s">
         <v>1977</v>
       </c>
-      <c r="C687">
-[...2 lines deleted...]
-      <c r="D687" t="s">
+      <c r="C687" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D687" s="1" t="s">
         <v>1978</v>
       </c>
     </row>
     <row r="688" spans="1:4">
-      <c r="A688" t="s">
+      <c r="A688" s="1" t="s">
         <v>1979</v>
       </c>
-      <c r="B688" t="s">
+      <c r="B688" s="1" t="s">
         <v>1980</v>
       </c>
-      <c r="C688">
-[...2 lines deleted...]
-      <c r="D688" t="s">
+      <c r="C688" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D688" s="1" t="s">
         <v>1981</v>
       </c>
     </row>
     <row r="689" spans="1:4">
-      <c r="A689" t="s">
+      <c r="A689" s="1" t="s">
         <v>1982</v>
       </c>
-      <c r="B689" t="s">
+      <c r="B689" s="1" t="s">
         <v>1983</v>
       </c>
-      <c r="C689">
-[...2 lines deleted...]
-      <c r="D689" t="s">
+      <c r="C689" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D689" s="1" t="s">
         <v>1984</v>
       </c>
     </row>
     <row r="690" spans="1:4">
-      <c r="A690" t="s">
+      <c r="A690" s="1" t="s">
         <v>1985</v>
       </c>
-      <c r="B690" t="s">
+      <c r="B690" s="1" t="s">
         <v>1986</v>
       </c>
-      <c r="C690">
-[...2 lines deleted...]
-      <c r="D690" t="s">
+      <c r="C690" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D690" s="1" t="s">
         <v>1987</v>
       </c>
     </row>
     <row r="691" spans="1:4">
-      <c r="A691" t="s">
+      <c r="A691" s="1" t="s">
         <v>1988</v>
       </c>
-      <c r="B691" t="s">
+      <c r="B691" s="1" t="s">
         <v>1989</v>
       </c>
-      <c r="C691">
-[...2 lines deleted...]
-      <c r="D691" t="s">
+      <c r="C691" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D691" s="1" t="s">
         <v>1990</v>
       </c>
     </row>
     <row r="692" spans="1:4">
-      <c r="A692" t="s">
+      <c r="A692" s="1" t="s">
         <v>1991</v>
       </c>
-      <c r="B692" t="s">
+      <c r="B692" s="1" t="s">
         <v>1992</v>
       </c>
-      <c r="C692">
-[...2 lines deleted...]
-      <c r="D692" t="s">
+      <c r="C692" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D692" s="1" t="s">
         <v>1993</v>
       </c>
     </row>
     <row r="693" spans="1:4">
-      <c r="A693" t="s">
+      <c r="A693" s="1" t="s">
         <v>1994</v>
       </c>
-      <c r="B693" t="s">
+      <c r="B693" s="1" t="s">
         <v>1995</v>
       </c>
-      <c r="C693">
-[...2 lines deleted...]
-      <c r="D693" t="s">
+      <c r="C693" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D693" s="1" t="s">
         <v>1996</v>
       </c>
     </row>
     <row r="694" spans="1:4">
-      <c r="A694" t="s">
+      <c r="A694" s="1" t="s">
         <v>1997</v>
       </c>
-      <c r="B694" t="s">
+      <c r="B694" s="1" t="s">
         <v>1998</v>
       </c>
-      <c r="C694">
-[...2 lines deleted...]
-      <c r="D694" t="s">
+      <c r="C694" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D694" s="1" t="s">
         <v>1999</v>
       </c>
     </row>
     <row r="695" spans="1:4">
-      <c r="A695" t="s">
+      <c r="A695" s="1" t="s">
         <v>2000</v>
       </c>
-      <c r="B695" t="s">
+      <c r="B695" s="1" t="s">
         <v>2001</v>
       </c>
-      <c r="C695">
-[...2 lines deleted...]
-      <c r="D695" t="s">
+      <c r="C695" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D695" s="1" t="s">
         <v>2002</v>
       </c>
     </row>
     <row r="696" spans="1:4">
-      <c r="A696" t="s">
+      <c r="A696" s="1" t="s">
         <v>2003</v>
       </c>
-      <c r="B696" t="s">
+      <c r="B696" s="1" t="s">
         <v>2001</v>
       </c>
-      <c r="C696">
-[...2 lines deleted...]
-      <c r="D696" t="s">
+      <c r="C696" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D696" s="1" t="s">
         <v>2004</v>
       </c>
     </row>
     <row r="697" spans="1:4">
-      <c r="A697" t="s">
+      <c r="A697" s="1" t="s">
         <v>2005</v>
       </c>
-      <c r="B697" t="s">
+      <c r="B697" s="1" t="s">
         <v>2006</v>
       </c>
-      <c r="C697">
-[...2 lines deleted...]
-      <c r="D697" t="s">
+      <c r="C697" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D697" s="1" t="s">
         <v>2007</v>
       </c>
     </row>
     <row r="698" spans="1:4">
-      <c r="A698" t="s">
+      <c r="A698" s="1" t="s">
         <v>2008</v>
       </c>
-      <c r="B698" t="s">
+      <c r="B698" s="1" t="s">
         <v>2009</v>
       </c>
-      <c r="C698">
-[...2 lines deleted...]
-      <c r="D698" t="s">
+      <c r="C698" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D698" s="1" t="s">
         <v>2010</v>
       </c>
     </row>
     <row r="699" spans="1:4">
-      <c r="A699" t="s">
+      <c r="A699" s="1" t="s">
         <v>2011</v>
       </c>
-      <c r="B699" t="s">
+      <c r="B699" s="1" t="s">
         <v>2012</v>
       </c>
-      <c r="C699">
-[...2 lines deleted...]
-      <c r="D699" t="s">
+      <c r="C699" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D699" s="1" t="s">
         <v>2013</v>
       </c>
     </row>
     <row r="700" spans="1:4">
-      <c r="A700" t="s">
+      <c r="A700" s="1" t="s">
         <v>2014</v>
       </c>
-      <c r="B700" t="s">
+      <c r="B700" s="1" t="s">
         <v>2015</v>
       </c>
-      <c r="C700">
-[...2 lines deleted...]
-      <c r="D700" t="s">
+      <c r="C700" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D700" s="1" t="s">
         <v>2016</v>
       </c>
     </row>
     <row r="701" spans="1:4">
-      <c r="A701" t="s">
+      <c r="A701" s="1" t="s">
         <v>2017</v>
       </c>
-      <c r="B701" t="s">
+      <c r="B701" s="1" t="s">
         <v>2018</v>
       </c>
-      <c r="C701">
-[...2 lines deleted...]
-      <c r="D701" t="s">
+      <c r="C701" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D701" s="1" t="s">
         <v>2019</v>
       </c>
     </row>
     <row r="702" spans="1:4">
-      <c r="A702" t="s">
+      <c r="A702" s="1" t="s">
         <v>2020</v>
       </c>
-      <c r="B702" t="s">
+      <c r="B702" s="1" t="s">
         <v>2021</v>
       </c>
-      <c r="C702">
-[...2 lines deleted...]
-      <c r="D702" t="s">
+      <c r="C702" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D702" s="1" t="s">
         <v>2022</v>
       </c>
     </row>
     <row r="703" spans="1:4">
-      <c r="A703" t="s">
+      <c r="A703" s="1" t="s">
         <v>2023</v>
       </c>
-      <c r="B703" t="s">
+      <c r="B703" s="1" t="s">
         <v>2024</v>
       </c>
-      <c r="C703" t="s">
+      <c r="C703" s="1" t="s">
         <v>1789</v>
       </c>
-      <c r="D703" t="s">
+      <c r="D703" s="1" t="s">
         <v>2025</v>
       </c>
     </row>
     <row r="704" spans="1:4">
-      <c r="A704" t="s">
+      <c r="A704" s="1" t="s">
         <v>2026</v>
       </c>
-      <c r="B704" t="s">
+      <c r="B704" s="1" t="s">
         <v>2027</v>
       </c>
-      <c r="C704">
-[...2 lines deleted...]
-      <c r="D704" t="s">
+      <c r="C704" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D704" s="1" t="s">
         <v>2028</v>
       </c>
     </row>
     <row r="705" spans="1:4">
-      <c r="A705" t="s">
+      <c r="A705" s="1" t="s">
         <v>2029</v>
       </c>
-      <c r="B705" t="s">
+      <c r="B705" s="1" t="s">
         <v>2030</v>
       </c>
-      <c r="C705">
-[...2 lines deleted...]
-      <c r="D705" t="s">
+      <c r="C705" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D705" s="1" t="s">
         <v>2031</v>
       </c>
     </row>
     <row r="706" spans="1:4">
-      <c r="A706" t="s">
+      <c r="A706" s="1" t="s">
         <v>2032</v>
       </c>
-      <c r="B706" t="s">
+      <c r="B706" s="1" t="s">
         <v>1337</v>
       </c>
-      <c r="C706">
-[...2 lines deleted...]
-      <c r="D706" t="s">
+      <c r="C706" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D706" s="1" t="s">
         <v>2033</v>
       </c>
     </row>
     <row r="707" spans="1:4">
-      <c r="A707" t="s">
+      <c r="A707" s="1" t="s">
         <v>2034</v>
       </c>
-      <c r="B707" t="s">
+      <c r="B707" s="1" t="s">
         <v>2035</v>
       </c>
-      <c r="C707">
-[...2 lines deleted...]
-      <c r="D707" t="s">
+      <c r="C707" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D707" s="1" t="s">
         <v>2036</v>
       </c>
     </row>
     <row r="708" spans="1:4">
-      <c r="A708" t="s">
+      <c r="A708" s="1" t="s">
         <v>2037</v>
       </c>
-      <c r="B708" t="s">
+      <c r="B708" s="1" t="s">
         <v>2038</v>
       </c>
-      <c r="C708">
-[...2 lines deleted...]
-      <c r="D708" t="s">
+      <c r="C708" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D708" s="1" t="s">
         <v>2039</v>
       </c>
     </row>
     <row r="709" spans="1:4">
-      <c r="A709" t="s">
+      <c r="A709" s="1" t="s">
         <v>2040</v>
       </c>
-      <c r="B709" t="s">
+      <c r="B709" s="1" t="s">
         <v>2041</v>
       </c>
-      <c r="C709">
-[...2 lines deleted...]
-      <c r="D709" t="s">
+      <c r="C709" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D709" s="1" t="s">
         <v>2042</v>
       </c>
     </row>
     <row r="710" spans="1:4">
-      <c r="A710" t="s">
+      <c r="A710" s="1" t="s">
         <v>2043</v>
       </c>
-      <c r="B710" t="s">
+      <c r="B710" s="1" t="s">
         <v>2044</v>
       </c>
-      <c r="C710">
-[...2 lines deleted...]
-      <c r="D710" t="s">
+      <c r="C710" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D710" s="1" t="s">
         <v>2045</v>
       </c>
     </row>
     <row r="711" spans="1:4">
-      <c r="A711" t="s">
+      <c r="A711" s="1" t="s">
         <v>2046</v>
       </c>
-      <c r="B711" t="s">
+      <c r="B711" s="1" t="s">
         <v>2047</v>
       </c>
-      <c r="C711">
-[...2 lines deleted...]
-      <c r="D711" t="s">
+      <c r="C711" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D711" s="1" t="s">
         <v>2048</v>
       </c>
     </row>
     <row r="712" spans="1:4">
-      <c r="A712" t="s">
+      <c r="A712" s="1" t="s">
         <v>2049</v>
       </c>
-      <c r="B712" t="s">
+      <c r="B712" s="1" t="s">
         <v>121</v>
       </c>
-      <c r="C712">
-[...2 lines deleted...]
-      <c r="D712" t="s">
+      <c r="C712" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D712" s="1" t="s">
         <v>2050</v>
       </c>
     </row>
     <row r="713" spans="1:4">
-      <c r="A713" t="s">
+      <c r="A713" s="1" t="s">
         <v>2051</v>
       </c>
-      <c r="B713" t="s">
+      <c r="B713" s="1" t="s">
         <v>121</v>
       </c>
-      <c r="C713">
-[...2 lines deleted...]
-      <c r="D713" t="s">
+      <c r="C713" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D713" s="1" t="s">
         <v>2052</v>
       </c>
     </row>
     <row r="714" spans="1:4">
-      <c r="A714" t="s">
+      <c r="A714" s="1" t="s">
         <v>2053</v>
       </c>
-      <c r="B714" t="s">
+      <c r="B714" s="1" t="s">
         <v>2054</v>
       </c>
-      <c r="C714">
-[...2 lines deleted...]
-      <c r="D714" t="s">
+      <c r="C714" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D714" s="1" t="s">
         <v>2055</v>
       </c>
     </row>
     <row r="715" spans="1:4">
-      <c r="A715" t="s">
+      <c r="A715" s="1" t="s">
         <v>2056</v>
       </c>
-      <c r="B715" t="s">
+      <c r="B715" s="1" t="s">
         <v>2057</v>
       </c>
-      <c r="C715">
-[...2 lines deleted...]
-      <c r="D715" t="s">
+      <c r="C715" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D715" s="1" t="s">
         <v>2058</v>
       </c>
     </row>
     <row r="716" spans="1:4">
-      <c r="A716" t="s">
+      <c r="A716" s="1" t="s">
         <v>2059</v>
       </c>
-      <c r="B716" t="s">
+      <c r="B716" s="1" t="s">
         <v>2060</v>
       </c>
-      <c r="C716">
-[...2 lines deleted...]
-      <c r="D716" t="s">
+      <c r="C716" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D716" s="1" t="s">
         <v>2061</v>
       </c>
     </row>
     <row r="717" spans="1:4">
-      <c r="A717" t="s">
+      <c r="A717" s="1" t="s">
         <v>2062</v>
       </c>
-      <c r="B717" t="s">
+      <c r="B717" s="1" t="s">
         <v>1343</v>
       </c>
-      <c r="C717">
-[...2 lines deleted...]
-      <c r="D717" t="s">
+      <c r="C717" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D717" s="1" t="s">
         <v>2063</v>
       </c>
     </row>
     <row r="718" spans="1:4">
-      <c r="A718" t="s">
+      <c r="A718" s="1" t="s">
         <v>2064</v>
       </c>
-      <c r="B718" t="s">
+      <c r="B718" s="1" t="s">
         <v>2065</v>
       </c>
-      <c r="C718">
-[...2 lines deleted...]
-      <c r="D718" t="s">
+      <c r="C718" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D718" s="1" t="s">
         <v>2066</v>
       </c>
     </row>
     <row r="719" spans="1:4">
-      <c r="A719" t="s">
+      <c r="A719" s="1" t="s">
         <v>2067</v>
       </c>
-      <c r="B719" t="s">
+      <c r="B719" s="1" t="s">
         <v>2068</v>
       </c>
-      <c r="C719">
-[...2 lines deleted...]
-      <c r="D719" t="s">
+      <c r="C719" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D719" s="1" t="s">
         <v>2069</v>
       </c>
     </row>
     <row r="720" spans="1:4">
-      <c r="A720" t="s">
+      <c r="A720" s="1" t="s">
         <v>2070</v>
       </c>
-      <c r="B720" t="s">
+      <c r="B720" s="1" t="s">
         <v>2071</v>
       </c>
-      <c r="C720">
-[...2 lines deleted...]
-      <c r="D720" t="s">
+      <c r="C720" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D720" s="1" t="s">
         <v>2072</v>
       </c>
     </row>
     <row r="721" spans="1:4">
-      <c r="A721" t="s">
+      <c r="A721" s="1" t="s">
         <v>2073</v>
       </c>
-      <c r="B721" t="s">
+      <c r="B721" s="1" t="s">
         <v>2074</v>
       </c>
-      <c r="C721">
-[...2 lines deleted...]
-      <c r="D721" t="s">
+      <c r="C721" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D721" s="1" t="s">
         <v>2075</v>
       </c>
     </row>
     <row r="722" spans="1:4">
-      <c r="A722" t="s">
+      <c r="A722" s="1" t="s">
         <v>2076</v>
       </c>
-      <c r="B722" t="s">
+      <c r="B722" s="1" t="s">
         <v>2077</v>
       </c>
-      <c r="C722">
-[...2 lines deleted...]
-      <c r="D722" t="s">
+      <c r="C722" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D722" s="1" t="s">
         <v>2078</v>
       </c>
     </row>
     <row r="723" spans="1:4">
-      <c r="A723" t="s">
+      <c r="A723" s="1" t="s">
         <v>2079</v>
       </c>
-      <c r="B723" t="s">
+      <c r="B723" s="1" t="s">
         <v>2080</v>
       </c>
-      <c r="C723">
-[...2 lines deleted...]
-      <c r="D723" t="s">
+      <c r="C723" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D723" s="1" t="s">
         <v>2081</v>
       </c>
     </row>
     <row r="724" spans="1:4">
-      <c r="A724" t="s">
+      <c r="A724" s="1" t="s">
         <v>2082</v>
       </c>
-      <c r="B724" t="s">
+      <c r="B724" s="1" t="s">
         <v>2083</v>
       </c>
-      <c r="C724">
-[...2 lines deleted...]
-      <c r="D724" t="s">
+      <c r="C724" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D724" s="1" t="s">
         <v>2084</v>
       </c>
     </row>
     <row r="725" spans="1:4">
-      <c r="A725" t="s">
+      <c r="A725" s="1" t="s">
         <v>2085</v>
       </c>
-      <c r="B725" t="s">
+      <c r="B725" s="1" t="s">
         <v>2086</v>
       </c>
-      <c r="C725">
-[...2 lines deleted...]
-      <c r="D725" t="s">
+      <c r="C725" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D725" s="1" t="s">
         <v>2087</v>
       </c>
     </row>
     <row r="726" spans="1:4">
-      <c r="A726" t="s">
+      <c r="A726" s="1" t="s">
         <v>2088</v>
       </c>
-      <c r="B726" t="s">
+      <c r="B726" s="1" t="s">
         <v>2086</v>
       </c>
-      <c r="C726">
-[...2 lines deleted...]
-      <c r="D726" t="s">
+      <c r="C726" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D726" s="1" t="s">
         <v>2089</v>
       </c>
     </row>
     <row r="727" spans="1:4">
-      <c r="A727" t="s">
+      <c r="A727" s="1" t="s">
         <v>2090</v>
       </c>
-      <c r="B727" t="s">
+      <c r="B727" s="1" t="s">
         <v>2091</v>
       </c>
-      <c r="C727">
-[...2 lines deleted...]
-      <c r="D727" t="s">
+      <c r="C727" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D727" s="1" t="s">
         <v>2092</v>
       </c>
     </row>
     <row r="728" spans="1:4">
-      <c r="A728" t="s">
+      <c r="A728" s="1" t="s">
         <v>2093</v>
       </c>
-      <c r="B728" t="s">
+      <c r="B728" s="1" t="s">
         <v>2091</v>
       </c>
-      <c r="C728">
-[...2 lines deleted...]
-      <c r="D728" t="s">
+      <c r="C728" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D728" s="1" t="s">
         <v>2094</v>
       </c>
     </row>
     <row r="729" spans="1:4">
-      <c r="A729" t="s">
+      <c r="A729" s="1" t="s">
         <v>2095</v>
       </c>
-      <c r="B729" t="s">
+      <c r="B729" s="1" t="s">
         <v>2091</v>
       </c>
-      <c r="C729">
-[...2 lines deleted...]
-      <c r="D729" t="s">
+      <c r="C729" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D729" s="1" t="s">
         <v>2096</v>
       </c>
     </row>
     <row r="730" spans="1:4">
-      <c r="A730" t="s">
+      <c r="A730" s="1" t="s">
         <v>2097</v>
       </c>
-      <c r="B730" t="s">
+      <c r="B730" s="1" t="s">
         <v>2091</v>
       </c>
-      <c r="C730">
-[...2 lines deleted...]
-      <c r="D730" t="s">
+      <c r="C730" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D730" s="1" t="s">
         <v>2098</v>
       </c>
     </row>
     <row r="731" spans="1:4">
-      <c r="A731" t="s">
+      <c r="A731" s="1" t="s">
         <v>2099</v>
       </c>
-      <c r="B731" t="s">
+      <c r="B731" s="1" t="s">
         <v>2091</v>
       </c>
-      <c r="C731">
-[...2 lines deleted...]
-      <c r="D731" t="s">
+      <c r="C731" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D731" s="1" t="s">
         <v>2100</v>
       </c>
     </row>
     <row r="732" spans="1:4">
-      <c r="A732" t="s">
+      <c r="A732" s="1" t="s">
         <v>2101</v>
       </c>
-      <c r="B732" t="s">
+      <c r="B732" s="1" t="s">
         <v>2091</v>
       </c>
-      <c r="C732">
-[...2 lines deleted...]
-      <c r="D732" t="s">
+      <c r="C732" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D732" s="1" t="s">
         <v>2102</v>
       </c>
     </row>
     <row r="733" spans="1:4">
-      <c r="A733" t="s">
+      <c r="A733" s="1" t="s">
         <v>2103</v>
       </c>
-      <c r="B733" t="s">
+      <c r="B733" s="1" t="s">
         <v>2104</v>
       </c>
-      <c r="C733">
-[...2 lines deleted...]
-      <c r="D733" t="s">
+      <c r="C733" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D733" s="1" t="s">
         <v>2105</v>
       </c>
     </row>
     <row r="734" spans="1:4">
-      <c r="A734" t="s">
+      <c r="A734" s="1" t="s">
         <v>2106</v>
       </c>
-      <c r="B734" t="s">
+      <c r="B734" s="1" t="s">
         <v>2107</v>
       </c>
-      <c r="C734">
-[...2 lines deleted...]
-      <c r="D734" t="s">
+      <c r="C734" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D734" s="1" t="s">
         <v>2108</v>
       </c>
     </row>
     <row r="735" spans="1:4">
-      <c r="A735" t="s">
+      <c r="A735" s="1" t="s">
         <v>2109</v>
       </c>
-      <c r="B735" t="s">
+      <c r="B735" s="1" t="s">
         <v>2110</v>
       </c>
-      <c r="C735">
-[...2 lines deleted...]
-      <c r="D735" t="s">
+      <c r="C735" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D735" s="1" t="s">
         <v>2111</v>
       </c>
     </row>
     <row r="736" spans="1:4">
-      <c r="A736" t="s">
+      <c r="A736" s="1" t="s">
         <v>2112</v>
       </c>
-      <c r="B736" t="s">
+      <c r="B736" s="1" t="s">
         <v>2113</v>
       </c>
-      <c r="C736">
-[...2 lines deleted...]
-      <c r="D736" t="s">
+      <c r="C736" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D736" s="1" t="s">
         <v>2114</v>
       </c>
     </row>
     <row r="737" spans="1:4">
-      <c r="A737" t="s">
+      <c r="A737" s="1" t="s">
         <v>2115</v>
       </c>
-      <c r="B737" t="s">
+      <c r="B737" s="1" t="s">
         <v>2116</v>
       </c>
-      <c r="C737">
-[...2 lines deleted...]
-      <c r="D737" t="s">
+      <c r="C737" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D737" s="1" t="s">
         <v>2117</v>
       </c>
     </row>
     <row r="738" spans="1:4">
-      <c r="A738" t="s">
+      <c r="A738" s="1" t="s">
         <v>2118</v>
       </c>
-      <c r="B738" t="s">
+      <c r="B738" s="1" t="s">
         <v>2119</v>
       </c>
-      <c r="C738">
-[...2 lines deleted...]
-      <c r="D738" t="s">
+      <c r="C738" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D738" s="1" t="s">
         <v>2120</v>
       </c>
     </row>
     <row r="739" spans="1:4">
-      <c r="A739" t="s">
+      <c r="A739" s="1" t="s">
         <v>2121</v>
       </c>
-      <c r="B739" t="s">
+      <c r="B739" s="1" t="s">
         <v>2119</v>
       </c>
-      <c r="C739">
-[...2 lines deleted...]
-      <c r="D739" t="s">
+      <c r="C739" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D739" s="1" t="s">
         <v>2122</v>
       </c>
     </row>
     <row r="740" spans="1:4">
-      <c r="A740" t="s">
+      <c r="A740" s="1" t="s">
         <v>2123</v>
       </c>
-      <c r="B740" t="s">
+      <c r="B740" s="1" t="s">
         <v>2119</v>
       </c>
-      <c r="C740">
-[...2 lines deleted...]
-      <c r="D740" t="s">
+      <c r="C740" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D740" s="1" t="s">
         <v>2124</v>
       </c>
     </row>
     <row r="741" spans="1:4">
-      <c r="A741" t="s">
+      <c r="A741" s="1" t="s">
         <v>2125</v>
       </c>
-      <c r="B741" t="s">
+      <c r="B741" s="1" t="s">
         <v>2126</v>
       </c>
-      <c r="C741">
-[...2 lines deleted...]
-      <c r="D741" t="s">
+      <c r="C741" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D741" s="1" t="s">
         <v>2127</v>
       </c>
     </row>
     <row r="742" spans="1:4">
-      <c r="A742" t="s">
+      <c r="A742" s="1" t="s">
         <v>2128</v>
       </c>
-      <c r="B742" t="s">
+      <c r="B742" s="1" t="s">
         <v>2129</v>
       </c>
-      <c r="C742">
-[...2 lines deleted...]
-      <c r="D742" t="s">
+      <c r="C742" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D742" s="1" t="s">
         <v>2130</v>
       </c>
     </row>
     <row r="743" spans="1:4">
-      <c r="A743" t="s">
+      <c r="A743" s="1" t="s">
         <v>2131</v>
       </c>
-      <c r="B743" t="s">
+      <c r="B743" s="1" t="s">
         <v>2132</v>
       </c>
-      <c r="C743">
-[...2 lines deleted...]
-      <c r="D743" t="s">
+      <c r="C743" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D743" s="1" t="s">
         <v>2133</v>
       </c>
     </row>
     <row r="744" spans="1:4">
-      <c r="A744" t="s">
+      <c r="A744" s="1" t="s">
         <v>2134</v>
       </c>
-      <c r="B744" t="s">
+      <c r="B744" s="1" t="s">
         <v>2135</v>
       </c>
-      <c r="C744">
-[...2 lines deleted...]
-      <c r="D744" t="s">
+      <c r="C744" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D744" s="1" t="s">
         <v>2136</v>
       </c>
     </row>
     <row r="745" spans="1:4">
-      <c r="A745" t="s">
+      <c r="A745" s="1" t="s">
         <v>2137</v>
       </c>
-      <c r="B745" t="s">
+      <c r="B745" s="1" t="s">
         <v>2135</v>
       </c>
-      <c r="C745">
-[...2 lines deleted...]
-      <c r="D745" t="s">
+      <c r="C745" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D745" s="1" t="s">
         <v>2138</v>
       </c>
     </row>
     <row r="746" spans="1:4">
-      <c r="A746" t="s">
+      <c r="A746" s="1" t="s">
         <v>2139</v>
       </c>
-      <c r="B746" t="s">
+      <c r="B746" s="1" t="s">
         <v>2135</v>
       </c>
-      <c r="C746" t="s">
+      <c r="C746" s="1" t="s">
         <v>1417</v>
       </c>
-      <c r="D746" t="s">
+      <c r="D746" s="1" t="s">
         <v>2140</v>
       </c>
     </row>
     <row r="747" spans="1:4">
-      <c r="A747" t="s">
+      <c r="A747" s="1" t="s">
         <v>2141</v>
       </c>
-      <c r="B747" t="s">
+      <c r="B747" s="1" t="s">
         <v>2142</v>
       </c>
-      <c r="C747">
-[...2 lines deleted...]
-      <c r="D747" t="s">
+      <c r="C747" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D747" s="1" t="s">
         <v>2143</v>
       </c>
     </row>
     <row r="748" spans="1:4">
-      <c r="A748" t="s">
+      <c r="A748" s="1" t="s">
         <v>2144</v>
       </c>
-      <c r="B748" t="s">
+      <c r="B748" s="1" t="s">
         <v>2145</v>
       </c>
-      <c r="C748" t="s">
+      <c r="C748" s="1" t="s">
         <v>1417</v>
       </c>
-      <c r="D748" t="s">
+      <c r="D748" s="1" t="s">
         <v>2146</v>
       </c>
     </row>
     <row r="749" spans="1:4">
-      <c r="A749" t="s">
+      <c r="A749" s="1" t="s">
         <v>2147</v>
       </c>
-      <c r="B749" t="s">
+      <c r="B749" s="1" t="s">
         <v>2148</v>
       </c>
-      <c r="C749">
-[...2 lines deleted...]
-      <c r="D749" t="s">
+      <c r="C749" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D749" s="1" t="s">
         <v>2149</v>
       </c>
     </row>
     <row r="750" spans="1:4">
-      <c r="A750" t="s">
+      <c r="A750" s="1" t="s">
         <v>2150</v>
       </c>
-      <c r="B750" t="s">
+      <c r="B750" s="1" t="s">
         <v>2151</v>
       </c>
-      <c r="C750">
-[...2 lines deleted...]
-      <c r="D750" t="s">
+      <c r="C750" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D750" s="1" t="s">
         <v>2152</v>
       </c>
     </row>
     <row r="751" spans="1:4">
-      <c r="A751" t="s">
+      <c r="A751" s="1" t="s">
         <v>2153</v>
       </c>
-      <c r="B751" t="s">
+      <c r="B751" s="1" t="s">
         <v>2154</v>
       </c>
-      <c r="C751" t="s">
+      <c r="C751" s="1" t="s">
         <v>1789</v>
       </c>
-      <c r="D751" t="s">
+      <c r="D751" s="1" t="s">
         <v>2155</v>
       </c>
     </row>
     <row r="752" spans="1:4">
-      <c r="A752" t="s">
+      <c r="A752" s="1" t="s">
         <v>2156</v>
       </c>
-      <c r="B752" t="s">
+      <c r="B752" s="1" t="s">
         <v>2157</v>
       </c>
-      <c r="C752">
-[...2 lines deleted...]
-      <c r="D752" t="s">
+      <c r="C752" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D752" s="1" t="s">
         <v>2158</v>
       </c>
     </row>
     <row r="753" spans="1:4">
-      <c r="A753" t="s">
+      <c r="A753" s="1" t="s">
         <v>2159</v>
       </c>
-      <c r="B753" t="s">
+      <c r="B753" s="1" t="s">
         <v>2160</v>
       </c>
-      <c r="C753">
-[...2 lines deleted...]
-      <c r="D753" t="s">
+      <c r="C753" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D753" s="1" t="s">
         <v>2161</v>
       </c>
     </row>
     <row r="754" spans="1:4">
-      <c r="A754" t="s">
+      <c r="A754" s="1" t="s">
         <v>2162</v>
       </c>
-      <c r="B754" t="s">
+      <c r="B754" s="1" t="s">
         <v>2163</v>
       </c>
-      <c r="C754">
-[...2 lines deleted...]
-      <c r="D754" t="s">
+      <c r="C754" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D754" s="1" t="s">
         <v>2164</v>
       </c>
     </row>
     <row r="755" spans="1:4">
-      <c r="A755" t="s">
+      <c r="A755" s="1" t="s">
         <v>2165</v>
       </c>
-      <c r="B755" t="s">
+      <c r="B755" s="1" t="s">
         <v>695</v>
       </c>
-      <c r="C755">
-[...2 lines deleted...]
-      <c r="D755" t="s">
+      <c r="C755" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D755" s="1" t="s">
         <v>2166</v>
       </c>
     </row>
     <row r="756" spans="1:4">
-      <c r="A756" t="s">
+      <c r="A756" s="1" t="s">
         <v>2167</v>
       </c>
-      <c r="B756" t="s">
+      <c r="B756" s="1" t="s">
         <v>695</v>
       </c>
-      <c r="C756">
-[...2 lines deleted...]
-      <c r="D756" t="s">
+      <c r="C756" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D756" s="1" t="s">
         <v>2168</v>
       </c>
     </row>
     <row r="757" spans="1:4">
-      <c r="A757" t="s">
+      <c r="A757" s="1" t="s">
         <v>2169</v>
       </c>
-      <c r="B757" t="s">
+      <c r="B757" s="1" t="s">
         <v>695</v>
       </c>
-      <c r="C757">
-[...2 lines deleted...]
-      <c r="D757" t="s">
+      <c r="C757" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D757" s="1" t="s">
         <v>2170</v>
       </c>
     </row>
     <row r="758" spans="1:4">
-      <c r="A758" t="s">
+      <c r="A758" s="1" t="s">
         <v>2171</v>
       </c>
-      <c r="B758" t="s">
+      <c r="B758" s="1" t="s">
         <v>695</v>
       </c>
-      <c r="C758">
-[...2 lines deleted...]
-      <c r="D758" t="s">
+      <c r="C758" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D758" s="1" t="s">
         <v>2172</v>
       </c>
     </row>
     <row r="759" spans="1:4">
-      <c r="A759" t="s">
+      <c r="A759" s="1" t="s">
         <v>2173</v>
       </c>
-      <c r="B759" t="s">
+      <c r="B759" s="1" t="s">
         <v>695</v>
       </c>
-      <c r="C759">
-[...2 lines deleted...]
-      <c r="D759" t="s">
+      <c r="C759" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D759" s="1" t="s">
         <v>2174</v>
       </c>
     </row>
     <row r="760" spans="1:4">
-      <c r="A760" t="s">
+      <c r="A760" s="1" t="s">
         <v>2175</v>
       </c>
-      <c r="B760" t="s">
+      <c r="B760" s="1" t="s">
         <v>695</v>
       </c>
-      <c r="C760">
-[...2 lines deleted...]
-      <c r="D760" t="s">
+      <c r="C760" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D760" s="1" t="s">
         <v>2176</v>
       </c>
     </row>
     <row r="761" spans="1:4">
-      <c r="A761" t="s">
+      <c r="A761" s="1" t="s">
         <v>2177</v>
       </c>
-      <c r="B761" t="s">
+      <c r="B761" s="1" t="s">
         <v>695</v>
       </c>
-      <c r="C761">
-[...2 lines deleted...]
-      <c r="D761" t="s">
+      <c r="C761" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D761" s="1" t="s">
         <v>2178</v>
       </c>
     </row>
     <row r="762" spans="1:4">
-      <c r="A762" t="s">
+      <c r="A762" s="1" t="s">
         <v>2179</v>
       </c>
-      <c r="B762" t="s">
+      <c r="B762" s="1" t="s">
         <v>695</v>
       </c>
-      <c r="C762">
-[...2 lines deleted...]
-      <c r="D762" t="s">
+      <c r="C762" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D762" s="1" t="s">
         <v>2180</v>
       </c>
     </row>
     <row r="763" spans="1:4">
-      <c r="A763" t="s">
+      <c r="A763" s="1" t="s">
         <v>2181</v>
       </c>
-      <c r="B763" t="s">
+      <c r="B763" s="1" t="s">
         <v>2182</v>
       </c>
-      <c r="C763">
-[...2 lines deleted...]
-      <c r="D763" t="s">
+      <c r="C763" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D763" s="1" t="s">
         <v>2183</v>
       </c>
     </row>
     <row r="764" spans="1:4">
-      <c r="A764" t="s">
+      <c r="A764" s="1" t="s">
         <v>2184</v>
       </c>
-      <c r="B764" t="s">
+      <c r="B764" s="1" t="s">
         <v>2182</v>
       </c>
-      <c r="C764">
-[...2 lines deleted...]
-      <c r="D764" t="s">
+      <c r="C764" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D764" s="1" t="s">
         <v>2185</v>
       </c>
     </row>
     <row r="765" spans="1:4">
-      <c r="A765" t="s">
+      <c r="A765" s="1" t="s">
         <v>2186</v>
       </c>
-      <c r="B765" t="s">
+      <c r="B765" s="1" t="s">
         <v>2187</v>
       </c>
-      <c r="C765">
-[...2 lines deleted...]
-      <c r="D765" t="s">
+      <c r="C765" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D765" s="1" t="s">
         <v>2188</v>
       </c>
     </row>
     <row r="766" spans="1:4">
-      <c r="A766" t="s">
+      <c r="A766" s="1" t="s">
         <v>2189</v>
       </c>
-      <c r="B766" t="s">
+      <c r="B766" s="1" t="s">
         <v>2187</v>
       </c>
-      <c r="C766">
-[...2 lines deleted...]
-      <c r="D766" t="s">
+      <c r="C766" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D766" s="1" t="s">
         <v>2190</v>
       </c>
     </row>
     <row r="767" spans="1:4">
-      <c r="A767" t="s">
+      <c r="A767" s="1" t="s">
         <v>2191</v>
       </c>
-      <c r="B767" t="s">
+      <c r="B767" s="1" t="s">
         <v>2192</v>
       </c>
-      <c r="C767">
-[...2 lines deleted...]
-      <c r="D767" t="s">
+      <c r="C767" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D767" s="1" t="s">
         <v>2193</v>
       </c>
     </row>
     <row r="768" spans="1:4">
-      <c r="A768" t="s">
+      <c r="A768" s="1" t="s">
         <v>2194</v>
       </c>
-      <c r="B768" t="s">
+      <c r="B768" s="1" t="s">
         <v>2195</v>
       </c>
-      <c r="C768">
-[...2 lines deleted...]
-      <c r="D768" t="s">
+      <c r="C768" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D768" s="1" t="s">
         <v>2196</v>
       </c>
     </row>
     <row r="769" spans="1:4">
-      <c r="A769" t="s">
+      <c r="A769" s="1" t="s">
         <v>2197</v>
       </c>
-      <c r="B769" t="s">
+      <c r="B769" s="1" t="s">
         <v>2195</v>
       </c>
-      <c r="C769">
-[...2 lines deleted...]
-      <c r="D769" t="s">
+      <c r="C769" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D769" s="1" t="s">
         <v>2198</v>
       </c>
     </row>
     <row r="770" spans="1:4">
-      <c r="A770" t="s">
+      <c r="A770" s="1" t="s">
         <v>2199</v>
       </c>
-      <c r="B770" t="s">
+      <c r="B770" s="1" t="s">
         <v>2200</v>
       </c>
-      <c r="C770">
-[...2 lines deleted...]
-      <c r="D770" t="s">
+      <c r="C770" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D770" s="1" t="s">
         <v>2201</v>
       </c>
     </row>
     <row r="771" spans="1:4">
-      <c r="A771" t="s">
+      <c r="A771" s="1" t="s">
         <v>2202</v>
       </c>
-      <c r="B771" t="s">
+      <c r="B771" s="1" t="s">
         <v>2200</v>
       </c>
-      <c r="C771">
-[...2 lines deleted...]
-      <c r="D771" t="s">
+      <c r="C771" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D771" s="1" t="s">
         <v>2203</v>
       </c>
     </row>
     <row r="772" spans="1:4">
-      <c r="A772" t="s">
+      <c r="A772" s="1" t="s">
         <v>2204</v>
       </c>
-      <c r="B772" t="s">
+      <c r="B772" s="1" t="s">
         <v>2205</v>
       </c>
-      <c r="C772">
-[...2 lines deleted...]
-      <c r="D772" t="s">
+      <c r="C772" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D772" s="1" t="s">
         <v>2206</v>
       </c>
     </row>
     <row r="773" spans="1:4">
-      <c r="A773" t="s">
+      <c r="A773" s="1" t="s">
         <v>2207</v>
       </c>
-      <c r="B773" t="s">
+      <c r="B773" s="1" t="s">
         <v>2208</v>
       </c>
-      <c r="C773">
-[...2 lines deleted...]
-      <c r="D773" t="s">
+      <c r="C773" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D773" s="1" t="s">
         <v>2209</v>
       </c>
     </row>
     <row r="774" spans="1:4">
-      <c r="A774" t="s">
+      <c r="A774" s="1" t="s">
         <v>2210</v>
       </c>
-      <c r="B774" t="s">
+      <c r="B774" s="1" t="s">
         <v>2211</v>
       </c>
-      <c r="C774">
-[...2 lines deleted...]
-      <c r="D774" t="s">
+      <c r="C774" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D774" s="1" t="s">
         <v>2212</v>
       </c>
     </row>
     <row r="775" spans="1:4">
-      <c r="A775" t="s">
+      <c r="A775" s="1" t="s">
         <v>2213</v>
       </c>
-      <c r="B775" t="s">
+      <c r="B775" s="1" t="s">
         <v>2214</v>
       </c>
-      <c r="C775">
-[...2 lines deleted...]
-      <c r="D775" t="s">
+      <c r="C775" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D775" s="1" t="s">
         <v>2215</v>
       </c>
     </row>
     <row r="776" spans="1:4">
-      <c r="A776" t="s">
+      <c r="A776" s="1" t="s">
         <v>2216</v>
       </c>
-      <c r="B776" t="s">
+      <c r="B776" s="1" t="s">
         <v>2217</v>
       </c>
-      <c r="C776">
-[...2 lines deleted...]
-      <c r="D776" t="s">
+      <c r="C776" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D776" s="1" t="s">
         <v>2218</v>
       </c>
     </row>
     <row r="777" spans="1:4">
-      <c r="A777" t="s">
+      <c r="A777" s="1" t="s">
         <v>2219</v>
       </c>
-      <c r="B777" t="s">
+      <c r="B777" s="1" t="s">
         <v>2220</v>
       </c>
-      <c r="C777">
-[...2 lines deleted...]
-      <c r="D777" t="s">
+      <c r="C777" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D777" s="1" t="s">
         <v>2221</v>
       </c>
     </row>
     <row r="778" spans="1:4">
-      <c r="A778" t="s">
+      <c r="A778" s="1" t="s">
         <v>2222</v>
       </c>
-      <c r="B778" t="s">
+      <c r="B778" s="1" t="s">
         <v>2223</v>
       </c>
-      <c r="C778">
-[...2 lines deleted...]
-      <c r="D778" t="s">
+      <c r="C778" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D778" s="1" t="s">
         <v>2224</v>
       </c>
     </row>
     <row r="779" spans="1:4">
-      <c r="A779" t="s">
+      <c r="A779" s="1" t="s">
         <v>2225</v>
       </c>
-      <c r="B779" t="s">
+      <c r="B779" s="1" t="s">
         <v>2226</v>
       </c>
-      <c r="C779">
-[...2 lines deleted...]
-      <c r="D779" t="s">
+      <c r="C779" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D779" s="1" t="s">
         <v>2227</v>
       </c>
     </row>
     <row r="780" spans="1:4">
-      <c r="A780" t="s">
+      <c r="A780" s="1" t="s">
         <v>2228</v>
       </c>
-      <c r="B780" t="s">
+      <c r="B780" s="1" t="s">
         <v>2229</v>
       </c>
-      <c r="C780">
-[...2 lines deleted...]
-      <c r="D780" t="s">
+      <c r="C780" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D780" s="1" t="s">
         <v>2230</v>
       </c>
     </row>
     <row r="781" spans="1:4">
-      <c r="A781" t="s">
+      <c r="A781" s="1" t="s">
         <v>2231</v>
       </c>
-      <c r="B781" t="s">
+      <c r="B781" s="1" t="s">
         <v>2232</v>
       </c>
-      <c r="C781">
-[...2 lines deleted...]
-      <c r="D781" t="s">
+      <c r="C781" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D781" s="1" t="s">
         <v>2233</v>
       </c>
     </row>
     <row r="782" spans="1:4">
-      <c r="A782" t="s">
+      <c r="A782" s="1" t="s">
         <v>2234</v>
       </c>
-      <c r="B782" t="s">
+      <c r="B782" s="1" t="s">
         <v>2235</v>
       </c>
-      <c r="C782">
-[...2 lines deleted...]
-      <c r="D782" t="s">
+      <c r="C782" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D782" s="1" t="s">
         <v>2236</v>
       </c>
     </row>
     <row r="783" spans="1:4">
-      <c r="A783" t="s">
+      <c r="A783" s="1" t="s">
         <v>2237</v>
       </c>
-      <c r="B783" t="s">
+      <c r="B783" s="1" t="s">
         <v>2235</v>
       </c>
-      <c r="C783">
-[...2 lines deleted...]
-      <c r="D783" t="s">
+      <c r="C783" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D783" s="1" t="s">
         <v>2238</v>
       </c>
     </row>
     <row r="784" spans="1:4">
-      <c r="A784" t="s">
+      <c r="A784" s="1" t="s">
         <v>2239</v>
       </c>
-      <c r="B784" t="s">
+      <c r="B784" s="1" t="s">
         <v>2240</v>
       </c>
-      <c r="C784">
-[...2 lines deleted...]
-      <c r="D784" t="s">
+      <c r="C784" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D784" s="1" t="s">
         <v>2241</v>
       </c>
     </row>
     <row r="785" spans="1:4">
-      <c r="A785" t="s">
+      <c r="A785" s="1" t="s">
         <v>2242</v>
       </c>
-      <c r="B785" t="s">
+      <c r="B785" s="1" t="s">
         <v>2243</v>
       </c>
-      <c r="C785">
-[...2 lines deleted...]
-      <c r="D785" t="s">
+      <c r="C785" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D785" s="1" t="s">
         <v>2244</v>
       </c>
     </row>
     <row r="786" spans="1:4">
-      <c r="A786" t="s">
+      <c r="A786" s="1" t="s">
         <v>2245</v>
       </c>
-      <c r="B786" t="s">
+      <c r="B786" s="1" t="s">
         <v>2246</v>
       </c>
-      <c r="C786">
-[...2 lines deleted...]
-      <c r="D786" t="s">
+      <c r="C786" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D786" s="1" t="s">
         <v>2247</v>
       </c>
     </row>
     <row r="787" spans="1:4">
-      <c r="A787" t="s">
+      <c r="A787" s="1" t="s">
         <v>2248</v>
       </c>
-      <c r="B787" t="s">
+      <c r="B787" s="1" t="s">
         <v>2249</v>
       </c>
-      <c r="C787">
-[...2 lines deleted...]
-      <c r="D787" t="s">
+      <c r="C787" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D787" s="1" t="s">
         <v>2250</v>
       </c>
     </row>
     <row r="788" spans="1:4">
-      <c r="A788" t="s">
+      <c r="A788" s="1" t="s">
         <v>2251</v>
       </c>
-      <c r="B788" t="s">
+      <c r="B788" s="1" t="s">
         <v>2249</v>
       </c>
-      <c r="C788">
-[...2 lines deleted...]
-      <c r="D788" t="s">
+      <c r="C788" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D788" s="1" t="s">
         <v>2252</v>
       </c>
     </row>
     <row r="789" spans="1:4">
-      <c r="A789" t="s">
+      <c r="A789" s="1" t="s">
         <v>2253</v>
       </c>
-      <c r="B789" t="s">
+      <c r="B789" s="1" t="s">
         <v>2254</v>
       </c>
-      <c r="C789">
-[...2 lines deleted...]
-      <c r="D789" t="s">
+      <c r="C789" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D789" s="1" t="s">
         <v>2255</v>
       </c>
     </row>
     <row r="790" spans="1:4">
-      <c r="A790" t="s">
+      <c r="A790" s="1" t="s">
         <v>2256</v>
       </c>
-      <c r="B790" t="s">
+      <c r="B790" s="1" t="s">
         <v>2257</v>
       </c>
-      <c r="C790" t="s">
+      <c r="C790" s="1" t="s">
         <v>1789</v>
       </c>
-      <c r="D790" t="s">
+      <c r="D790" s="1" t="s">
         <v>2258</v>
       </c>
     </row>
     <row r="791" spans="1:4">
-      <c r="A791" t="s">
+      <c r="A791" s="1" t="s">
         <v>2259</v>
       </c>
-      <c r="B791" t="s">
+      <c r="B791" s="1" t="s">
         <v>2260</v>
       </c>
-      <c r="C791">
-[...2 lines deleted...]
-      <c r="D791" t="s">
+      <c r="C791" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D791" s="1" t="s">
         <v>2261</v>
       </c>
     </row>
     <row r="792" spans="1:4">
-      <c r="A792" t="s">
+      <c r="A792" s="1" t="s">
         <v>2262</v>
       </c>
-      <c r="B792" t="s">
+      <c r="B792" s="1" t="s">
         <v>2263</v>
       </c>
-      <c r="C792">
-[...2 lines deleted...]
-      <c r="D792" t="s">
+      <c r="C792" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D792" s="1" t="s">
         <v>2264</v>
       </c>
     </row>
     <row r="793" spans="1:4">
-      <c r="A793" t="s">
+      <c r="A793" s="1" t="s">
         <v>2265</v>
       </c>
-      <c r="B793" t="s">
+      <c r="B793" s="1" t="s">
         <v>2263</v>
       </c>
-      <c r="C793">
-[...2 lines deleted...]
-      <c r="D793" t="s">
+      <c r="C793" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D793" s="1" t="s">
         <v>2266</v>
       </c>
     </row>
     <row r="794" spans="1:4">
-      <c r="A794" t="s">
+      <c r="A794" s="1" t="s">
         <v>2267</v>
       </c>
-      <c r="B794" t="s">
+      <c r="B794" s="1" t="s">
         <v>2263</v>
       </c>
-      <c r="C794">
-[...2 lines deleted...]
-      <c r="D794" t="s">
+      <c r="C794" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D794" s="1" t="s">
         <v>2268</v>
       </c>
     </row>
     <row r="795" spans="1:4">
-      <c r="A795" t="s">
+      <c r="A795" s="1" t="s">
         <v>2269</v>
       </c>
-      <c r="B795" t="s">
+      <c r="B795" s="1" t="s">
         <v>2270</v>
       </c>
-      <c r="C795">
-[...2 lines deleted...]
-      <c r="D795" t="s">
+      <c r="C795" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D795" s="1" t="s">
         <v>2271</v>
       </c>
     </row>
     <row r="796" spans="1:4">
-      <c r="A796" t="s">
+      <c r="A796" s="1" t="s">
         <v>2272</v>
       </c>
-      <c r="B796" t="s">
+      <c r="B796" s="1" t="s">
         <v>2273</v>
       </c>
-      <c r="C796">
-[...2 lines deleted...]
-      <c r="D796" t="s">
+      <c r="C796" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D796" s="1" t="s">
         <v>2274</v>
       </c>
     </row>
     <row r="797" spans="1:4">
-      <c r="A797" t="s">
+      <c r="A797" s="1" t="s">
         <v>2275</v>
       </c>
-      <c r="B797" t="s">
+      <c r="B797" s="1" t="s">
         <v>2276</v>
       </c>
-      <c r="C797">
+      <c r="C797" s="1">
         <v>1946</v>
       </c>
-      <c r="D797" t="s">
+      <c r="D797" s="1" t="s">
         <v>2277</v>
       </c>
     </row>
     <row r="798" spans="1:4">
-      <c r="A798" t="s">
+      <c r="A798" s="1" t="s">
         <v>2278</v>
       </c>
-      <c r="B798" t="s">
+      <c r="B798" s="1" t="s">
         <v>2276</v>
       </c>
-      <c r="C798">
+      <c r="C798" s="1">
         <v>1946</v>
       </c>
-      <c r="D798" t="s">
+      <c r="D798" s="1" t="s">
         <v>2279</v>
       </c>
     </row>
     <row r="799" spans="1:4">
-      <c r="A799" t="s">
+      <c r="A799" s="1" t="s">
         <v>2280</v>
       </c>
-      <c r="B799" t="s">
+      <c r="B799" s="1" t="s">
         <v>2281</v>
       </c>
-      <c r="C799">
+      <c r="C799" s="1">
         <v>1946</v>
       </c>
-      <c r="D799" t="s">
+      <c r="D799" s="1" t="s">
         <v>2282</v>
       </c>
     </row>
     <row r="800" spans="1:4">
-      <c r="A800" t="s">
+      <c r="A800" s="1" t="s">
         <v>2283</v>
       </c>
-      <c r="B800" t="s">
+      <c r="B800" s="1" t="s">
         <v>2281</v>
       </c>
-      <c r="C800">
+      <c r="C800" s="1">
         <v>1946</v>
       </c>
-      <c r="D800" t="s">
+      <c r="D800" s="1" t="s">
         <v>2284</v>
       </c>
     </row>
     <row r="801" spans="1:4">
-      <c r="A801" t="s">
+      <c r="A801" s="1" t="s">
         <v>2285</v>
       </c>
-      <c r="B801" t="s">
+      <c r="B801" s="1" t="s">
         <v>1124</v>
       </c>
-      <c r="C801">
+      <c r="C801" s="1">
         <v>1946</v>
       </c>
-      <c r="D801" t="s">
+      <c r="D801" s="1" t="s">
         <v>2286</v>
       </c>
     </row>
     <row r="802" spans="1:4">
-      <c r="A802" t="s">
+      <c r="A802" s="1" t="s">
         <v>2287</v>
       </c>
-      <c r="B802" t="s">
+      <c r="B802" s="1" t="s">
         <v>2288</v>
       </c>
-      <c r="C802">
+      <c r="C802" s="1">
         <v>1946</v>
       </c>
-      <c r="D802" t="s">
+      <c r="D802" s="1" t="s">
         <v>2289</v>
       </c>
     </row>
     <row r="803" spans="1:4">
-      <c r="A803" t="s">
+      <c r="A803" s="1" t="s">
         <v>2290</v>
       </c>
-      <c r="B803" t="s">
+      <c r="B803" s="1" t="s">
         <v>2291</v>
       </c>
-      <c r="C803">
+      <c r="C803" s="1">
         <v>1947</v>
       </c>
-      <c r="D803" t="s">
+      <c r="D803" s="1" t="s">
         <v>2292</v>
       </c>
     </row>
     <row r="804" spans="1:4">
-      <c r="A804" t="s">
+      <c r="A804" s="1" t="s">
         <v>2293</v>
       </c>
-      <c r="B804" t="s">
+      <c r="B804" s="1" t="s">
         <v>2294</v>
       </c>
-      <c r="C804">
+      <c r="C804" s="1">
         <v>1948</v>
       </c>
-      <c r="D804" t="s">
+      <c r="D804" s="1" t="s">
         <v>2295</v>
       </c>
     </row>
     <row r="805" spans="1:4">
-      <c r="A805" t="s">
+      <c r="A805" s="1" t="s">
         <v>2296</v>
       </c>
-      <c r="B805" t="s">
+      <c r="B805" s="1" t="s">
         <v>2294</v>
       </c>
-      <c r="C805">
+      <c r="C805" s="1">
         <v>1948</v>
       </c>
-      <c r="D805" t="s">
+      <c r="D805" s="1" t="s">
         <v>2297</v>
       </c>
     </row>
     <row r="806" spans="1:4">
-      <c r="A806" t="s">
+      <c r="A806" s="1" t="s">
         <v>2298</v>
       </c>
-      <c r="B806" t="s">
+      <c r="B806" s="1" t="s">
         <v>2299</v>
       </c>
-      <c r="C806">
+      <c r="C806" s="1">
         <v>1948</v>
       </c>
-      <c r="D806" t="s">
+      <c r="D806" s="1" t="s">
         <v>2300</v>
       </c>
     </row>
     <row r="807" spans="1:4">
-      <c r="A807" t="s">
+      <c r="A807" s="1" t="s">
         <v>2301</v>
       </c>
-      <c r="B807" t="s">
+      <c r="B807" s="1" t="s">
         <v>2299</v>
       </c>
-      <c r="C807">
+      <c r="C807" s="1">
         <v>1948</v>
       </c>
-      <c r="D807" t="s">
+      <c r="D807" s="1" t="s">
         <v>2302</v>
       </c>
     </row>
     <row r="808" spans="1:4">
-      <c r="A808" t="s">
+      <c r="A808" s="1" t="s">
         <v>2303</v>
       </c>
-      <c r="B808" t="s">
+      <c r="B808" s="1" t="s">
         <v>2304</v>
       </c>
-      <c r="C808">
+      <c r="C808" s="1">
         <v>1948</v>
       </c>
-      <c r="D808" t="s">
+      <c r="D808" s="1" t="s">
         <v>2305</v>
       </c>
     </row>
     <row r="809" spans="1:4">
-      <c r="A809" t="s">
+      <c r="A809" s="1" t="s">
         <v>2306</v>
       </c>
-      <c r="B809" t="s">
+      <c r="B809" s="1" t="s">
         <v>2304</v>
       </c>
-      <c r="C809">
+      <c r="C809" s="1">
         <v>1948</v>
       </c>
-      <c r="D809" t="s">
+      <c r="D809" s="1" t="s">
         <v>2307</v>
       </c>
     </row>
     <row r="810" spans="1:4">
-      <c r="A810" t="s">
+      <c r="A810" s="1" t="s">
         <v>2308</v>
       </c>
-      <c r="B810" t="s">
+      <c r="B810" s="1" t="s">
         <v>2309</v>
       </c>
-      <c r="C810">
+      <c r="C810" s="1">
         <v>1949</v>
       </c>
-      <c r="D810" t="s">
+      <c r="D810" s="1" t="s">
         <v>2310</v>
       </c>
     </row>
     <row r="811" spans="1:4">
-      <c r="A811" t="s">
+      <c r="A811" s="1" t="s">
         <v>2311</v>
       </c>
-      <c r="B811" t="s">
+      <c r="B811" s="1" t="s">
         <v>2312</v>
       </c>
-      <c r="C811">
+      <c r="C811" s="1">
         <v>1949</v>
       </c>
-      <c r="D811" t="s">
+      <c r="D811" s="1" t="s">
         <v>2313</v>
       </c>
     </row>
     <row r="812" spans="1:4">
-      <c r="A812" t="s">
+      <c r="A812" s="1" t="s">
         <v>2314</v>
       </c>
-      <c r="B812" t="s">
+      <c r="B812" s="1" t="s">
         <v>2315</v>
       </c>
-      <c r="C812">
+      <c r="C812" s="1">
         <v>1949</v>
       </c>
-      <c r="D812" t="s">
+      <c r="D812" s="1" t="s">
         <v>2316</v>
       </c>
     </row>
     <row r="813" spans="1:4">
-      <c r="A813" t="s">
+      <c r="A813" s="1" t="s">
         <v>2317</v>
       </c>
-      <c r="B813" t="s">
+      <c r="B813" s="1" t="s">
         <v>2315</v>
       </c>
-      <c r="C813">
+      <c r="C813" s="1">
         <v>1949</v>
       </c>
-      <c r="D813" t="s">
+      <c r="D813" s="1" t="s">
         <v>2318</v>
       </c>
     </row>
     <row r="814" spans="1:4">
-      <c r="A814" t="s">
+      <c r="A814" s="1" t="s">
         <v>2319</v>
       </c>
-      <c r="B814" t="s">
+      <c r="B814" s="1" t="s">
         <v>739</v>
       </c>
-      <c r="C814">
+      <c r="C814" s="1">
         <v>1949</v>
       </c>
-      <c r="D814" t="s">
+      <c r="D814" s="1" t="s">
         <v>2320</v>
       </c>
     </row>
     <row r="815" spans="1:4">
-      <c r="A815" t="s">
+      <c r="A815" s="1" t="s">
         <v>2321</v>
       </c>
-      <c r="B815" t="s">
+      <c r="B815" s="1" t="s">
         <v>2322</v>
       </c>
-      <c r="C815" t="s">
+      <c r="C815" s="1" t="s">
         <v>2323</v>
       </c>
-      <c r="D815" t="s">
+      <c r="D815" s="1" t="s">
         <v>2324</v>
       </c>
     </row>
     <row r="816" spans="1:4">
-      <c r="A816" t="s">
+      <c r="A816" s="1" t="s">
         <v>2325</v>
       </c>
-      <c r="B816" t="s">
+      <c r="B816" s="1" t="s">
         <v>2326</v>
       </c>
-      <c r="C816" t="s">
+      <c r="C816" s="1" t="s">
         <v>2327</v>
       </c>
-      <c r="D816" t="s">
+      <c r="D816" s="1" t="s">
         <v>2328</v>
       </c>
     </row>
     <row r="817" spans="1:4">
-      <c r="A817" t="s">
+      <c r="A817" s="1" t="s">
         <v>2329</v>
       </c>
-      <c r="B817" t="s">
+      <c r="B817" s="1" t="s">
         <v>2330</v>
       </c>
-      <c r="C817">
+      <c r="C817" s="1">
         <v>1951</v>
       </c>
-      <c r="D817" t="s">
+      <c r="D817" s="1" t="s">
         <v>2331</v>
       </c>
     </row>
     <row r="818" spans="1:4">
-      <c r="A818" t="s">
+      <c r="A818" s="1" t="s">
         <v>2332</v>
       </c>
-      <c r="B818" t="s">
+      <c r="B818" s="1" t="s">
         <v>2333</v>
       </c>
-      <c r="C818">
+      <c r="C818" s="1">
         <v>1951</v>
       </c>
-      <c r="D818" t="s">
+      <c r="D818" s="1" t="s">
         <v>2334</v>
       </c>
     </row>
     <row r="819" spans="1:4">
-      <c r="A819" t="s">
+      <c r="A819" s="1" t="s">
         <v>2335</v>
       </c>
-      <c r="B819" t="s">
+      <c r="B819" s="1" t="s">
         <v>2336</v>
       </c>
-      <c r="C819">
+      <c r="C819" s="1">
         <v>1955</v>
       </c>
-      <c r="D819" t="s">
+      <c r="D819" s="1" t="s">
         <v>2337</v>
       </c>
     </row>
     <row r="820" spans="1:4">
-      <c r="A820" t="s">
+      <c r="A820" s="1" t="s">
         <v>2338</v>
       </c>
-      <c r="B820" t="s">
+      <c r="B820" s="1" t="s">
         <v>861</v>
       </c>
-      <c r="C820">
+      <c r="C820" s="1">
         <v>1956</v>
       </c>
-      <c r="D820" t="s">
+      <c r="D820" s="1" t="s">
         <v>2339</v>
       </c>
     </row>
     <row r="821" spans="1:4">
-      <c r="A821" t="s">
+      <c r="A821" s="1" t="s">
         <v>2340</v>
       </c>
-      <c r="B821" t="s">
+      <c r="B821" s="1" t="s">
         <v>2341</v>
       </c>
-      <c r="C821">
+      <c r="C821" s="1">
         <v>1958</v>
       </c>
-      <c r="D821" t="s">
+      <c r="D821" s="1" t="s">
         <v>2342</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
-  <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
-[...7 lines deleted...]
-  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Search among the works</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>