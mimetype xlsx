--- v1 (2025-11-04)
+++ v2 (2025-12-02)
@@ -38,83 +38,83 @@
   <si>
     <t>Numéro d’inventaire</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Lien</t>
   </si>
   <si>
     <t>2019.58.155</t>
   </si>
   <si>
     <t>Equipement d'un soldat du 15e  bataillon de chasseurs alpins. Au verso : étude pour un religieux, de moine de profil</t>
   </si>
   <si>
     <t>Entre 1936 et 1938</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/equipement-dun-soldat-15e-bataillon-chasseurs-alpins-verso-etude-religieux-moine</t>
   </si>
   <si>
+    <t>2019.58.162</t>
+  </si>
+  <si>
+    <t>14 juillet 1938</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/14-juillet-1938-0</t>
+  </si>
+  <si>
     <t>2019.58.167</t>
   </si>
   <si>
-    <t>14 juillet 1938</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/14-juillet-1938</t>
   </si>
   <si>
-    <t>2019.58.162</t>
-[...2 lines deleted...]
-    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/14-juillet-1938-0</t>
+    <t>20929-62</t>
+  </si>
+  <si>
+    <t>Barcelonette : intérieur de la caserne</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/barcelonette-interieur-caserne</t>
   </si>
   <si>
     <t>2019.58.189</t>
   </si>
   <si>
-    <t>Barcelonette : intérieur de la caserne</t>
-[...1 lines deleted...]
-  <si>
     <t>Entre 1938 et 1939</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/barcelonette-interieur-caserne-0</t>
   </si>
   <si>
-    <t>20929-62</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.249</t>
   </si>
   <si>
     <t>Bivouac dans les Alpes, 15e bataillon de chasseurs alpins</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/bivouac-dans-alpes-15e-bataillon-chasseurs-alpins-0</t>
   </si>
   <si>
     <t>2019.58.240</t>
   </si>
   <si>
     <t>Cantonnement</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/cantonnement-3</t>
   </si>
   <si>
     <t>2019.58.241</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/cantonnement-4</t>
   </si>
   <si>
     <t>2019.58.233</t>
@@ -461,92 +461,92 @@
   <si>
     <t>2019.58.66</t>
   </si>
   <si>
     <t>Bateaux de guerre</t>
   </si>
   <si>
     <t>Entre 1939 et 1945</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/bateaux-guerre-1</t>
   </si>
   <si>
     <t>2019.58.197</t>
   </si>
   <si>
     <t>Bayasse. Repos du dimanche</t>
   </si>
   <si>
     <t>08/1939</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/bayasse-repos-dimanche</t>
   </si>
   <si>
+    <t>2019.58.311</t>
+  </si>
+  <si>
+    <t>Bivouac dans la montagne</t>
+  </si>
+  <si>
+    <t>Vers 1939</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/bivouac-dans-montagne-2</t>
+  </si>
+  <si>
+    <t>2019.58.302</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/bivouac-dans-montagne-1</t>
+  </si>
+  <si>
+    <t>2019.58.281</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/bivouac-dans-montagne-3</t>
+  </si>
+  <si>
+    <t>2019.58.239</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/bivouac-dans-montagne-4</t>
+  </si>
+  <si>
     <t>2019.58.338</t>
   </si>
   <si>
-    <t>Bivouac dans la montagne</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/bivouac-dans-montagne</t>
   </si>
   <si>
     <t>2019.58.307</t>
   </si>
   <si>
-    <t>Vers 1939</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/bivouac-dans-montagne-0</t>
   </si>
   <si>
-    <t>2019.58.311</t>
-[...22 lines deleted...]
-  <si>
     <t>2019.58.193</t>
   </si>
   <si>
     <t>Bivouac dans les Alpes</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/bivouac-dans-alpes</t>
   </si>
   <si>
     <t>20929-66</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/bivouac-dans-alpes-15e-bataillon-chasseurs-alpins</t>
   </si>
   <si>
     <t>20929-103</t>
   </si>
   <si>
     <t>Boussole Alidade système du général Peigné</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/boussole-alidade-systeme-general-peigne</t>
   </si>
   <si>
     <t>20929-361</t>
@@ -563,77 +563,77 @@
   <si>
     <t>Camp de Bitche</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/camp-bitche</t>
   </si>
   <si>
     <t>2019.58.301</t>
   </si>
   <si>
     <t>Camp de La Bresse. 1939</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/camp-bresse-1939</t>
   </si>
   <si>
     <t>20929-105</t>
   </si>
   <si>
     <t>Camp du 15e bataillon de chasseurs alpins</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/camp-15e-bataillon-chasseurs-alpins</t>
   </si>
   <si>
+    <t>2019.58.215</t>
+  </si>
+  <si>
+    <t>Entre 1939 et 1940</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/cantonnement-5</t>
+  </si>
+  <si>
+    <t>2019.58.322</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/cantonnement</t>
+  </si>
+  <si>
+    <t>2019.58.264</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/cantonnement-0</t>
+  </si>
+  <si>
     <t>2019.58.232</t>
   </si>
   <si>
-    <t>Entre 1939 et 1940</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/cantonnement-2</t>
   </si>
   <si>
-    <t>2019.58.264</t>
-[...16 lines deleted...]
-  <si>
     <t>2019.58.194</t>
   </si>
   <si>
     <t>Cantonnement dans une écurie</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/cantonnement-dans-ecurie</t>
   </si>
   <si>
     <t>2019.58.229</t>
   </si>
   <si>
     <t>Cantonnement dans une église</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/cantonnement-dans-eglise</t>
   </si>
   <si>
     <t>2019.58.213</t>
   </si>
   <si>
     <t>Cantonnement des muletiers en  Alsace</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/cantonnement-muletiers-en-alsace</t>
@@ -695,155 +695,155 @@
   <si>
     <t>Croquis : soldats au repos. Au verso : figure féminine de profil</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-soldats-repos-verso-figure-feminine-profil</t>
   </si>
   <si>
     <t>2019.58.263</t>
   </si>
   <si>
     <t>Croquis : soldats et mulets dans un village</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-soldats-mulets-dans-village</t>
   </si>
   <si>
     <t>2019.58.320</t>
   </si>
   <si>
     <t>Croquis : tente marabout</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-tente-marabout</t>
   </si>
   <si>
+    <t>2019.58.313</t>
+  </si>
+  <si>
+    <t>Croquis : un soldat de dos et équipement</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-soldat-dos-equipement-1</t>
+  </si>
+  <si>
     <t>2019.58.326</t>
   </si>
   <si>
-    <t>Croquis : un soldat de dos et équipement</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-soldat-dos-equipement</t>
   </si>
   <si>
     <t>2019.58.308</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-soldat-dos-equipement-0</t>
   </si>
   <si>
-    <t>2019.58.313</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.318</t>
   </si>
   <si>
     <t>Croquis de paysage</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-paysage</t>
   </si>
   <si>
     <t>2019.58.183</t>
   </si>
   <si>
     <t>Croquis de route. 15e  bataillon de chasseurs alpins</t>
   </si>
   <si>
     <t>Entre 1939 et 1935</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-route-15e-bataillon-chasseurs-alpins-4</t>
   </si>
   <si>
+    <t>2019.58.310</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-soldats-0</t>
+  </si>
+  <si>
     <t>2019.58.315</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-soldats-4</t>
   </si>
   <si>
     <t>2019.58.317</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-soldats-2</t>
   </si>
   <si>
     <t>2019.58.297</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-soldats-5</t>
   </si>
   <si>
     <t>2019.58.319</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-soldats-1</t>
   </si>
   <si>
-    <t>2019.58.310</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.335</t>
   </si>
   <si>
     <t>Cuisines</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/cuisines</t>
   </si>
   <si>
+    <t>20929-114</t>
+  </si>
+  <si>
+    <t>Dans les Ardennes</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/dans-ardennes-0</t>
+  </si>
+  <si>
+    <t>20929-115</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/dans-ardennes</t>
+  </si>
+  <si>
     <t>2019.58.211</t>
   </si>
   <si>
-    <t>Dans les Ardennes</t>
-[...1 lines deleted...]
-  <si>
     <t>11/1939</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/dans-ardennes-1</t>
   </si>
   <si>
-    <t>20929-114</t>
-[...10 lines deleted...]
-  <si>
     <t>2019.58.272</t>
   </si>
   <si>
     <t>Dans une cuisine à Ambly-Fleury</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/dans-cuisine-ambly-fleury</t>
   </si>
   <si>
     <t>2019.58.294</t>
   </si>
   <si>
     <t>Deux groupes de soldats, l'un jouant aux cartes, l'autre dormant</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/deux-groupes-soldats-lun-jouant-aux-cartes-lautre-dormant</t>
   </si>
   <si>
     <t>2019.58.279</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/deux-soldats-assis-larriere-plan-grange-0</t>
   </si>
   <si>
     <t>2019.58.270</t>
@@ -887,83 +887,83 @@
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/embarquement-militaire-dans-train</t>
   </si>
   <si>
     <t>2019.58.252</t>
   </si>
   <si>
     <t>En montagne</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/en-montagne</t>
   </si>
   <si>
     <t>2019.58.237</t>
   </si>
   <si>
     <t>Exercice à la 2e  Compagnie, janvier 1939</t>
   </si>
   <si>
     <t>21/1/1939</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/exercice-2e-compagnie-janvier-1939</t>
   </si>
   <si>
+    <t>2019.58.266</t>
+  </si>
+  <si>
+    <t>Exercice en montagne</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/exercice-en-montagne-1</t>
+  </si>
+  <si>
+    <t>2019.58.226</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/exercice-en-montagne-2</t>
+  </si>
+  <si>
     <t>2019.58.304</t>
   </si>
   <si>
-    <t>Exercice en montagne</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/exercice-en-montagne-3</t>
   </si>
   <si>
     <t>2019.58.254</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/exercice-en-montagne</t>
   </si>
   <si>
     <t>2019.58.276</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/exercice-en-montagne-0</t>
   </si>
   <si>
-    <t>2019.58.266</t>
-[...10 lines deleted...]
-  <si>
     <t>2019.58.246</t>
   </si>
   <si>
     <t>Exercice en montagne. Au verso, chevaux au repos</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/exercice-en-montagne-verso-chevaux-repos</t>
   </si>
   <si>
     <t>2019.58.289</t>
   </si>
   <si>
     <t>Exercice en motagne</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/exercice-en-motagne-0</t>
   </si>
   <si>
     <t>2019.58.258</t>
   </si>
   <si>
     <t>Figure de soldat dans un paysage de montagne</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/figure-soldat-dans-paysage-montagne</t>
@@ -992,86 +992,86 @@
   <si>
     <t>Haspelshield</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/haspelshield</t>
   </si>
   <si>
     <t>20929-67</t>
   </si>
   <si>
     <t>Henri Tessier</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/henri-tessier</t>
   </si>
   <si>
     <t>2019.58.230</t>
   </si>
   <si>
     <t>Intérieur d'une chambrée</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/interieur-dune-chambree</t>
   </si>
   <si>
+    <t>2019.58.248</t>
+  </si>
+  <si>
+    <t>Intérieur d'une chambrée à Barcelonnette</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/interieur-dune-chambree-barcelonnette-1</t>
+  </si>
+  <si>
+    <t>2019.58.196</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/interieur-dune-chambree-barcelonnette-3</t>
+  </si>
+  <si>
+    <t>2019.58.250</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/interieur-dune-chambree-barcelonnette-0</t>
+  </si>
+  <si>
     <t>2019.58.243</t>
   </si>
   <si>
-    <t>Intérieur d'une chambrée à Barcelonnette</t>
-[...1 lines deleted...]
-  <si>
     <t>01/1939</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/interieur-dune-chambree-barcelonnette-2</t>
   </si>
   <si>
     <t>20929-99</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/interieur-dune-chambree-barcelonnette</t>
   </si>
   <si>
-    <t>2019.58.248</t>
-[...16 lines deleted...]
-  <si>
     <t>2019.58.176</t>
   </si>
   <si>
     <t>Intérieur d'une tente. Au verso, un canon de 37 et lettre à ses parents</t>
   </si>
   <si>
     <t>2/10/1939</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/interieur-dune-tente-verso-canon-37-lettre-parents-0</t>
   </si>
   <si>
     <t>2019.58.327</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/interieur-dune-tente-verso-canon-37-lettre-parents</t>
   </si>
   <si>
     <t>2019.58.273</t>
   </si>
   <si>
     <t>Le 15e  bataillon de chasseurs alpins en Alsace</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/15e-bataillon-chasseurs-alpins-en-alsace-0</t>
@@ -1193,65 +1193,65 @@
   <si>
     <t>Portrait d'un camarade</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/portrait-dun-camarade</t>
   </si>
   <si>
     <t>20929-112</t>
   </si>
   <si>
     <t>Portrait de Cervetaz sur sa moto</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/portrait-cervetaz-moto</t>
   </si>
   <si>
     <t>20929-360</t>
   </si>
   <si>
     <t>Prise de Singapour par les Japonais [1941]</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/prise-singapour-japonais-1941</t>
   </si>
   <si>
+    <t>2019.58.309</t>
+  </si>
+  <si>
+    <t>Prunières : exercice en montagne</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/prunieres-exercice-en-montagne</t>
+  </si>
+  <si>
     <t>2019.58.255</t>
   </si>
   <si>
-    <t>Prunières : exercice en montagne</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/prunieres-exercice-en-montagne-0</t>
   </si>
   <si>
-    <t>2019.58.309</t>
-[...4 lines deleted...]
-  <si>
     <t>20929-110</t>
   </si>
   <si>
     <t>Prunières : mon trou</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/prunieres-mon-trou</t>
   </si>
   <si>
     <t>2019.58.330</t>
   </si>
   <si>
     <t>Prunières. 1939. Au verso : croquis d'un soldat en train de manger et d'une étagère</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/prunieres-1939-verso-croquis-dun-soldat-en-train-manger-dune-etagere</t>
   </si>
   <si>
     <t>2019.58.198</t>
   </si>
   <si>
     <t>Quartier Jacquemot, Barcelonnette, 15e  bataillon de chasseurs alpins</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/quartier-jacquemot-barcelonnette-15e-bataillon-chasseurs-alpins-0</t>
@@ -1385,65 +1385,65 @@
   <si>
     <t>2019.58.331</t>
   </si>
   <si>
     <t>Soldats dans un train</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-dans-train-0</t>
   </si>
   <si>
     <t>2019.58.324</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-dans-train</t>
   </si>
   <si>
     <t>2019.58.265</t>
   </si>
   <si>
     <t>Soldats dans un village</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-dans-village</t>
   </si>
   <si>
+    <t>2019.58.314</t>
+  </si>
+  <si>
+    <t>Soldats dans une chambrée</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-dans-chambree-0</t>
+  </si>
+  <si>
     <t>2019.58.305</t>
   </si>
   <si>
-    <t>Soldats dans une chambrée</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-dans-chambree</t>
   </si>
   <si>
-    <t>2019.58.314</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.336</t>
   </si>
   <si>
     <t>Soldats dans une rue</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-dans-rue</t>
   </si>
   <si>
     <t>2019.58.293</t>
   </si>
   <si>
     <t>Soldats en train de manger</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-en-train-manger</t>
   </si>
   <si>
     <t>2019.58.292</t>
   </si>
   <si>
     <t>Soldats et baraquements</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-baraquements</t>
@@ -1475,125 +1475,125 @@
   <si>
     <t>2019.58.332</t>
   </si>
   <si>
     <t>Soldats jouant aux cartes ou aux dés</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-jouant-aux-cartes-aux</t>
   </si>
   <si>
     <t>2019.58.242</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-jouant-aux-dames-0</t>
   </si>
   <si>
     <t>2019.58.199</t>
   </si>
   <si>
     <t>Soldats marchant avec leurs mulets</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-marchant-leurs-mulets</t>
   </si>
   <si>
+    <t>2019.58.288</t>
+  </si>
+  <si>
+    <t>Soldats marchant dans une rue</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-marchant-dans-rue-1</t>
+  </si>
+  <si>
     <t>2019.58.286</t>
   </si>
   <si>
-    <t>Soldats marchant dans une rue</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-marchant-dans-rue-0</t>
   </si>
   <si>
     <t>2019.58.287</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-marchant-dans-rue</t>
   </si>
   <si>
-    <t>2019.58.288</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.166</t>
   </si>
   <si>
     <t>Soldats marchant et chevaux morts</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-marchant-chevaux-morts</t>
   </si>
   <si>
     <t>2019.58.333</t>
   </si>
   <si>
     <t>Soldats se faisant couper les cheveux</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-se-faisant-couper-cheveux</t>
   </si>
   <si>
     <t>2019.58.298</t>
   </si>
   <si>
     <t>Soldats se réchauffant près d'un poêle</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-se-rechauffant-pres-dun-poele-0</t>
   </si>
   <si>
     <t>2019.58.300</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-se-rechauffant-pres-dun-poele</t>
   </si>
   <si>
+    <t>2019.58.234</t>
+  </si>
+  <si>
+    <t>Tente marabout</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/tente-marabout-0</t>
+  </si>
+  <si>
+    <t>2019.58.235</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/tente-marabout</t>
+  </si>
+  <si>
     <t>2019.58.210</t>
   </si>
   <si>
-    <t>Tente marabout</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/tente-marabout-1</t>
   </si>
   <si>
-    <t>2019.58.234</t>
-[...10 lines deleted...]
-  <si>
     <t>20929-60</t>
   </si>
   <si>
     <t>Tente marabout des canons 37</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/tente-marabout-canons-37</t>
   </si>
   <si>
     <t>20929-111</t>
   </si>
   <si>
     <t>Tente marabout-bureau</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/tente-marabout-bureau</t>
   </si>
   <si>
     <t>2019.58.253</t>
   </si>
   <si>
     <t>Tessier et Guillot, dans un village</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/tessier-guillot-dans-village</t>
@@ -1613,101 +1613,101 @@
   <si>
     <t>Village de Montreux-Vieux vu de Montreux-Jeune</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/village-montreux-vieux-vu-montreux-jeune</t>
   </si>
   <si>
     <t>2019.58.267</t>
   </si>
   <si>
     <t>Vue d'un intérieur en désordre</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/vue-dun-interieur-en-desordre</t>
   </si>
   <si>
     <t>2019.58.262</t>
   </si>
   <si>
     <t>Vue d'un intérieur en désordre. Au verso, Esquisse</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/vue-dun-interieur-en-desordre-verso-esquisse</t>
   </si>
   <si>
+    <t>2019.58.186</t>
+  </si>
+  <si>
+    <t>Wintersbourg : un cantonnement</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/wintersbourg-cantonnement-0</t>
+  </si>
+  <si>
     <t>20929-107</t>
   </si>
   <si>
-    <t>Wintersbourg : un cantonnement</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/wintersbourg-cantonnement</t>
   </si>
   <si>
-    <t>2019.58.186</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.38</t>
   </si>
   <si>
     <t>15e bataillon de chasseur alpins en Champagne juin 1940</t>
   </si>
   <si>
     <t>Entre 1940 et 1944</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/15e-bataillon-chasseur-alpins-en-champagne-juin-1940</t>
   </si>
   <si>
     <t>2019.58.39</t>
   </si>
   <si>
     <t>15e bataillon de chasseurs alpins juin 1940. Fosse commune</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/15e-bataillon-chasseurs-alpins-juin-1940-fosse-commune</t>
   </si>
   <si>
+    <t>20929-383</t>
+  </si>
+  <si>
+    <t>15e bataillon de chasseurs alpins, Champagne</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/15e-bataillon-chasseurs-alpins-champagne</t>
+  </si>
+  <si>
     <t>2019.58.201</t>
   </si>
   <si>
-    <t>15e bataillon de chasseurs alpins, Champagne</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/15e-bataillon-chasseurs-alpins-champagne-0</t>
   </si>
   <si>
-    <t>20929-383</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.168</t>
   </si>
   <si>
     <t>Attaque de chars</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/attaque-chars</t>
   </si>
   <si>
     <t>2019.58.163</t>
   </si>
   <si>
     <t>Attaque navale</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/attaque-navale</t>
   </si>
   <si>
     <t>2019.58.223</t>
   </si>
   <si>
     <t>Autoportrait à l'arrivée au cantonnement</t>
   </si>
   <si>
     <t>05/1940</t>
@@ -1775,80 +1775,80 @@
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-1940</t>
   </si>
   <si>
     <t>2019.58.191</t>
   </si>
   <si>
     <t>Campagne de France</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-france</t>
   </si>
   <si>
     <t>2019.58.173</t>
   </si>
   <si>
     <t>Chambre de Jean Delpech dans un sanatorium. Au verso, lettre de Jean Delpech à sa mère</t>
   </si>
   <si>
     <t>12/5/1940</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/chambre-jean-delpech-dans-sanatorium-verso-lettre-jean-delpech-mere</t>
   </si>
   <si>
+    <t>2019.58.217</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-route-15e-bataillon-chasseurs-alpins</t>
+  </si>
+  <si>
+    <t>2019.58.218</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-route-15e-bataillon-chasseurs-alpins-0</t>
+  </si>
+  <si>
     <t>2019.58.219</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-route-15e-bataillon-chasseurs-alpins-1</t>
   </si>
   <si>
     <t>2019.58.220</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-route-15e-bataillon-chasseurs-alpins-2</t>
   </si>
   <si>
     <t>2019.58.221</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-route-15e-bataillon-chasseurs-alpins-3</t>
   </si>
   <si>
-    <t>2019.58.217</t>
-[...10 lines deleted...]
-  <si>
     <t>2019.58.227</t>
   </si>
   <si>
     <t>Dans le train, près de Paris</t>
   </si>
   <si>
     <t>5/3/1940</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/dans-train-pres-paris</t>
   </si>
   <si>
     <t>2019.58.77</t>
   </si>
   <si>
     <t>Fort de Lorraine. Entraînement de patrouille (15e  BCA-1939-1940)</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/fort-lorraine-entrainement-patrouille-15e-bca-1939-1940-0</t>
   </si>
   <si>
     <t>20929-363</t>
   </si>
   <si>
     <t>Fort de Lorraine. Entraînement de patrouille (15e BCA-1939-1940)</t>
@@ -2096,65 +2096,65 @@
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/toulouse-repas-repos-soldats</t>
   </si>
   <si>
     <t>20929-161</t>
   </si>
   <si>
     <t>Toulouse : scène de rue</t>
   </si>
   <si>
     <t>06/1940</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/toulouse-scene-rue</t>
   </si>
   <si>
     <t>2019.58.48</t>
   </si>
   <si>
     <t>Trophée : la défaite de 1940</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trophee-defaite-1940</t>
   </si>
   <si>
+    <t>2019.58.55</t>
+  </si>
+  <si>
+    <t>Trophée imaginaire</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trophee-imaginaire-6</t>
+  </si>
+  <si>
     <t>2019.58.50</t>
   </si>
   <si>
-    <t>Trophée imaginaire</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trophee-imaginaire-4</t>
   </si>
   <si>
-    <t>2019.58.55</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.165</t>
   </si>
   <si>
     <t>Une gare pendant l'Occupation</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/gare-pendant-loccupation</t>
   </si>
   <si>
     <t>2019.58.164</t>
   </si>
   <si>
     <t>Une rue sous l'Occupation. Au verso, Académie d'homme par Bleynie</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/rue-loccupation-verso-academie-dhomme-bleynie</t>
   </si>
   <si>
     <t>2019.58.65</t>
   </si>
   <si>
     <t>Victoire du moteur</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/victoire-moteur</t>
@@ -2267,107 +2267,107 @@
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/attelages-paris</t>
   </si>
   <si>
     <t>2019.58.28</t>
   </si>
   <si>
     <t>Camp de prisonniers</t>
   </si>
   <si>
     <t>Entre 1942 et 1944</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/camp-prisonniers</t>
   </si>
   <si>
     <t>2019.58.44</t>
   </si>
   <si>
     <t>Campagne de France 1940</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-france-1940</t>
   </si>
   <si>
+    <t>2019.58.78</t>
+  </si>
+  <si>
+    <t>Folie et charité (Dunkerque 1940)</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/folie-charite-dunkerque-1940-0</t>
+  </si>
+  <si>
     <t>20929-347</t>
   </si>
   <si>
-    <t>Folie et charité (Dunkerque 1940)</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/folie-charite-dunkerque-1940</t>
   </si>
   <si>
-    <t>2019.58.78</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.85</t>
   </si>
   <si>
     <t>Forteresse</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/forteresse</t>
   </si>
   <si>
     <t>20929-152</t>
   </si>
   <si>
     <t>Gare de Tramways, 1942</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/gare-tramways-1942</t>
   </si>
   <si>
     <t>20929-334</t>
   </si>
   <si>
     <t>L'école bombardée</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/lecole-bombardee</t>
   </si>
   <si>
+    <t>20929-73</t>
+  </si>
+  <si>
+    <t>Le château de Chambord</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/chateau-chambord</t>
+  </si>
+  <si>
     <t>2019.58.123</t>
   </si>
   <si>
-    <t>Le château de Chambord</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/chateau-chambord-0</t>
   </si>
   <si>
-    <t>20929-73</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.88</t>
   </si>
   <si>
     <t>Les prisonniers</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/prisonniers</t>
   </si>
   <si>
     <t>20929-148</t>
   </si>
   <si>
     <t>Paris bombardé, 1942</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/paris-bombarde-1942</t>
   </si>
   <si>
     <t>2019.58.121</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/paris-loccupation-0</t>
   </si>
   <si>
     <t>2019.58.128</t>
@@ -2750,68 +2750,68 @@
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/bataille-singapour-0</t>
   </si>
   <si>
     <t>2019.58.71</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/bateaux-guerre-0</t>
   </si>
   <si>
     <t>2019.58.72</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/bateaux-guerre</t>
   </si>
   <si>
     <t>2019.58.6</t>
   </si>
   <si>
     <t>Bivouac des Alliés, Champs Elysées</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/bivouac-allies-champs-elysees</t>
   </si>
   <si>
+    <t>2019.58.139</t>
+  </si>
+  <si>
+    <t>Bizerte, Obusier M8</t>
+  </si>
+  <si>
+    <t>Vers 1944</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/bizerte-obusier-m8-0</t>
+  </si>
+  <si>
     <t>20929-323</t>
   </si>
   <si>
-    <t>Bizerte, Obusier M8</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/bizerte-obusier-m8</t>
   </si>
   <si>
-    <t>2019.58.139</t>
-[...7 lines deleted...]
-  <si>
     <t>20929-346</t>
   </si>
   <si>
     <t>Bouée Mae West Canot Dunghy</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/bouee-mae-west-canot-dunghy</t>
   </si>
   <si>
     <t>2019.58.80</t>
   </si>
   <si>
     <t>Bouée Mae West, canot de sauvetage Dinghy</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/bouee-mae-west-canot-sauvetage-dinghy</t>
   </si>
   <si>
     <t>20929-241</t>
   </si>
   <si>
     <t>Brigadier chef Charbit, 2e régiment de spahis</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/brigadier-chef-charbit-2e-regiment-spahis</t>
@@ -2984,71 +2984,71 @@
   <si>
     <t>Char léger M3A3 « Triboulet » : vue arrière</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/char-leger-m3a3-triboulet-vue-arriere</t>
   </si>
   <si>
     <t>20929-46</t>
   </si>
   <si>
     <t>Char léger M3A3 « Triboulet » : vue avant</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/char-leger-m3a3-triboulet-vue</t>
   </si>
   <si>
     <t>20929-48</t>
   </si>
   <si>
     <t>Char léger M3A3 « Triboulet » : vue de profil</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/char-leger-m3a3-triboulet-vue-profil</t>
   </si>
   <si>
+    <t>20929-116</t>
+  </si>
+  <si>
+    <t>Char Panther, 1944</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/char-panther-1944-0</t>
+  </si>
+  <si>
     <t>20929-117</t>
   </si>
   <si>
-    <t>Char Panther, 1944</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/char-panther-1944-1</t>
   </si>
   <si>
     <t>20929-118</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/char-panther-1944</t>
   </si>
   <si>
-    <t>20929-116</t>
-[...4 lines deleted...]
-  <si>
     <t>20929-34</t>
   </si>
   <si>
     <t>Char Pershing</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/char-pershing</t>
   </si>
   <si>
     <t>20929-32</t>
   </si>
   <si>
     <t>Char Pershing  « Dunois »</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/char-pershing-dunois</t>
   </si>
   <si>
     <t>20929-35</t>
   </si>
   <si>
     <t>Char Pershing : détail</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/char-pershing-detail</t>
@@ -3302,77 +3302,77 @@
   <si>
     <t>Hôtel des Pyrénées rue de Seine</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/hotel-pyrenees-rue-seine</t>
   </si>
   <si>
     <t>20929-28</t>
   </si>
   <si>
     <t>Intérieur d’un char Sherman</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/interieur-dun-char-sherman</t>
   </si>
   <si>
     <t>20929-217</t>
   </si>
   <si>
     <t>Izeroukiene et Ben Douane, Campagne d'Allemagne</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/izeroukiene-ben-douane-campagne-dallemagne</t>
   </si>
   <si>
+    <t>20929-18</t>
+  </si>
+  <si>
+    <t>Jeep</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/jeep-0</t>
+  </si>
+  <si>
+    <t>20929-8</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/jeep-1</t>
+  </si>
+  <si>
     <t>20929-10</t>
   </si>
   <si>
-    <t>Jeep</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/jeep-2</t>
   </si>
   <si>
     <t>20929-11</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/jeep</t>
   </si>
   <si>
-    <t>20929-18</t>
-[...10 lines deleted...]
-  <si>
     <t>20929-219</t>
   </si>
   <si>
     <t>Jérôme Portas, 49e régiment d'infanterie</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/jerome-portas-49e-regiment-dinfanterie</t>
   </si>
   <si>
     <t>20929-125</t>
   </si>
   <si>
     <t>Jerrican pour le transport d’eau de la Wehrmacht</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/jerrican-transport-deau-wehrmacht</t>
   </si>
   <si>
     <t>20929-127</t>
   </si>
   <si>
     <t>Jerricans</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/jerricans</t>
@@ -3644,71 +3644,71 @@
   <si>
     <t>Libération de Paris, août 1944</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/liberation-paris-aout-1944</t>
   </si>
   <si>
     <t>20929-74</t>
   </si>
   <si>
     <t>Libération de Paris, char R. 35</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/liberation-paris-char-r-35</t>
   </si>
   <si>
     <t>20929-75</t>
   </si>
   <si>
     <t>Libération de Paris, char Sherman de la division Leclerc</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/liberation-paris-char-sherman-division-leclerc</t>
   </si>
   <si>
+    <t>20929-82</t>
+  </si>
+  <si>
+    <t>Libération de Paris, U.S. Army</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/liberation-paris-us-army-0</t>
+  </si>
+  <si>
+    <t>20929-84</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/liberation-paris-us-army-1</t>
+  </si>
+  <si>
     <t>20929-85</t>
   </si>
   <si>
-    <t>Libération de Paris, U.S. Army</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/liberation-paris-us-army</t>
   </si>
   <si>
-    <t>20929-82</t>
-[...10 lines deleted...]
-  <si>
     <t>20929-87</t>
   </si>
   <si>
     <t>Libération de Paris, vue du Ministère des Affaires Etrangères</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/liberation-paris-vue-ministere-affaires-etrangeres</t>
   </si>
   <si>
     <t>20929-52</t>
   </si>
   <si>
     <t>Lorraine, 1944</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/lorraine-1944</t>
   </si>
   <si>
     <t>2019.58.43</t>
   </si>
   <si>
     <t>Marche du 15e  bataillon de chasseurs alpins</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/marche-15e-bataillon-chasseurs-alpins-1</t>
@@ -3752,89 +3752,89 @@
   <si>
     <t>Moteur d'un char Sherman</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/moteur-dun-char-sherman</t>
   </si>
   <si>
     <t>20929-7</t>
   </si>
   <si>
     <t>Moteur de Jeep</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/moteur-jeep</t>
   </si>
   <si>
     <t>20929-255</t>
   </si>
   <si>
     <t>Mougenot, 2e régiment de spahis</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/mougenot-2e-regiment-spahis</t>
   </si>
   <si>
+    <t>2019.58.74</t>
+  </si>
+  <si>
+    <t>Panther</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/panther-0</t>
+  </si>
+  <si>
     <t>20929-365</t>
   </si>
   <si>
-    <t>Panther</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/panther</t>
   </si>
   <si>
-    <t>2019.58.74</t>
-[...4 lines deleted...]
-  <si>
     <t>20929-96</t>
   </si>
   <si>
     <t>Paris : véhicules abandonnés, septembre 1944</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/paris-vehicules-abandonnes-septembre-1944</t>
   </si>
   <si>
+    <t>2019.58.99</t>
+  </si>
+  <si>
+    <t>Paris occupé</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/paris-occupe-0</t>
+  </si>
+  <si>
     <t>20929-368</t>
   </si>
   <si>
-    <t>Paris occupé</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/paris-occupe</t>
   </si>
   <si>
-    <t>2019.58.99</t>
-[...4 lines deleted...]
-  <si>
     <t>20929-93</t>
   </si>
   <si>
     <t>Paris. Automitrailleuse américaine</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/paris-automitrailleuse-americaine</t>
   </si>
   <si>
     <t>20929-228</t>
   </si>
   <si>
     <t>Pédinielli Pierre, 2e régiment de spahis</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/pedinielli-pierre-2e-regiment-spahis</t>
   </si>
   <si>
     <t>20929-249</t>
   </si>
   <si>
     <t>Père Déal, 2e régiment de spahis</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/pere-deal-2e-regiment-spahis</t>
@@ -3920,71 +3920,71 @@
   <si>
     <t>2019.58.158</t>
   </si>
   <si>
     <t>Rennes, 1944-1945</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/rennes-1944-1945</t>
   </si>
   <si>
     <t>2019.58.14</t>
   </si>
   <si>
     <t>Retraite allemande 1944</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/retraite-allemande-1944-1</t>
   </si>
   <si>
     <t>20929-342</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/retraite-allemande-1944-0</t>
   </si>
   <si>
+    <t>2019.58.1</t>
+  </si>
+  <si>
+    <t>Retraite allemande à travers Paris</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/retraite-allemande-travers-paris-1</t>
+  </si>
+  <si>
     <t>20929-354</t>
   </si>
   <si>
-    <t>Retraite allemande à travers Paris</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/retraite-allemande-travers-paris</t>
   </si>
   <si>
     <t>2019.58.9</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/retraite-allemande-travers-paris-0</t>
   </si>
   <si>
-    <t>2019.58.1</t>
-[...4 lines deleted...]
-  <si>
     <t>20929-233</t>
   </si>
   <si>
     <t>Roger Picazo, 2e régiment de spahis</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/roger-picazo-2e-regiment-spahis</t>
   </si>
   <si>
     <t>20929-283</t>
   </si>
   <si>
     <t>Rouffach : simulation d'une attaque d'un village</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/rouffach-simulation-dune-attaque-dun-village</t>
   </si>
   <si>
     <t>20929-284</t>
   </si>
   <si>
     <t>Rouffach, entrainement au tir mitraillette (50m)</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/rouffach-entrainement-tir-mitraillette-50m</t>
@@ -4364,74 +4364,74 @@
   <si>
     <t>Blindés</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/blindes</t>
   </si>
   <si>
     <t>20929-335</t>
   </si>
   <si>
     <t>Blindés britanniques</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/blindes-britanniques</t>
   </si>
   <si>
     <t>20929-211</t>
   </si>
   <si>
     <t>Boumaza Loufis et le caporal Boufares, 7e  régiment de chasseurs d'Afrique</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/boumaza-loufis-caporal-boufares-7e-regiment-chasseurs-dafrique</t>
   </si>
   <si>
+    <t>2019.58.355</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-3</t>
+  </si>
+  <si>
+    <t>20929-192</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne</t>
+  </si>
+  <si>
     <t>20929-45</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-2</t>
   </si>
   <si>
     <t>20929-176</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-0</t>
   </si>
   <si>
-    <t>2019.58.355</t>
-[...10 lines deleted...]
-  <si>
     <t>2019.58.171</t>
   </si>
   <si>
     <t>Campagne d'Allemagne 1945. Prisonniers</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-1945-prisonniers</t>
   </si>
   <si>
     <t>20929-208</t>
   </si>
   <si>
     <t>Campagne d'Allemagne, 1945, 1er  groupement de tabors marocains</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-1945-1er-groupement-tabors-marocains</t>
   </si>
   <si>
     <t>20929-188</t>
   </si>
   <si>
     <t>Campagne d'Allemagne, 1945. Ambulance</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-1945-ambulance</t>
@@ -4484,65 +4484,65 @@
   <si>
     <t>Campagne d'Allemagne, Nancy</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-nancy</t>
   </si>
   <si>
     <t>20929-190</t>
   </si>
   <si>
     <t>Campagne d'Allemagne, scène dans une cuisine</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-scene-dans-cuisine</t>
   </si>
   <si>
     <t>2019.58.244</t>
   </si>
   <si>
     <t>Campagne d'Allemagne, soldats assis</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-soldats-assis</t>
   </si>
   <si>
+    <t>2019.58.353</t>
+  </si>
+  <si>
+    <t>Campagne d'Allemagne, une rue</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-rue-0</t>
+  </si>
+  <si>
     <t>20929-44</t>
   </si>
   <si>
-    <t>Campagne d'Allemagne, une rue</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-rue</t>
   </si>
   <si>
-    <t>2019.58.353</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.354</t>
   </si>
   <si>
     <t>Campagne d'Allemagne, véhicules militaires dans une rue</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-vehicules-militaires-dans-rue-1</t>
   </si>
   <si>
     <t>20929-40</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-vehicules-militaires-dans-rue-0</t>
   </si>
   <si>
     <t>20929-286</t>
   </si>
   <si>
     <t>Campagne d'Allemagne. Deux soldats dans un véhicule</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-deux-soldats-dans-vehicule</t>
   </si>
   <si>
     <t>20929-194</t>
@@ -4679,65 +4679,65 @@
   <si>
     <t>Campagne d’Allemagne, portraits d’enfants</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-portraits-denfants</t>
   </si>
   <si>
     <t>2019.58.359</t>
   </si>
   <si>
     <t>Campagne d’Allemagne, scène de rue devant une boucherie</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-scene-rue-devant-boucherie</t>
   </si>
   <si>
     <t>20929-25</t>
   </si>
   <si>
     <t>Campagne d’Allemagne, soldat assis sur un véhicule</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-soldat-assis-vehicule</t>
   </si>
   <si>
+    <t>2019.58.384</t>
+  </si>
+  <si>
+    <t>Campagne d’Allemagne, soldat dans sa chambre</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-soldat-dans-chambre-0</t>
+  </si>
+  <si>
     <t>2019.58.382</t>
   </si>
   <si>
-    <t>Campagne d’Allemagne, soldat dans sa chambre</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-soldat-dans-chambre</t>
   </si>
   <si>
-    <t>2019.58.384</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.357</t>
   </si>
   <si>
     <t>Campagne d’Allemagne, soldats et véhicules militaires dans une rue</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-soldats-vehicules-militaires-dans-rue</t>
   </si>
   <si>
     <t>20929-39</t>
   </si>
   <si>
     <t>Campagne d’Allemagne, véhicules militaires dans une rue</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-vehicules-militaires-dans-rue</t>
   </si>
   <si>
     <t>2019.58.405</t>
   </si>
   <si>
     <t>Campement militaire</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campement-militaire</t>
@@ -4904,65 +4904,65 @@
   <si>
     <t>Char léger M3</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/char-leger-m3</t>
   </si>
   <si>
     <t>2019.58.131</t>
   </si>
   <si>
     <t>Char M8 Howitzer Motor Carriage « Bellone »</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/char-m8-howitzer-motor-carriage-bellone</t>
   </si>
   <si>
     <t>2019.58.140</t>
   </si>
   <si>
     <t>Char Panther</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/char-panther</t>
   </si>
   <si>
+    <t>20929-317</t>
+  </si>
+  <si>
+    <t>Char Panther (Jagdpanzer 38t) « Carola »</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/char-panther-jagdpanzer-38t-carola</t>
+  </si>
+  <si>
     <t>2019.58.20</t>
   </si>
   <si>
-    <t>Char Panther (Jagdpanzer 38t) « Carola »</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/char-panther-jagdpanzer-38t-carola-0</t>
   </si>
   <si>
-    <t>20929-317</t>
-[...4 lines deleted...]
-  <si>
     <t>20929-119</t>
   </si>
   <si>
     <t>Char Panther, Allemagne</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/char-panther-allemagne</t>
   </si>
   <si>
     <t>2019.58.135</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/char-sherman-courroux</t>
   </si>
   <si>
     <t>2019.58.143</t>
   </si>
   <si>
     <t>Char T-34 « Tcherkess II »</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/char-t-34-tcherkess-ii</t>
   </si>
   <si>
     <t>20929-120</t>
@@ -5075,65 +5075,65 @@
   <si>
     <t>Cuirassiers, campagne d'Allemagne</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/cuirassiers-campagne-dallemagne</t>
   </si>
   <si>
     <t>2019.58.407</t>
   </si>
   <si>
     <t>Dans une rue en Allemagne</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/dans-rue-en-allemagne</t>
   </si>
   <si>
     <t>20929-166</t>
   </si>
   <si>
     <t>Dans une rue, Forêt-Noire</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/dans-rue-foret-noire</t>
   </si>
   <si>
+    <t>20929-136</t>
+  </si>
+  <si>
+    <t>Débris d’avions</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/debris-davions</t>
+  </si>
+  <si>
     <t>20929-130</t>
   </si>
   <si>
-    <t>Débris d’avions</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/debris-davions-0</t>
   </si>
   <si>
-    <t>20929-136</t>
-[...4 lines deleted...]
-  <si>
     <t>20929-307</t>
   </si>
   <si>
     <t>Deux officiers du 2e Tabor</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/deux-officiers-2e-tabor</t>
   </si>
   <si>
     <t>2019.58.421</t>
   </si>
   <si>
     <t>Deux soldats assis dans une cuisine en Allemagne</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/deux-soldats-assis-dans-cuisine-en-allemagne</t>
   </si>
   <si>
     <t>2019.58.404</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/deux-soldats-assis-larriere-plan-grange</t>
   </si>
   <si>
     <t>2019.58.374</t>
@@ -5282,116 +5282,116 @@
   <si>
     <t>Forêt-Noire. 1ère armée. Vaihingen</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/foret-noire-1ere-armee-vaihingen</t>
   </si>
   <si>
     <t>2019.58.400</t>
   </si>
   <si>
     <t>Fouille de prisonniers</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/fouille-prisonniers</t>
   </si>
   <si>
     <t>20929-254</t>
   </si>
   <si>
     <t>Gabriel Beauleret, 2e régiment de spahis</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/gabriel-beauleret-2e-regiment-spahis</t>
   </si>
   <si>
+    <t>20929-169</t>
+  </si>
+  <si>
+    <t>Gare d'Eutingen im Gäu</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/gare-deutingen-im-gau</t>
+  </si>
+  <si>
     <t>2019.58.351</t>
   </si>
   <si>
-    <t>Gare d'Eutingen im Gäu</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/gare-deutingen-im-gau-0</t>
   </si>
   <si>
-    <t>20929-169</t>
-[...4 lines deleted...]
-  <si>
     <t>20929-15</t>
   </si>
   <si>
     <t>Génie de l'Air, outillage</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/genie-lair-outillage</t>
   </si>
   <si>
     <t>2019.58.372</t>
   </si>
   <si>
     <t>Goumier dans une rue en Allemagne</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/goumier-dans-rue-en-allemagne</t>
   </si>
   <si>
     <t>20929-386</t>
   </si>
   <si>
     <t>Goumiers dans un village en Allemagne</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/goumiers-dans-village-en-allemagne</t>
   </si>
   <si>
     <t>2019.58.30</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/goumiers-dans-village-en-allemagne-0</t>
   </si>
   <si>
+    <t>20929-309</t>
+  </si>
+  <si>
+    <t>Goumiers tués devant Neuhausen 1945</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/goumiers-tues-devant-neuhausen-1945</t>
+  </si>
+  <si>
     <t>2019.58.369</t>
   </si>
   <si>
-    <t>Goumiers tués devant Neuhausen 1945</t>
-[...1 lines deleted...]
-  <si>
     <t>04/1945</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/goumiers-tues-devant-neuhausen-1945-0</t>
   </si>
   <si>
-    <t>20929-309</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.133</t>
   </si>
   <si>
     <t>Half-track « Centaure »</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/half-track-centaure</t>
   </si>
   <si>
     <t>20929-390</t>
   </si>
   <si>
     <t>Hangar à camions</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/hangar-camions</t>
   </si>
   <si>
     <t>2019.58.360</t>
   </si>
   <si>
     <t>Hangar camouflé</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/hangar-camoufle</t>
@@ -6014,65 +6014,65 @@
   <si>
     <t>Ratinaud, campagne d'Allemagne</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/ratinaud-campagne-dallemagne</t>
   </si>
   <si>
     <t>20929-282</t>
   </si>
   <si>
     <t>Réparation d'avion</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/reparation-davion</t>
   </si>
   <si>
     <t>20929-278</t>
   </si>
   <si>
     <t>Réparation d'avion Thunderbolt</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/reparation-davion-thunderbolt</t>
   </si>
   <si>
+    <t>2019.58.345</t>
+  </si>
+  <si>
+    <t>Repas des soldats</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/repas-soldats-0</t>
+  </si>
+  <si>
     <t>2019.58.371</t>
   </si>
   <si>
-    <t>Repas des soldats</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/repas-soldats</t>
   </si>
   <si>
-    <t>2019.58.345</t>
-[...4 lines deleted...]
-  <si>
     <t>20929-308</t>
   </si>
   <si>
     <t>Représentation symbolique de la défaite des forces de l'Axe</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/representation-symbolique-defaite-forces-laxe</t>
   </si>
   <si>
     <t>20929-214</t>
   </si>
   <si>
     <t>Robert Caserta, 7e régiment de chasseurs d'Afrique</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/robert-caserta-7e-regiment-chasseurs-dafrique</t>
   </si>
   <si>
     <t>2019.58.416</t>
   </si>
   <si>
     <t>Rouffach : la cantine</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/rouffach-cantine</t>
@@ -6269,170 +6269,170 @@
   <si>
     <t>Sous-lieutenant Bizé</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/lieutenant-bize</t>
   </si>
   <si>
     <t>20929-320</t>
   </si>
   <si>
     <t>Spahis</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/spahis</t>
   </si>
   <si>
     <t>2019.58.403</t>
   </si>
   <si>
     <t>Steinegg : observatoire d’artillerie</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/steinegg-observatoire-dartillerie</t>
   </si>
   <si>
+    <t>2019.58.426</t>
+  </si>
+  <si>
+    <t>Stuttgart en ruines</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/stuttgart-en-ruines</t>
+  </si>
+  <si>
     <t>2019.58.415</t>
   </si>
   <si>
-    <t>Stuttgart en ruines</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/stuttgart-en-ruines-0</t>
   </si>
   <si>
-    <t>2019.58.426</t>
-[...2 lines deleted...]
-    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/stuttgart-en-ruines</t>
+    <t>2019.58.203</t>
+  </si>
+  <si>
+    <t>Stuttgart, 1945</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/stuttgart-1945-3</t>
+  </si>
+  <si>
+    <t>2019.58.26</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/stuttgart-1945-4</t>
+  </si>
+  <si>
+    <t>20929-172</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/stuttgart-1945-0</t>
   </si>
   <si>
     <t>20929-184</t>
   </si>
   <si>
-    <t>Stuttgart, 1945</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/stuttgart-1945</t>
   </si>
   <si>
     <t>20929-164</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/stuttgart-1945-1</t>
   </si>
   <si>
     <t>2019.58.425</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/stuttgart-1945-2</t>
   </si>
   <si>
-    <t>2019.58.203</t>
-[...16 lines deleted...]
-  <si>
     <t>20929-312</t>
   </si>
   <si>
     <t>Stuttgart, un nazi dans une rafle nocture, s'égorge</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/stuttgart-nazi-dans-rafle-nocture-segorge</t>
   </si>
   <si>
     <t>2019.58.352</t>
   </si>
   <si>
     <t>Stuttgart. Palais Royal</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/stuttgart-palais-royal</t>
   </si>
   <si>
     <t>20929-276</t>
   </si>
   <si>
     <t>Tableau de bord du Goëland</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/tableau-bord-goeland</t>
   </si>
   <si>
     <t>2019.58.205</t>
   </si>
   <si>
     <t>Tabors</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/tabors</t>
   </si>
   <si>
     <t>2019.58.399</t>
   </si>
   <si>
     <t>Tabors assis autour d’un soldat alité</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/tabors-assis-autour-dun-soldat-alite</t>
   </si>
   <si>
+    <t>2019.58.406</t>
+  </si>
+  <si>
+    <t>Tabors au repos</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/tabors-repos</t>
+  </si>
+  <si>
     <t>2019.58.390</t>
   </si>
   <si>
-    <t>Tabors au repos</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/tabors-repos-1</t>
   </si>
   <si>
     <t>2019.58.392</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/tabors-repos-0</t>
   </si>
   <si>
-    <t>2019.58.406</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.396</t>
   </si>
   <si>
     <t>Tabors dans une rue</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/tabors-dans-rue</t>
   </si>
   <si>
     <t>20929-51</t>
   </si>
   <si>
     <t>Tank Destroyer démonté</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/tank-destroyer-demonte</t>
   </si>
   <si>
     <t>20929-314</t>
   </si>
   <si>
     <t>Tank Destroyer du 7e régiment de chasseurs d'Afrique « Courage »</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/tank-destroyer-7e-regiment-chasseurs-dafrique-courage</t>
@@ -6509,167 +6509,167 @@
   <si>
     <t>Traversée du Rhin</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/traversee-rhin</t>
   </si>
   <si>
     <t>2019.58.350</t>
   </si>
   <si>
     <t>Trois femmes allemandes dans une cuisine</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trois-femmes-allemandes-dans-cuisine</t>
   </si>
   <si>
     <t>20929-325</t>
   </si>
   <si>
     <t>Trois sergents anglais : Adams, Hunt et Wileman</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trois-sergents-anglais-adams-hunt-wileman</t>
   </si>
   <si>
+    <t>20929-340</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trophee-imaginaire</t>
+  </si>
+  <si>
+    <t>2019.58.109</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trophee-imaginaire-2</t>
+  </si>
+  <si>
+    <t>2019.58.56</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trophee-imaginaire-7</t>
+  </si>
+  <si>
+    <t>2019.58.110</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trophee-imaginaire-1</t>
+  </si>
+  <si>
+    <t>2019.58.57</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trophee-imaginaire-8</t>
+  </si>
+  <si>
+    <t>2019.58.101</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trophee-imaginaire-3</t>
+  </si>
+  <si>
     <t>2019.58.49</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trophee-imaginaire-5</t>
   </si>
   <si>
     <t>20929-336</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trophee-imaginaire-0</t>
   </si>
   <si>
-    <t>20929-340</t>
-[...32 lines deleted...]
-    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trophee-imaginaire-3</t>
+    <t>2019.58.53</t>
+  </si>
+  <si>
+    <t>Trophée imaginaire d'un blindé soviétique</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trophee-imaginaire-dun-blinde-sovietique</t>
   </si>
   <si>
     <t>2019.58.52</t>
   </si>
   <si>
-    <t>Trophée imaginaire d'un blindé soviétique</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trophee-imaginaire-dun-blinde-sovietique-0</t>
   </si>
   <si>
-    <t>2019.58.53</t>
-[...2 lines deleted...]
-    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trophee-imaginaire-dun-blinde-sovietique</t>
+    <t>20929-319</t>
+  </si>
+  <si>
+    <t>Trophée imaginaire d'un parachutiste</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trophee-imaginaire-dun-parachutiste</t>
   </si>
   <si>
     <t>2019.58.51</t>
   </si>
   <si>
-    <t>Trophée imaginaire d'un parachutiste</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trophee-imaginaire-dun-parachutiste-0</t>
   </si>
   <si>
-    <t>20929-319</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.108</t>
   </si>
   <si>
     <t>Trophée imaginaire de carcasses d'avions</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trophee-imaginaire-carcasses-davions</t>
   </si>
   <si>
+    <t>2019.58.107</t>
+  </si>
+  <si>
+    <t>Trophée imaginaire de carcasses de bateaux</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trophee-imaginaire-carcasses-bateaux-0</t>
+  </si>
+  <si>
     <t>20929-293</t>
   </si>
   <si>
-    <t>Trophée imaginaire de carcasses de bateaux</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trophee-imaginaire-carcasses-bateaux</t>
   </si>
   <si>
-    <t>2019.58.107</t>
-[...2 lines deleted...]
-    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trophee-imaginaire-carcasses-bateaux-0</t>
+    <t>2019.58.58</t>
+  </si>
+  <si>
+    <t>Trophée imaginaire de carcasses de blindés</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trophee-imaginaire-carcasses-blindes-0</t>
   </si>
   <si>
     <t>2019.58.59</t>
   </si>
   <si>
-    <t>Trophée imaginaire de carcasses de blindés</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trophee-imaginaire-carcasses-blindes</t>
   </si>
   <si>
-    <t>2019.58.58</t>
-[...4 lines deleted...]
-  <si>
     <t>20929-316</t>
   </si>
   <si>
     <t>U-boot 700 t</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/u-boot-700-t</t>
   </si>
   <si>
     <t>2019.58.207</t>
   </si>
   <si>
     <t>U.S. Parachutistes Eng</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/us-parachutistes-eng</t>
   </si>
   <si>
     <t>20929-339</t>
   </si>
   <si>
     <t>Un char allemand a brûlé avec son équipage</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/char-allemand-brule-equipage</t>
@@ -6800,219 +6800,219 @@
   <si>
     <t>Vue d'un port et ses navires</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/vue-dun-port-navires</t>
   </si>
   <si>
     <t>20929-142</t>
   </si>
   <si>
     <t>Wilhelm Brutt de la Kriegsmarine</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/wilhelm-brutt-kriegsmarine</t>
   </si>
   <si>
     <t>20929-195</t>
   </si>
   <si>
     <t>Wurtemberg : le lieutenant Leduc, 71e  bataillon du génie de l’air</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/wurtemberg-lieutenant-leduc-71e-bataillon-genie-lair</t>
   </si>
   <si>
+    <t>20929-285</t>
+  </si>
+  <si>
+    <t>Wurtemberg, 1945</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/wurtemberg-1945</t>
+  </si>
+  <si>
+    <t>20929-191</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/wurtemberg-1945-0</t>
+  </si>
+  <si>
     <t>20929-173</t>
   </si>
   <si>
-    <t>Wurtemberg, 1945</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/wurtemberg-1945-1</t>
   </si>
   <si>
-    <t>20929-285</t>
-[...10 lines deleted...]
-  <si>
     <t>2019.58.177</t>
   </si>
   <si>
     <t>Yhlali ben Zahlib, 1er  groupement de tabors marocains</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/yhlali-ben-zahlib-1er-groupement-tabors-marocains</t>
   </si>
   <si>
     <t>20929-212</t>
   </si>
   <si>
     <t>Yvon Ambrosino, 7e régiment de chasseurs d'Afrique</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/yvon-ambrosino-7e-regiment-chasseurs-dafrique</t>
   </si>
   <si>
     <t>20929-351</t>
   </si>
   <si>
     <t>Funérailles d'un héros</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/funerailles-dun-heros</t>
   </si>
   <si>
     <t>2019.58.47</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/funerailles-dun-heros-0</t>
   </si>
   <si>
+    <t>2019.58.90</t>
+  </si>
+  <si>
+    <t>Guerre et Mort</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/guerre-mort-0</t>
+  </si>
+  <si>
     <t>20929-356</t>
   </si>
   <si>
-    <t>Guerre et Mort</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/guerre-mort</t>
   </si>
   <si>
-    <t>2019.58.90</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.69</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/lallemagne-assiegee-invente-guerre-totale-0</t>
   </si>
   <si>
     <t>20929-333</t>
   </si>
   <si>
     <t>Soldats marocains</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-marocains</t>
   </si>
   <si>
     <t>2019.58.96</t>
   </si>
   <si>
     <t>Paris Capitale</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/paris-capitale</t>
   </si>
   <si>
+    <t>2019.58.67</t>
+  </si>
+  <si>
+    <t>Les Alliés s'emparent du ciel</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/allies-semparent-ciel-0</t>
+  </si>
+  <si>
     <t>20929-358</t>
   </si>
   <si>
-    <t>Les Alliés s'emparent du ciel</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/allies-semparent-ciel</t>
   </si>
   <si>
-    <t>2019.58.67</t>
-[...2 lines deleted...]
-    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/allies-semparent-ciel-0</t>
+    <t>2019.58.68</t>
+  </si>
+  <si>
+    <t>Les Anglo-Américains maîtres des mers</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/anglo-americains-maitres-mers-0</t>
   </si>
   <si>
     <t>20929-366</t>
   </si>
   <si>
-    <t>Les Anglo-Américains maîtres des mers</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/anglo-americains-maitres-mers</t>
   </si>
   <si>
-    <t>2019.58.68</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.70</t>
   </si>
   <si>
     <t>Les USA intacts forgent à la hâte un prodigieux matériel d'assaut</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/usa-intacts-forgent-hate-prodigieux-materiel-dassaut-0</t>
   </si>
   <si>
     <t>20929-345</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/usa-intacts-forgent-hate-prodigieux-materiel-dassaut</t>
   </si>
   <si>
     <t>20929-322</t>
   </si>
   <si>
     <t>Avion de guerre</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/avion-guerre</t>
   </si>
   <si>
     <t>20929-321</t>
   </si>
   <si>
     <t>Avion de guerre allemand</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/avion-guerre-allemand</t>
   </si>
   <si>
+    <t>20929-57</t>
+  </si>
+  <si>
+    <t>Canon antichar conservé au musée militaire de Castel San Angelo, Rome</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/canon-antichar-conserve-musee-militaire-castel-san-angelo-rome-0</t>
+  </si>
+  <si>
     <t>20929-56</t>
   </si>
   <si>
-    <t>Canon antichar conservé au musée militaire de Castel San Angelo, Rome</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/canon-antichar-conserve-musee-militaire-castel-san-angelo-rome</t>
-  </si>
-[...4 lines deleted...]
-    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/canon-antichar-conserve-musee-militaire-castel-san-angelo-rome-0</t>
   </si>
   <si>
     <t>2019.58.114</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/scene-bombardement</t>
   </si>
   <si>
     <t>20929-124</t>
   </si>
   <si>
     <t>Fusil Mauser 1913</t>
   </si>
   <si>
     <t>Vers 1950</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/fusil-mauser-1913</t>
   </si>
   <si>
     <t>20929-200</t>
   </si>
   <si>
     <t>Mit Gott für Kaiser und Reich</t>
   </si>
@@ -7468,122 +7468,122 @@
       <c r="D3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="1">
         <v>1938</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="C5" s="1" t="s">
+      <c r="C5" s="1">
+        <v>1938</v>
+      </c>
+      <c r="D5" s="1" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="1" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="C6" s="1">
-        <v>1938</v>
+      <c r="C6" s="1" t="s">
+        <v>17</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>23</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="1" t="s">
         <v>29</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>30</v>
       </c>
       <c r="C11" s="1">
         <v>1939</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="1" t="s">
         <v>32</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>33</v>
@@ -7595,65 +7595,65 @@
         <v>34</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="1" t="s">
         <v>35</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>36</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="1" t="s">
         <v>39</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="1" t="s">
         <v>42</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="1" t="s">
         <v>44</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="1" t="s">
         <v>47</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>48</v>
@@ -7665,121 +7665,121 @@
         <v>49</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="1" t="s">
         <v>50</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>51</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="1" t="s">
         <v>53</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="1" t="s">
         <v>56</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>57</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="1" t="s">
         <v>59</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>60</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="1" t="s">
         <v>62</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>63</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="1" t="s">
         <v>65</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>66</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="1" t="s">
         <v>68</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>69</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="1" t="s">
         <v>71</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>72</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="1" t="s">
         <v>74</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>75</v>
@@ -7791,79 +7791,79 @@
         <v>76</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="1" t="s">
         <v>77</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>78</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="1" t="s">
         <v>80</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="1" t="s">
         <v>83</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>84</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="1" t="s">
         <v>86</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>87</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="1" t="s">
         <v>89</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>90</v>
       </c>
       <c r="C31" s="1">
         <v>1938</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="1" t="s">
         <v>92</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>93</v>
@@ -7903,149 +7903,149 @@
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="1" t="s">
         <v>101</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>102</v>
       </c>
       <c r="C35" s="1">
         <v>1938</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="1" t="s">
         <v>104</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>105</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="1" t="s">
         <v>107</v>
       </c>
       <c r="B37" s="1" t="s">
         <v>108</v>
       </c>
       <c r="C37" s="1">
         <v>1945</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="1" t="s">
         <v>110</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>111</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="1" t="s">
         <v>113</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>114</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>115</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="1" t="s">
         <v>117</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>118</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="1" t="s">
         <v>120</v>
       </c>
       <c r="B41" s="1" t="s">
         <v>121</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="1" t="s">
         <v>123</v>
       </c>
       <c r="B42" s="1" t="s">
         <v>124</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="1" t="s">
         <v>126</v>
       </c>
       <c r="B43" s="1" t="s">
         <v>127</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="1" t="s">
         <v>129</v>
       </c>
       <c r="B44" s="1" t="s">
         <v>130</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="1" t="s">
         <v>132</v>
       </c>
       <c r="B45" s="1" t="s">
         <v>133</v>
@@ -8098,122 +8098,122 @@
       <c r="D48" s="1" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="1" t="s">
         <v>145</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>146</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>147</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="1" t="s">
         <v>149</v>
       </c>
       <c r="B50" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="C50" s="1">
-        <v>1939</v>
+      <c r="C50" s="1" t="s">
+        <v>151</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="1" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>150</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="1" t="s">
         <v>155</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>150</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="1" t="s">
         <v>157</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>150</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="1" t="s">
         <v>159</v>
       </c>
       <c r="B54" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="C54" s="1" t="s">
-        <v>153</v>
+      <c r="C54" s="1">
+        <v>1939</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="1" t="s">
         <v>161</v>
       </c>
       <c r="B55" s="1" t="s">
         <v>150</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="1" t="s">
         <v>163</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>164</v>
       </c>
       <c r="C56" s="1">
         <v>1939</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="1" t="s">
         <v>166</v>
       </c>
       <c r="B57" s="1" t="s">
         <v>20</v>
@@ -8435,303 +8435,303 @@
         <v>208</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="1" t="s">
         <v>209</v>
       </c>
       <c r="B73" s="1" t="s">
         <v>210</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" s="1" t="s">
         <v>212</v>
       </c>
       <c r="B74" s="1" t="s">
         <v>213</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" s="1" t="s">
         <v>215</v>
       </c>
       <c r="B75" s="1" t="s">
         <v>216</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" s="1" t="s">
         <v>218</v>
       </c>
       <c r="B76" s="1" t="s">
         <v>219</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" s="1" t="s">
         <v>221</v>
       </c>
       <c r="B77" s="1" t="s">
         <v>222</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" s="1" t="s">
         <v>224</v>
       </c>
       <c r="B78" s="1" t="s">
         <v>225</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" s="1" t="s">
         <v>227</v>
       </c>
       <c r="B79" s="1" t="s">
         <v>228</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" s="1" t="s">
         <v>230</v>
       </c>
       <c r="B80" s="1" t="s">
         <v>228</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" s="1" t="s">
         <v>232</v>
       </c>
       <c r="B81" s="1" t="s">
         <v>228</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" s="1" t="s">
         <v>234</v>
       </c>
       <c r="B82" s="1" t="s">
         <v>235</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" s="1" t="s">
         <v>237</v>
       </c>
       <c r="B83" s="1" t="s">
         <v>238</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>239</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B84" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>153</v>
+        <v>184</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" s="1" t="s">
         <v>243</v>
       </c>
       <c r="B85" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" s="1" t="s">
         <v>245</v>
       </c>
       <c r="B86" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>184</v>
+        <v>151</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" s="1" t="s">
         <v>247</v>
       </c>
       <c r="B87" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>153</v>
+        <v>184</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" s="1" t="s">
         <v>249</v>
       </c>
       <c r="B88" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>184</v>
+        <v>151</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" s="1" t="s">
         <v>251</v>
       </c>
       <c r="B89" s="1" t="s">
         <v>252</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="D89" s="1" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" s="1" t="s">
         <v>254</v>
       </c>
       <c r="B90" s="1" t="s">
         <v>255</v>
       </c>
-      <c r="C90" s="1" t="s">
+      <c r="C90" s="1">
+        <v>1939</v>
+      </c>
+      <c r="D90" s="1" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" s="1" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="B91" s="1" t="s">
         <v>255</v>
       </c>
       <c r="C91" s="1">
         <v>1939</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" s="1" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="B92" s="1" t="s">
         <v>255</v>
       </c>
-      <c r="C92" s="1">
-        <v>1939</v>
+      <c r="C92" s="1" t="s">
+        <v>260</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" s="1" t="s">
         <v>262</v>
       </c>
       <c r="B93" s="1" t="s">
         <v>263</v>
       </c>
       <c r="C93" s="1">
         <v>1939</v>
       </c>
       <c r="D93" s="1" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" s="1" t="s">
         <v>265</v>
       </c>
       <c r="B94" s="1" t="s">
         <v>266</v>
@@ -8743,247 +8743,247 @@
         <v>267</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" s="1" t="s">
         <v>268</v>
       </c>
       <c r="B95" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D95" s="1" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" s="1" t="s">
         <v>270</v>
       </c>
       <c r="B96" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="D96" s="1" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" s="1" t="s">
         <v>272</v>
       </c>
       <c r="B97" s="1" t="s">
         <v>273</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D97" s="1" t="s">
         <v>274</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" s="1" t="s">
         <v>275</v>
       </c>
       <c r="B98" s="1" t="s">
         <v>276</v>
       </c>
       <c r="C98" s="1">
         <v>1939</v>
       </c>
       <c r="D98" s="1" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" s="1" t="s">
         <v>278</v>
       </c>
       <c r="B99" s="1" t="s">
         <v>279</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="D99" s="1" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" s="1" t="s">
         <v>281</v>
       </c>
       <c r="B100" s="1" t="s">
         <v>282</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>143</v>
       </c>
       <c r="D100" s="1" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" s="1" t="s">
         <v>284</v>
       </c>
       <c r="B101" s="1" t="s">
         <v>285</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="D101" s="1" t="s">
         <v>286</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" s="1" t="s">
         <v>287</v>
       </c>
       <c r="B102" s="1" t="s">
         <v>288</v>
       </c>
       <c r="C102" s="1" t="s">
         <v>289</v>
       </c>
       <c r="D102" s="1" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" s="1" t="s">
         <v>291</v>
       </c>
       <c r="B103" s="1" t="s">
         <v>292</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="D103" s="1" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" s="1" t="s">
         <v>294</v>
       </c>
       <c r="B104" s="1" t="s">
         <v>292</v>
       </c>
-      <c r="C104" s="1" t="s">
-        <v>153</v>
+      <c r="C104" s="1">
+        <v>1939</v>
       </c>
       <c r="D104" s="1" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" s="1" t="s">
         <v>296</v>
       </c>
       <c r="B105" s="1" t="s">
         <v>292</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" s="1" t="s">
         <v>298</v>
       </c>
       <c r="B106" s="1" t="s">
         <v>292</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" s="1" t="s">
         <v>300</v>
       </c>
       <c r="B107" s="1" t="s">
         <v>292</v>
       </c>
-      <c r="C107" s="1">
-        <v>1939</v>
+      <c r="C107" s="1" t="s">
+        <v>151</v>
       </c>
       <c r="D107" s="1" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" s="1" t="s">
         <v>302</v>
       </c>
       <c r="B108" s="1" t="s">
         <v>303</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>304</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" s="1" t="s">
         <v>305</v>
       </c>
       <c r="B109" s="1" t="s">
         <v>306</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="D109" s="1" t="s">
         <v>307</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" s="1" t="s">
         <v>308</v>
       </c>
       <c r="B110" s="1" t="s">
         <v>309</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="D110" s="1" t="s">
         <v>310</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" s="1" t="s">
         <v>311</v>
       </c>
       <c r="B111" s="1" t="s">
         <v>312</v>
       </c>
       <c r="C111" s="1">
         <v>1939</v>
       </c>
       <c r="D111" s="1" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" s="1" t="s">
         <v>314</v>
       </c>
       <c r="B112" s="1" t="s">
         <v>315</v>
@@ -9022,150 +9022,150 @@
       <c r="D114" s="1" t="s">
         <v>322</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" s="1" t="s">
         <v>323</v>
       </c>
       <c r="B115" s="1" t="s">
         <v>324</v>
       </c>
       <c r="C115" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D115" s="1" t="s">
         <v>325</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" s="1" t="s">
         <v>326</v>
       </c>
       <c r="B116" s="1" t="s">
         <v>327</v>
       </c>
-      <c r="C116" s="1" t="s">
+      <c r="C116" s="1">
+        <v>1939</v>
+      </c>
+      <c r="D116" s="1" t="s">
         <v>328</v>
-      </c>
-[...1 lines deleted...]
-        <v>329</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" s="1" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="B117" s="1" t="s">
         <v>327</v>
       </c>
       <c r="C117" s="1">
         <v>1939</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" s="1" t="s">
-        <v>332</v>
+        <v>331</v>
       </c>
       <c r="B118" s="1" t="s">
         <v>327</v>
       </c>
       <c r="C118" s="1">
         <v>1939</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" s="1" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
       <c r="B119" s="1" t="s">
         <v>327</v>
       </c>
-      <c r="C119" s="1">
-        <v>1939</v>
+      <c r="C119" s="1" t="s">
+        <v>334</v>
       </c>
       <c r="D119" s="1" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" s="1" t="s">
         <v>336</v>
       </c>
       <c r="B120" s="1" t="s">
         <v>327</v>
       </c>
       <c r="C120" s="1">
         <v>1939</v>
       </c>
       <c r="D120" s="1" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" s="1" t="s">
         <v>338</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>339</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>340</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" s="1" t="s">
         <v>342</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>339</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>343</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" s="1" t="s">
         <v>344</v>
       </c>
       <c r="B123" s="1" t="s">
         <v>345</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>346</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" s="1" t="s">
         <v>347</v>
       </c>
       <c r="B124" s="1" t="s">
         <v>348</v>
       </c>
       <c r="C124" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D124" s="1" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" s="1" t="s">
         <v>350</v>
       </c>
       <c r="B125" s="1" t="s">
         <v>351</v>
@@ -9261,65 +9261,65 @@
         <v>369</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" s="1" t="s">
         <v>370</v>
       </c>
       <c r="B132" s="1" t="s">
         <v>371</v>
       </c>
       <c r="C132" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D132" s="1" t="s">
         <v>372</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" s="1" t="s">
         <v>373</v>
       </c>
       <c r="B133" s="1" t="s">
         <v>374</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="D133" s="1" t="s">
         <v>375</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" s="1" t="s">
         <v>376</v>
       </c>
       <c r="B134" s="1" t="s">
         <v>374</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="D134" s="1" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" s="1" t="s">
         <v>378</v>
       </c>
       <c r="B135" s="1" t="s">
         <v>379</v>
       </c>
       <c r="C135" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D135" s="1" t="s">
         <v>380</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" s="1" t="s">
         <v>381</v>
       </c>
       <c r="B136" s="1" t="s">
         <v>382</v>
@@ -9358,66 +9358,66 @@
       <c r="D138" s="1" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" s="1" t="s">
         <v>390</v>
       </c>
       <c r="B139" s="1" t="s">
         <v>391</v>
       </c>
       <c r="C139" s="1">
         <v>1945</v>
       </c>
       <c r="D139" s="1" t="s">
         <v>392</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" s="1" t="s">
         <v>393</v>
       </c>
       <c r="B140" s="1" t="s">
         <v>394</v>
       </c>
-      <c r="C140" s="1">
-        <v>1939</v>
+      <c r="C140" s="1" t="s">
+        <v>151</v>
       </c>
       <c r="D140" s="1" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" s="1" t="s">
         <v>396</v>
       </c>
       <c r="B141" s="1" t="s">
         <v>394</v>
       </c>
-      <c r="C141" s="1" t="s">
-        <v>153</v>
+      <c r="C141" s="1">
+        <v>1939</v>
       </c>
       <c r="D141" s="1" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" s="1" t="s">
         <v>398</v>
       </c>
       <c r="B142" s="1" t="s">
         <v>399</v>
       </c>
       <c r="C142" s="1">
         <v>1939</v>
       </c>
       <c r="D142" s="1" t="s">
         <v>400</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" s="1" t="s">
         <v>401</v>
       </c>
       <c r="B143" s="1" t="s">
         <v>402</v>
@@ -9485,51 +9485,51 @@
         <v>415</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" s="1" t="s">
         <v>416</v>
       </c>
       <c r="B148" s="1" t="s">
         <v>417</v>
       </c>
       <c r="C148" s="1">
         <v>1945</v>
       </c>
       <c r="D148" s="1" t="s">
         <v>418</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" s="1" t="s">
         <v>419</v>
       </c>
       <c r="B149" s="1" t="s">
         <v>420</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="D149" s="1" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" s="1" t="s">
         <v>422</v>
       </c>
       <c r="B150" s="1" t="s">
         <v>423</v>
       </c>
       <c r="C150" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D150" s="1" t="s">
         <v>424</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" s="1" t="s">
         <v>425</v>
       </c>
       <c r="B151" s="1" t="s">
         <v>426</v>
@@ -9541,51 +9541,51 @@
         <v>427</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" s="1" t="s">
         <v>428</v>
       </c>
       <c r="B152" s="1" t="s">
         <v>429</v>
       </c>
       <c r="C152" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D152" s="1" t="s">
         <v>430</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" s="1" t="s">
         <v>431</v>
       </c>
       <c r="B153" s="1" t="s">
         <v>432</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="D153" s="1" t="s">
         <v>433</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" s="1" t="s">
         <v>434</v>
       </c>
       <c r="B154" s="1" t="s">
         <v>435</v>
       </c>
       <c r="C154" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D154" s="1" t="s">
         <v>436</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" s="1" t="s">
         <v>437</v>
       </c>
       <c r="B155" s="1" t="s">
         <v>118</v>
@@ -9597,51 +9597,51 @@
         <v>438</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" s="1" t="s">
         <v>439</v>
       </c>
       <c r="B156" s="1" t="s">
         <v>118</v>
       </c>
       <c r="C156" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D156" s="1" t="s">
         <v>440</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" s="1" t="s">
         <v>441</v>
       </c>
       <c r="B157" s="1" t="s">
         <v>118</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>442</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" s="1" t="s">
         <v>443</v>
       </c>
       <c r="B158" s="1" t="s">
         <v>118</v>
       </c>
       <c r="C158" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D158" s="1" t="s">
         <v>444</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" s="1" t="s">
         <v>445</v>
       </c>
       <c r="B159" s="1" t="s">
         <v>118</v>
@@ -9695,65 +9695,65 @@
         <v>453</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" s="1" t="s">
         <v>454</v>
       </c>
       <c r="B163" s="1" t="s">
         <v>455</v>
       </c>
       <c r="C163" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D163" s="1" t="s">
         <v>456</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" s="1" t="s">
         <v>457</v>
       </c>
       <c r="B164" s="1" t="s">
         <v>458</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="D164" s="1" t="s">
         <v>459</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" s="1" t="s">
         <v>460</v>
       </c>
       <c r="B165" s="1" t="s">
         <v>458</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="D165" s="1" t="s">
         <v>461</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" s="1" t="s">
         <v>462</v>
       </c>
       <c r="B166" s="1" t="s">
         <v>463</v>
       </c>
       <c r="C166" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D166" s="1" t="s">
         <v>464</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" s="1" t="s">
         <v>465</v>
       </c>
       <c r="B167" s="1" t="s">
         <v>466</v>
@@ -9779,51 +9779,51 @@
         <v>470</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" s="1" t="s">
         <v>471</v>
       </c>
       <c r="B169" s="1" t="s">
         <v>472</v>
       </c>
       <c r="C169" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D169" s="1" t="s">
         <v>473</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" s="1" t="s">
         <v>474</v>
       </c>
       <c r="B170" s="1" t="s">
         <v>472</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="D170" s="1" t="s">
         <v>475</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" s="1" t="s">
         <v>476</v>
       </c>
       <c r="B171" s="1" t="s">
         <v>477</v>
       </c>
       <c r="C171" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D171" s="1" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" s="1" t="s">
         <v>479</v>
       </c>
       <c r="B172" s="1" t="s">
         <v>480</v>
@@ -9835,51 +9835,51 @@
         <v>481</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" s="1" t="s">
         <v>482</v>
       </c>
       <c r="B173" s="1" t="s">
         <v>127</v>
       </c>
       <c r="C173" s="1">
         <v>1939</v>
       </c>
       <c r="D173" s="1" t="s">
         <v>483</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" s="1" t="s">
         <v>484</v>
       </c>
       <c r="B174" s="1" t="s">
         <v>485</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="D174" s="1" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" s="1" t="s">
         <v>487</v>
       </c>
       <c r="B175" s="1" t="s">
         <v>488</v>
       </c>
       <c r="C175" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D175" s="1" t="s">
         <v>489</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" s="1" t="s">
         <v>490</v>
       </c>
       <c r="B176" s="1" t="s">
         <v>488</v>
@@ -9947,121 +9947,121 @@
         <v>502</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" s="1" t="s">
         <v>503</v>
       </c>
       <c r="B181" s="1" t="s">
         <v>501</v>
       </c>
       <c r="C181" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D181" s="1" t="s">
         <v>504</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" s="1" t="s">
         <v>505</v>
       </c>
       <c r="B182" s="1" t="s">
         <v>506</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="D182" s="1" t="s">
         <v>507</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" s="1" t="s">
         <v>508</v>
       </c>
       <c r="B183" s="1" t="s">
         <v>506</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="D183" s="1" t="s">
         <v>509</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" s="1" t="s">
         <v>510</v>
       </c>
       <c r="B184" s="1" t="s">
         <v>506</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="D184" s="1" t="s">
         <v>511</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" s="1" t="s">
         <v>512</v>
       </c>
       <c r="B185" s="1" t="s">
         <v>513</v>
       </c>
       <c r="C185" s="1">
         <v>1939</v>
       </c>
       <c r="D185" s="1" t="s">
         <v>514</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" s="1" t="s">
         <v>515</v>
       </c>
       <c r="B186" s="1" t="s">
         <v>516</v>
       </c>
       <c r="C186" s="1">
         <v>1939</v>
       </c>
       <c r="D186" s="1" t="s">
         <v>517</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" s="1" t="s">
         <v>518</v>
       </c>
       <c r="B187" s="1" t="s">
         <v>519</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="D187" s="1" t="s">
         <v>520</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" s="1" t="s">
         <v>521</v>
       </c>
       <c r="B188" s="1" t="s">
         <v>522</v>
       </c>
       <c r="C188" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D188" s="1" t="s">
         <v>523</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" s="1" t="s">
         <v>524</v>
       </c>
       <c r="B189" s="1" t="s">
         <v>525</v>
@@ -11878,66 +11878,66 @@
       <c r="D318" s="1" t="s">
         <v>908</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319" s="1" t="s">
         <v>909</v>
       </c>
       <c r="B319" s="1" t="s">
         <v>910</v>
       </c>
       <c r="C319" s="1">
         <v>1944</v>
       </c>
       <c r="D319" s="1" t="s">
         <v>911</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320" s="1" t="s">
         <v>912</v>
       </c>
       <c r="B320" s="1" t="s">
         <v>913</v>
       </c>
-      <c r="C320" s="1">
-        <v>1944</v>
+      <c r="C320" s="1" t="s">
+        <v>914</v>
       </c>
       <c r="D320" s="1" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321" s="1" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="B321" s="1" t="s">
         <v>913</v>
       </c>
-      <c r="C321" s="1" t="s">
-        <v>916</v>
+      <c r="C321" s="1">
+        <v>1944</v>
       </c>
       <c r="D321" s="1" t="s">
         <v>917</v>
       </c>
     </row>
     <row r="322" spans="1:4">
       <c r="A322" s="1" t="s">
         <v>918</v>
       </c>
       <c r="B322" s="1" t="s">
         <v>919</v>
       </c>
       <c r="C322" s="1">
         <v>1944</v>
       </c>
       <c r="D322" s="1" t="s">
         <v>920</v>
       </c>
     </row>
     <row r="323" spans="1:4">
       <c r="A323" s="1" t="s">
         <v>921</v>
       </c>
       <c r="B323" s="1" t="s">
         <v>922</v>
@@ -12663,51 +12663,51 @@
         <v>1074</v>
       </c>
     </row>
     <row r="375" spans="1:4">
       <c r="A375" s="1" t="s">
         <v>1075</v>
       </c>
       <c r="B375" s="1" t="s">
         <v>1076</v>
       </c>
       <c r="C375" s="1">
         <v>1944</v>
       </c>
       <c r="D375" s="1" t="s">
         <v>1077</v>
       </c>
     </row>
     <row r="376" spans="1:4">
       <c r="A376" s="1" t="s">
         <v>1078</v>
       </c>
       <c r="B376" s="1" t="s">
         <v>1079</v>
       </c>
       <c r="C376" s="1" t="s">
-        <v>916</v>
+        <v>914</v>
       </c>
       <c r="D376" s="1" t="s">
         <v>1080</v>
       </c>
     </row>
     <row r="377" spans="1:4">
       <c r="A377" s="1" t="s">
         <v>1081</v>
       </c>
       <c r="B377" s="1" t="s">
         <v>1082</v>
       </c>
       <c r="C377" s="1">
         <v>1944</v>
       </c>
       <c r="D377" s="1" t="s">
         <v>1083</v>
       </c>
     </row>
     <row r="378" spans="1:4">
       <c r="A378" s="1" t="s">
         <v>1084</v>
       </c>
       <c r="B378" s="1" t="s">
         <v>1085</v>
@@ -12915,51 +12915,51 @@
         <v>1125</v>
       </c>
     </row>
     <row r="393" spans="1:4">
       <c r="A393" s="1" t="s">
         <v>1126</v>
       </c>
       <c r="B393" s="1" t="s">
         <v>1127</v>
       </c>
       <c r="C393" s="1">
         <v>1944</v>
       </c>
       <c r="D393" s="1" t="s">
         <v>1128</v>
       </c>
     </row>
     <row r="394" spans="1:4">
       <c r="A394" s="1" t="s">
         <v>1129</v>
       </c>
       <c r="B394" s="1" t="s">
         <v>1130</v>
       </c>
       <c r="C394" s="1" t="s">
-        <v>916</v>
+        <v>914</v>
       </c>
       <c r="D394" s="1" t="s">
         <v>1131</v>
       </c>
     </row>
     <row r="395" spans="1:4">
       <c r="A395" s="1" t="s">
         <v>1132</v>
       </c>
       <c r="B395" s="1" t="s">
         <v>1133</v>
       </c>
       <c r="C395" s="1">
         <v>1944</v>
       </c>
       <c r="D395" s="1" t="s">
         <v>1134</v>
       </c>
     </row>
     <row r="396" spans="1:4">
       <c r="A396" s="1" t="s">
         <v>1135</v>
       </c>
       <c r="B396" s="1" t="s">
         <v>1136</v>
@@ -13027,65 +13027,65 @@
         <v>1149</v>
       </c>
     </row>
     <row r="401" spans="1:4">
       <c r="A401" s="1" t="s">
         <v>1150</v>
       </c>
       <c r="B401" s="1" t="s">
         <v>1151</v>
       </c>
       <c r="C401" s="1">
         <v>1944</v>
       </c>
       <c r="D401" s="1" t="s">
         <v>1152</v>
       </c>
     </row>
     <row r="402" spans="1:4">
       <c r="A402" s="1" t="s">
         <v>1153</v>
       </c>
       <c r="B402" s="1" t="s">
         <v>1154</v>
       </c>
       <c r="C402" s="1" t="s">
-        <v>916</v>
+        <v>914</v>
       </c>
       <c r="D402" s="1" t="s">
         <v>1155</v>
       </c>
     </row>
     <row r="403" spans="1:4">
       <c r="A403" s="1" t="s">
         <v>1156</v>
       </c>
       <c r="B403" s="1" t="s">
         <v>1157</v>
       </c>
       <c r="C403" s="1" t="s">
-        <v>916</v>
+        <v>914</v>
       </c>
       <c r="D403" s="1" t="s">
         <v>1158</v>
       </c>
     </row>
     <row r="404" spans="1:4">
       <c r="A404" s="1" t="s">
         <v>1159</v>
       </c>
       <c r="B404" s="1" t="s">
         <v>1160</v>
       </c>
       <c r="C404" s="1">
         <v>1944</v>
       </c>
       <c r="D404" s="1" t="s">
         <v>1161</v>
       </c>
     </row>
     <row r="405" spans="1:4">
       <c r="A405" s="1" t="s">
         <v>1162</v>
       </c>
       <c r="B405" s="1" t="s">
         <v>1163</v>
@@ -13601,51 +13601,51 @@
         <v>1267</v>
       </c>
     </row>
     <row r="442" spans="1:4">
       <c r="A442" s="1" t="s">
         <v>1268</v>
       </c>
       <c r="B442" s="1" t="s">
         <v>1269</v>
       </c>
       <c r="C442" s="1">
         <v>1944</v>
       </c>
       <c r="D442" s="1" t="s">
         <v>1270</v>
       </c>
     </row>
     <row r="443" spans="1:4">
       <c r="A443" s="1" t="s">
         <v>1271</v>
       </c>
       <c r="B443" s="1" t="s">
         <v>1272</v>
       </c>
       <c r="C443" s="1" t="s">
-        <v>916</v>
+        <v>914</v>
       </c>
       <c r="D443" s="1" t="s">
         <v>1273</v>
       </c>
     </row>
     <row r="444" spans="1:4">
       <c r="A444" s="1" t="s">
         <v>1274</v>
       </c>
       <c r="B444" s="1" t="s">
         <v>1275</v>
       </c>
       <c r="C444" s="1">
         <v>1944</v>
       </c>
       <c r="D444" s="1" t="s">
         <v>1276</v>
       </c>
     </row>
     <row r="445" spans="1:4">
       <c r="A445" s="1" t="s">
         <v>1277</v>
       </c>
       <c r="B445" s="1" t="s">
         <v>1278</v>
@@ -14496,80 +14496,80 @@
       <c r="D505" s="1" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="506" spans="1:4">
       <c r="A506" s="1" t="s">
         <v>1450</v>
       </c>
       <c r="B506" s="1" t="s">
         <v>935</v>
       </c>
       <c r="C506" s="1">
         <v>1945</v>
       </c>
       <c r="D506" s="1" t="s">
         <v>1451</v>
       </c>
     </row>
     <row r="507" spans="1:4">
       <c r="A507" s="1" t="s">
         <v>1452</v>
       </c>
       <c r="B507" s="1" t="s">
         <v>935</v>
       </c>
-      <c r="C507" s="1">
-        <v>1945</v>
+      <c r="C507" s="1" t="s">
+        <v>1417</v>
       </c>
       <c r="D507" s="1" t="s">
         <v>1453</v>
       </c>
     </row>
     <row r="508" spans="1:4">
       <c r="A508" s="1" t="s">
         <v>1454</v>
       </c>
       <c r="B508" s="1" t="s">
         <v>935</v>
       </c>
       <c r="C508" s="1">
         <v>1945</v>
       </c>
       <c r="D508" s="1" t="s">
         <v>1455</v>
       </c>
     </row>
     <row r="509" spans="1:4">
       <c r="A509" s="1" t="s">
         <v>1456</v>
       </c>
       <c r="B509" s="1" t="s">
         <v>935</v>
       </c>
-      <c r="C509" s="1" t="s">
-        <v>1417</v>
+      <c r="C509" s="1">
+        <v>1945</v>
       </c>
       <c r="D509" s="1" t="s">
         <v>1457</v>
       </c>
     </row>
     <row r="510" spans="1:4">
       <c r="A510" s="1" t="s">
         <v>1458</v>
       </c>
       <c r="B510" s="1" t="s">
         <v>1459</v>
       </c>
       <c r="C510" s="1">
         <v>1945</v>
       </c>
       <c r="D510" s="1" t="s">
         <v>1460</v>
       </c>
     </row>
     <row r="511" spans="1:4">
       <c r="A511" s="1" t="s">
         <v>1461</v>
       </c>
       <c r="B511" s="1" t="s">
         <v>1462</v>
@@ -16078,66 +16078,66 @@
       <c r="D618" s="1" t="s">
         <v>1769</v>
       </c>
     </row>
     <row r="619" spans="1:4">
       <c r="A619" s="1" t="s">
         <v>1770</v>
       </c>
       <c r="B619" s="1" t="s">
         <v>1768</v>
       </c>
       <c r="C619" s="1">
         <v>1945</v>
       </c>
       <c r="D619" s="1" t="s">
         <v>1771</v>
       </c>
     </row>
     <row r="620" spans="1:4">
       <c r="A620" s="1" t="s">
         <v>1772</v>
       </c>
       <c r="B620" s="1" t="s">
         <v>1773</v>
       </c>
-      <c r="C620" s="1" t="s">
+      <c r="C620" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D620" s="1" t="s">
         <v>1774</v>
-      </c>
-[...1 lines deleted...]
-        <v>1775</v>
       </c>
     </row>
     <row r="621" spans="1:4">
       <c r="A621" s="1" t="s">
-        <v>1776</v>
+        <v>1775</v>
       </c>
       <c r="B621" s="1" t="s">
         <v>1773</v>
       </c>
-      <c r="C621" s="1">
-        <v>1945</v>
+      <c r="C621" s="1" t="s">
+        <v>1776</v>
       </c>
       <c r="D621" s="1" t="s">
         <v>1777</v>
       </c>
     </row>
     <row r="622" spans="1:4">
       <c r="A622" s="1" t="s">
         <v>1778</v>
       </c>
       <c r="B622" s="1" t="s">
         <v>1779</v>
       </c>
       <c r="C622" s="1" t="s">
         <v>1417</v>
       </c>
       <c r="D622" s="1" t="s">
         <v>1780</v>
       </c>
     </row>
     <row r="623" spans="1:4">
       <c r="A623" s="1" t="s">
         <v>1781</v>
       </c>
       <c r="B623" s="1" t="s">
         <v>1782</v>