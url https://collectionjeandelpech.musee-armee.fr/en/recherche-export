--- v2 (2025-12-02)
+++ v3 (2025-12-22)
@@ -695,122 +695,122 @@
   <si>
     <t>Croquis : soldats au repos. Au verso : figure féminine de profil</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-soldats-repos-verso-figure-feminine-profil</t>
   </si>
   <si>
     <t>2019.58.263</t>
   </si>
   <si>
     <t>Croquis : soldats et mulets dans un village</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-soldats-mulets-dans-village</t>
   </si>
   <si>
     <t>2019.58.320</t>
   </si>
   <si>
     <t>Croquis : tente marabout</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-tente-marabout</t>
   </si>
   <si>
+    <t>2019.58.308</t>
+  </si>
+  <si>
+    <t>Croquis : un soldat de dos et équipement</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-soldat-dos-equipement-0</t>
+  </si>
+  <si>
     <t>2019.58.313</t>
   </si>
   <si>
-    <t>Croquis : un soldat de dos et équipement</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-soldat-dos-equipement-1</t>
   </si>
   <si>
     <t>2019.58.326</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-soldat-dos-equipement</t>
   </si>
   <si>
-    <t>2019.58.308</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.318</t>
   </si>
   <si>
     <t>Croquis de paysage</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-paysage</t>
   </si>
   <si>
     <t>2019.58.183</t>
   </si>
   <si>
     <t>Croquis de route. 15e  bataillon de chasseurs alpins</t>
   </si>
   <si>
     <t>Entre 1939 et 1935</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-route-15e-bataillon-chasseurs-alpins-4</t>
   </si>
   <si>
+    <t>2019.58.319</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-soldats-1</t>
+  </si>
+  <si>
     <t>2019.58.310</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-soldats-0</t>
   </si>
   <si>
     <t>2019.58.315</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-soldats-4</t>
   </si>
   <si>
     <t>2019.58.317</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-soldats-2</t>
   </si>
   <si>
     <t>2019.58.297</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-soldats-5</t>
   </si>
   <si>
-    <t>2019.58.319</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.335</t>
   </si>
   <si>
     <t>Cuisines</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/cuisines</t>
   </si>
   <si>
     <t>20929-114</t>
   </si>
   <si>
     <t>Dans les Ardennes</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/dans-ardennes-0</t>
   </si>
   <si>
     <t>20929-115</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/dans-ardennes</t>
   </si>
   <si>
     <t>2019.58.211</t>
@@ -887,83 +887,83 @@
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/embarquement-militaire-dans-train</t>
   </si>
   <si>
     <t>2019.58.252</t>
   </si>
   <si>
     <t>En montagne</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/en-montagne</t>
   </si>
   <si>
     <t>2019.58.237</t>
   </si>
   <si>
     <t>Exercice à la 2e  Compagnie, janvier 1939</t>
   </si>
   <si>
     <t>21/1/1939</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/exercice-2e-compagnie-janvier-1939</t>
   </si>
   <si>
+    <t>2019.58.276</t>
+  </si>
+  <si>
+    <t>Exercice en montagne</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/exercice-en-montagne-0</t>
+  </si>
+  <si>
     <t>2019.58.266</t>
   </si>
   <si>
-    <t>Exercice en montagne</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/exercice-en-montagne-1</t>
   </si>
   <si>
     <t>2019.58.226</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/exercice-en-montagne-2</t>
   </si>
   <si>
     <t>2019.58.304</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/exercice-en-montagne-3</t>
   </si>
   <si>
     <t>2019.58.254</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/exercice-en-montagne</t>
   </si>
   <si>
-    <t>2019.58.276</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.246</t>
   </si>
   <si>
     <t>Exercice en montagne. Au verso, chevaux au repos</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/exercice-en-montagne-verso-chevaux-repos</t>
   </si>
   <si>
     <t>2019.58.289</t>
   </si>
   <si>
     <t>Exercice en motagne</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/exercice-en-motagne-0</t>
   </si>
   <si>
     <t>2019.58.258</t>
   </si>
   <si>
     <t>Figure de soldat dans un paysage de montagne</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/figure-soldat-dans-paysage-montagne</t>
@@ -992,86 +992,86 @@
   <si>
     <t>Haspelshield</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/haspelshield</t>
   </si>
   <si>
     <t>20929-67</t>
   </si>
   <si>
     <t>Henri Tessier</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/henri-tessier</t>
   </si>
   <si>
     <t>2019.58.230</t>
   </si>
   <si>
     <t>Intérieur d'une chambrée</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/interieur-dune-chambree</t>
   </si>
   <si>
+    <t>20929-99</t>
+  </si>
+  <si>
+    <t>Intérieur d'une chambrée à Barcelonnette</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/interieur-dune-chambree-barcelonnette</t>
+  </si>
+  <si>
     <t>2019.58.248</t>
   </si>
   <si>
-    <t>Intérieur d'une chambrée à Barcelonnette</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/interieur-dune-chambree-barcelonnette-1</t>
   </si>
   <si>
     <t>2019.58.196</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/interieur-dune-chambree-barcelonnette-3</t>
   </si>
   <si>
     <t>2019.58.250</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/interieur-dune-chambree-barcelonnette-0</t>
   </si>
   <si>
     <t>2019.58.243</t>
   </si>
   <si>
     <t>01/1939</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/interieur-dune-chambree-barcelonnette-2</t>
   </si>
   <si>
-    <t>20929-99</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.176</t>
   </si>
   <si>
     <t>Intérieur d'une tente. Au verso, un canon de 37 et lettre à ses parents</t>
   </si>
   <si>
     <t>2/10/1939</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/interieur-dune-tente-verso-canon-37-lettre-parents-0</t>
   </si>
   <si>
     <t>2019.58.327</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/interieur-dune-tente-verso-canon-37-lettre-parents</t>
   </si>
   <si>
     <t>2019.58.273</t>
   </si>
   <si>
     <t>Le 15e  bataillon de chasseurs alpins en Alsace</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/15e-bataillon-chasseurs-alpins-en-alsace-0</t>
@@ -1193,65 +1193,65 @@
   <si>
     <t>Portrait d'un camarade</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/portrait-dun-camarade</t>
   </si>
   <si>
     <t>20929-112</t>
   </si>
   <si>
     <t>Portrait de Cervetaz sur sa moto</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/portrait-cervetaz-moto</t>
   </si>
   <si>
     <t>20929-360</t>
   </si>
   <si>
     <t>Prise de Singapour par les Japonais [1941]</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/prise-singapour-japonais-1941</t>
   </si>
   <si>
+    <t>2019.58.255</t>
+  </si>
+  <si>
+    <t>Prunières : exercice en montagne</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/prunieres-exercice-en-montagne-0</t>
+  </si>
+  <si>
     <t>2019.58.309</t>
   </si>
   <si>
-    <t>Prunières : exercice en montagne</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/prunieres-exercice-en-montagne</t>
   </si>
   <si>
-    <t>2019.58.255</t>
-[...4 lines deleted...]
-  <si>
     <t>20929-110</t>
   </si>
   <si>
     <t>Prunières : mon trou</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/prunieres-mon-trou</t>
   </si>
   <si>
     <t>2019.58.330</t>
   </si>
   <si>
     <t>Prunières. 1939. Au verso : croquis d'un soldat en train de manger et d'une étagère</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/prunieres-1939-verso-croquis-dun-soldat-en-train-manger-dune-etagere</t>
   </si>
   <si>
     <t>2019.58.198</t>
   </si>
   <si>
     <t>Quartier Jacquemot, Barcelonnette, 15e  bataillon de chasseurs alpins</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/quartier-jacquemot-barcelonnette-15e-bataillon-chasseurs-alpins-0</t>
@@ -1475,71 +1475,71 @@
   <si>
     <t>2019.58.332</t>
   </si>
   <si>
     <t>Soldats jouant aux cartes ou aux dés</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-jouant-aux-cartes-aux</t>
   </si>
   <si>
     <t>2019.58.242</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-jouant-aux-dames-0</t>
   </si>
   <si>
     <t>2019.58.199</t>
   </si>
   <si>
     <t>Soldats marchant avec leurs mulets</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-marchant-leurs-mulets</t>
   </si>
   <si>
+    <t>2019.58.287</t>
+  </si>
+  <si>
+    <t>Soldats marchant dans une rue</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-marchant-dans-rue</t>
+  </si>
+  <si>
     <t>2019.58.288</t>
   </si>
   <si>
-    <t>Soldats marchant dans une rue</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-marchant-dans-rue-1</t>
   </si>
   <si>
     <t>2019.58.286</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-marchant-dans-rue-0</t>
   </si>
   <si>
-    <t>2019.58.287</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.166</t>
   </si>
   <si>
     <t>Soldats marchant et chevaux morts</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-marchant-chevaux-morts</t>
   </si>
   <si>
     <t>2019.58.333</t>
   </si>
   <si>
     <t>Soldats se faisant couper les cheveux</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-se-faisant-couper-cheveux</t>
   </si>
   <si>
     <t>2019.58.298</t>
   </si>
   <si>
     <t>Soldats se réchauffant près d'un poêle</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-se-rechauffant-pres-dun-poele-0</t>
@@ -2534,65 +2534,65 @@
   <si>
     <t>20929-149</t>
   </si>
   <si>
     <t>Paris bombardé</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/paris-bombarde</t>
   </si>
   <si>
     <t>20929-147</t>
   </si>
   <si>
     <t>Paris, 1943</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/paris-1943-0</t>
   </si>
   <si>
     <t>20929-150</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/paris-1943</t>
   </si>
   <si>
+    <t>2019.58.63</t>
+  </si>
+  <si>
+    <t>Vers 1943</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/porte-saint-ouen</t>
+  </si>
+  <si>
     <t>2019.58.62</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/porte-saint-ouen-0</t>
   </si>
   <si>
-    <t>2019.58.63</t>
-[...7 lines deleted...]
-  <si>
     <t>20929-154</t>
   </si>
   <si>
     <t>S.T.O, la cuisine</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/sto-cuisine</t>
   </si>
   <si>
     <t>20929-146</t>
   </si>
   <si>
     <t>S.T.O., dortoir</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/sto-dortoir</t>
   </si>
   <si>
     <t>20929-151</t>
   </si>
   <si>
     <t>S.T.O., formation accélérée</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/sto-formation-acceleree</t>
@@ -2603,62 +2603,62 @@
   <si>
     <t>Stalingrad</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/stalingrad</t>
   </si>
   <si>
     <t>20929-291</t>
   </si>
   <si>
     <t>Usine bombardée, 1943</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/usine-bombardee-1943</t>
   </si>
   <si>
     <t>2019.58.73</t>
   </si>
   <si>
     <t>1939 Richelieu</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/1939-richelieu-0</t>
   </si>
   <si>
+    <t>20929-369</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/1944-ville-bombardee</t>
+  </si>
+  <si>
     <t>2019.58.94</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/1944-ville-bombardee-1</t>
   </si>
   <si>
-    <t>20929-369</t>
-[...4 lines deleted...]
-  <si>
     <t>20929-213</t>
   </si>
   <si>
     <t>Adjudant-chef Jean Gagnoulet, 1e escadron, 7e régiment de chasseurs d'Afrique</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/adjudant-chef-jean-gagnoulet-1e-escadron-7e-regiment-chasseurs-dafrique</t>
   </si>
   <si>
     <t>20929-246</t>
   </si>
   <si>
     <t>Albert Micalef, 2e régiment de spahis</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/albert-micalef-2e-regiment-spahis</t>
   </si>
   <si>
     <t>2019.58.89</t>
   </si>
   <si>
     <t>Alfortville bombardée</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/alfortville-bombardee</t>
@@ -4904,65 +4904,65 @@
   <si>
     <t>Char léger M3</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/char-leger-m3</t>
   </si>
   <si>
     <t>2019.58.131</t>
   </si>
   <si>
     <t>Char M8 Howitzer Motor Carriage « Bellone »</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/char-m8-howitzer-motor-carriage-bellone</t>
   </si>
   <si>
     <t>2019.58.140</t>
   </si>
   <si>
     <t>Char Panther</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/char-panther</t>
   </si>
   <si>
+    <t>2019.58.20</t>
+  </si>
+  <si>
+    <t>Char Panther (Jagdpanzer 38t) « Carola »</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/char-panther-jagdpanzer-38t-carola-0</t>
+  </si>
+  <si>
     <t>20929-317</t>
   </si>
   <si>
-    <t>Char Panther (Jagdpanzer 38t) « Carola »</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/char-panther-jagdpanzer-38t-carola</t>
   </si>
   <si>
-    <t>2019.58.20</t>
-[...4 lines deleted...]
-  <si>
     <t>20929-119</t>
   </si>
   <si>
     <t>Char Panther, Allemagne</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/char-panther-allemagne</t>
   </si>
   <si>
     <t>2019.58.135</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/char-sherman-courroux</t>
   </si>
   <si>
     <t>2019.58.143</t>
   </si>
   <si>
     <t>Char T-34 « Tcherkess II »</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/char-t-34-tcherkess-ii</t>
   </si>
   <si>
     <t>20929-120</t>
@@ -5282,65 +5282,65 @@
   <si>
     <t>Forêt-Noire. 1ère armée. Vaihingen</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/foret-noire-1ere-armee-vaihingen</t>
   </si>
   <si>
     <t>2019.58.400</t>
   </si>
   <si>
     <t>Fouille de prisonniers</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/fouille-prisonniers</t>
   </si>
   <si>
     <t>20929-254</t>
   </si>
   <si>
     <t>Gabriel Beauleret, 2e régiment de spahis</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/gabriel-beauleret-2e-regiment-spahis</t>
   </si>
   <si>
+    <t>2019.58.351</t>
+  </si>
+  <si>
+    <t>Gare d'Eutingen im Gäu</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/gare-deutingen-im-gau-0</t>
+  </si>
+  <si>
     <t>20929-169</t>
   </si>
   <si>
-    <t>Gare d'Eutingen im Gäu</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/gare-deutingen-im-gau</t>
   </si>
   <si>
-    <t>2019.58.351</t>
-[...4 lines deleted...]
-  <si>
     <t>20929-15</t>
   </si>
   <si>
     <t>Génie de l'Air, outillage</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/genie-lair-outillage</t>
   </si>
   <si>
     <t>2019.58.372</t>
   </si>
   <si>
     <t>Goumier dans une rue en Allemagne</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/goumier-dans-rue-en-allemagne</t>
   </si>
   <si>
     <t>20929-386</t>
   </si>
   <si>
     <t>Goumiers dans un village en Allemagne</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/goumiers-dans-village-en-allemagne</t>
@@ -6269,65 +6269,65 @@
   <si>
     <t>Sous-lieutenant Bizé</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/lieutenant-bize</t>
   </si>
   <si>
     <t>20929-320</t>
   </si>
   <si>
     <t>Spahis</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/spahis</t>
   </si>
   <si>
     <t>2019.58.403</t>
   </si>
   <si>
     <t>Steinegg : observatoire d’artillerie</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/steinegg-observatoire-dartillerie</t>
   </si>
   <si>
+    <t>2019.58.415</t>
+  </si>
+  <si>
+    <t>Stuttgart en ruines</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/stuttgart-en-ruines-0</t>
+  </si>
+  <si>
     <t>2019.58.426</t>
   </si>
   <si>
-    <t>Stuttgart en ruines</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/stuttgart-en-ruines</t>
   </si>
   <si>
-    <t>2019.58.415</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.203</t>
   </si>
   <si>
     <t>Stuttgart, 1945</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/stuttgart-1945-3</t>
   </si>
   <si>
     <t>2019.58.26</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/stuttgart-1945-4</t>
   </si>
   <si>
     <t>20929-172</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/stuttgart-1945-0</t>
   </si>
   <si>
     <t>20929-184</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/stuttgart-1945</t>
@@ -6557,65 +6557,65 @@
   <si>
     <t>2019.58.57</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trophee-imaginaire-8</t>
   </si>
   <si>
     <t>2019.58.101</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trophee-imaginaire-3</t>
   </si>
   <si>
     <t>2019.58.49</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trophee-imaginaire-5</t>
   </si>
   <si>
     <t>20929-336</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trophee-imaginaire-0</t>
   </si>
   <si>
+    <t>2019.58.52</t>
+  </si>
+  <si>
+    <t>Trophée imaginaire d'un blindé soviétique</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trophee-imaginaire-dun-blinde-sovietique-0</t>
+  </si>
+  <si>
     <t>2019.58.53</t>
   </si>
   <si>
-    <t>Trophée imaginaire d'un blindé soviétique</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trophee-imaginaire-dun-blinde-sovietique</t>
   </si>
   <si>
-    <t>2019.58.52</t>
-[...4 lines deleted...]
-  <si>
     <t>20929-319</t>
   </si>
   <si>
     <t>Trophée imaginaire d'un parachutiste</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trophee-imaginaire-dun-parachutiste</t>
   </si>
   <si>
     <t>2019.58.51</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trophee-imaginaire-dun-parachutiste-0</t>
   </si>
   <si>
     <t>2019.58.108</t>
   </si>
   <si>
     <t>Trophée imaginaire de carcasses d'avions</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trophee-imaginaire-carcasses-davions</t>
   </si>
   <si>
     <t>2019.58.107</t>
@@ -6893,63 +6893,63 @@
   <si>
     <t>2019.58.69</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/lallemagne-assiegee-invente-guerre-totale-0</t>
   </si>
   <si>
     <t>20929-333</t>
   </si>
   <si>
     <t>Soldats marocains</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-marocains</t>
   </si>
   <si>
     <t>2019.58.96</t>
   </si>
   <si>
     <t>Paris Capitale</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/paris-capitale</t>
   </si>
   <si>
+    <t>20929-358</t>
+  </si>
+  <si>
+    <t>Les Alliés s'emparent du ciel</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/allies-semparent-ciel</t>
+  </si>
+  <si>
     <t>2019.58.67</t>
   </si>
   <si>
-    <t>Les Alliés s'emparent du ciel</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/allies-semparent-ciel-0</t>
-  </si>
-[...4 lines deleted...]
-    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/allies-semparent-ciel</t>
   </si>
   <si>
     <t>2019.58.68</t>
   </si>
   <si>
     <t>Les Anglo-Américains maîtres des mers</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/anglo-americains-maitres-mers-0</t>
   </si>
   <si>
     <t>20929-366</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/anglo-americains-maitres-mers</t>
   </si>
   <si>
     <t>2019.58.70</t>
   </si>
   <si>
     <t>Les USA intacts forgent à la hâte un prodigieux matériel d'assaut</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/usa-intacts-forgent-hate-prodigieux-materiel-dassaut-0</t>
   </si>
@@ -8575,107 +8575,107 @@
         <v>236</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" s="1" t="s">
         <v>237</v>
       </c>
       <c r="B83" s="1" t="s">
         <v>238</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>239</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B84" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>184</v>
+        <v>151</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" s="1" t="s">
         <v>243</v>
       </c>
       <c r="B85" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>151</v>
+        <v>184</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" s="1" t="s">
         <v>245</v>
       </c>
       <c r="B86" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>151</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" s="1" t="s">
         <v>247</v>
       </c>
       <c r="B87" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>184</v>
+        <v>151</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" s="1" t="s">
         <v>249</v>
       </c>
       <c r="B88" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>151</v>
+        <v>184</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" s="1" t="s">
         <v>251</v>
       </c>
       <c r="B89" s="1" t="s">
         <v>252</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>151</v>
       </c>
       <c r="D89" s="1" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" s="1" t="s">
         <v>254</v>
       </c>
       <c r="B90" s="1" t="s">
         <v>255</v>
@@ -8854,66 +8854,66 @@
       <c r="D102" s="1" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" s="1" t="s">
         <v>291</v>
       </c>
       <c r="B103" s="1" t="s">
         <v>292</v>
       </c>
       <c r="C103" s="1" t="s">
         <v>151</v>
       </c>
       <c r="D103" s="1" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" s="1" t="s">
         <v>294</v>
       </c>
       <c r="B104" s="1" t="s">
         <v>292</v>
       </c>
-      <c r="C104" s="1">
-        <v>1939</v>
+      <c r="C104" s="1" t="s">
+        <v>151</v>
       </c>
       <c r="D104" s="1" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" s="1" t="s">
         <v>296</v>
       </c>
       <c r="B105" s="1" t="s">
         <v>292</v>
       </c>
-      <c r="C105" s="1" t="s">
-        <v>151</v>
+      <c r="C105" s="1">
+        <v>1939</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" s="1" t="s">
         <v>298</v>
       </c>
       <c r="B106" s="1" t="s">
         <v>292</v>
       </c>
       <c r="C106" s="1" t="s">
         <v>151</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" s="1" t="s">
         <v>300</v>
       </c>
       <c r="B107" s="1" t="s">
         <v>292</v>
@@ -9064,66 +9064,66 @@
       <c r="D117" s="1" t="s">
         <v>330</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" s="1" t="s">
         <v>331</v>
       </c>
       <c r="B118" s="1" t="s">
         <v>327</v>
       </c>
       <c r="C118" s="1">
         <v>1939</v>
       </c>
       <c r="D118" s="1" t="s">
         <v>332</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" s="1" t="s">
         <v>333</v>
       </c>
       <c r="B119" s="1" t="s">
         <v>327</v>
       </c>
-      <c r="C119" s="1" t="s">
+      <c r="C119" s="1">
+        <v>1939</v>
+      </c>
+      <c r="D119" s="1" t="s">
         <v>334</v>
-      </c>
-[...1 lines deleted...]
-        <v>335</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" s="1" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
       <c r="B120" s="1" t="s">
         <v>327</v>
       </c>
-      <c r="C120" s="1">
-        <v>1939</v>
+      <c r="C120" s="1" t="s">
+        <v>336</v>
       </c>
       <c r="D120" s="1" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" s="1" t="s">
         <v>338</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>339</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>340</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" s="1" t="s">
         <v>342</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>339</v>
@@ -9358,66 +9358,66 @@
       <c r="D138" s="1" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" s="1" t="s">
         <v>390</v>
       </c>
       <c r="B139" s="1" t="s">
         <v>391</v>
       </c>
       <c r="C139" s="1">
         <v>1945</v>
       </c>
       <c r="D139" s="1" t="s">
         <v>392</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" s="1" t="s">
         <v>393</v>
       </c>
       <c r="B140" s="1" t="s">
         <v>394</v>
       </c>
-      <c r="C140" s="1" t="s">
-        <v>151</v>
+      <c r="C140" s="1">
+        <v>1939</v>
       </c>
       <c r="D140" s="1" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" s="1" t="s">
         <v>396</v>
       </c>
       <c r="B141" s="1" t="s">
         <v>394</v>
       </c>
-      <c r="C141" s="1">
-        <v>1939</v>
+      <c r="C141" s="1" t="s">
+        <v>151</v>
       </c>
       <c r="D141" s="1" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" s="1" t="s">
         <v>398</v>
       </c>
       <c r="B142" s="1" t="s">
         <v>399</v>
       </c>
       <c r="C142" s="1">
         <v>1939</v>
       </c>
       <c r="D142" s="1" t="s">
         <v>400</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" s="1" t="s">
         <v>401</v>
       </c>
       <c r="B143" s="1" t="s">
         <v>402</v>
@@ -11514,66 +11514,66 @@
       <c r="D292" s="1" t="s">
         <v>837</v>
       </c>
     </row>
     <row r="293" spans="1:4">
       <c r="A293" s="1" t="s">
         <v>838</v>
       </c>
       <c r="B293" s="1" t="s">
         <v>836</v>
       </c>
       <c r="C293" s="1">
         <v>1943</v>
       </c>
       <c r="D293" s="1" t="s">
         <v>839</v>
       </c>
     </row>
     <row r="294" spans="1:4">
       <c r="A294" s="1" t="s">
         <v>840</v>
       </c>
       <c r="B294" s="1" t="s">
         <v>661</v>
       </c>
-      <c r="C294" s="1">
-        <v>1943</v>
+      <c r="C294" s="1" t="s">
+        <v>841</v>
       </c>
       <c r="D294" s="1" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
     </row>
     <row r="295" spans="1:4">
       <c r="A295" s="1" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="B295" s="1" t="s">
         <v>661</v>
       </c>
-      <c r="C295" s="1" t="s">
-        <v>843</v>
+      <c r="C295" s="1">
+        <v>1943</v>
       </c>
       <c r="D295" s="1" t="s">
         <v>844</v>
       </c>
     </row>
     <row r="296" spans="1:4">
       <c r="A296" s="1" t="s">
         <v>845</v>
       </c>
       <c r="B296" s="1" t="s">
         <v>846</v>
       </c>
       <c r="C296" s="1">
         <v>1943</v>
       </c>
       <c r="D296" s="1" t="s">
         <v>847</v>
       </c>
     </row>
     <row r="297" spans="1:4">
       <c r="A297" s="1" t="s">
         <v>848</v>
       </c>
       <c r="B297" s="1" t="s">
         <v>849</v>