--- v3 (2025-12-22)
+++ v4 (2026-01-11)
@@ -695,122 +695,122 @@
   <si>
     <t>Croquis : soldats au repos. Au verso : figure féminine de profil</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-soldats-repos-verso-figure-feminine-profil</t>
   </si>
   <si>
     <t>2019.58.263</t>
   </si>
   <si>
     <t>Croquis : soldats et mulets dans un village</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-soldats-mulets-dans-village</t>
   </si>
   <si>
     <t>2019.58.320</t>
   </si>
   <si>
     <t>Croquis : tente marabout</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-tente-marabout</t>
   </si>
   <si>
+    <t>2019.58.313</t>
+  </si>
+  <si>
+    <t>Croquis : un soldat de dos et équipement</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-soldat-dos-equipement-1</t>
+  </si>
+  <si>
+    <t>2019.58.326</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-soldat-dos-equipement</t>
+  </si>
+  <si>
     <t>2019.58.308</t>
   </si>
   <si>
-    <t>Croquis : un soldat de dos et équipement</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-soldat-dos-equipement-0</t>
   </si>
   <si>
-    <t>2019.58.313</t>
-[...10 lines deleted...]
-  <si>
     <t>2019.58.318</t>
   </si>
   <si>
     <t>Croquis de paysage</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-paysage</t>
   </si>
   <si>
     <t>2019.58.183</t>
   </si>
   <si>
     <t>Croquis de route. 15e  bataillon de chasseurs alpins</t>
   </si>
   <si>
     <t>Entre 1939 et 1935</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-route-15e-bataillon-chasseurs-alpins-4</t>
   </si>
   <si>
+    <t>2019.58.315</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-soldats-4</t>
+  </si>
+  <si>
+    <t>2019.58.317</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-soldats-2</t>
+  </si>
+  <si>
+    <t>2019.58.297</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-soldats-5</t>
+  </si>
+  <si>
     <t>2019.58.319</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-soldats-1</t>
   </si>
   <si>
     <t>2019.58.310</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-soldats-0</t>
   </si>
   <si>
-    <t>2019.58.315</t>
-[...16 lines deleted...]
-  <si>
     <t>2019.58.335</t>
   </si>
   <si>
     <t>Cuisines</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/cuisines</t>
   </si>
   <si>
     <t>20929-114</t>
   </si>
   <si>
     <t>Dans les Ardennes</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/dans-ardennes-0</t>
   </si>
   <si>
     <t>20929-115</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/dans-ardennes</t>
   </si>
   <si>
     <t>2019.58.211</t>
@@ -887,83 +887,83 @@
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/embarquement-militaire-dans-train</t>
   </si>
   <si>
     <t>2019.58.252</t>
   </si>
   <si>
     <t>En montagne</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/en-montagne</t>
   </si>
   <si>
     <t>2019.58.237</t>
   </si>
   <si>
     <t>Exercice à la 2e  Compagnie, janvier 1939</t>
   </si>
   <si>
     <t>21/1/1939</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/exercice-2e-compagnie-janvier-1939</t>
   </si>
   <si>
+    <t>2019.58.226</t>
+  </si>
+  <si>
+    <t>Exercice en montagne</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/exercice-en-montagne-2</t>
+  </si>
+  <si>
+    <t>2019.58.304</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/exercice-en-montagne-3</t>
+  </si>
+  <si>
+    <t>2019.58.254</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/exercice-en-montagne</t>
+  </si>
+  <si>
     <t>2019.58.276</t>
   </si>
   <si>
-    <t>Exercice en montagne</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/exercice-en-montagne-0</t>
   </si>
   <si>
     <t>2019.58.266</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/exercice-en-montagne-1</t>
   </si>
   <si>
-    <t>2019.58.226</t>
-[...16 lines deleted...]
-  <si>
     <t>2019.58.246</t>
   </si>
   <si>
     <t>Exercice en montagne. Au verso, chevaux au repos</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/exercice-en-montagne-verso-chevaux-repos</t>
   </si>
   <si>
     <t>2019.58.289</t>
   </si>
   <si>
     <t>Exercice en motagne</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/exercice-en-motagne-0</t>
   </si>
   <si>
     <t>2019.58.258</t>
   </si>
   <si>
     <t>Figure de soldat dans un paysage de montagne</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/figure-soldat-dans-paysage-montagne</t>
@@ -992,86 +992,86 @@
   <si>
     <t>Haspelshield</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/haspelshield</t>
   </si>
   <si>
     <t>20929-67</t>
   </si>
   <si>
     <t>Henri Tessier</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/henri-tessier</t>
   </si>
   <si>
     <t>2019.58.230</t>
   </si>
   <si>
     <t>Intérieur d'une chambrée</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/interieur-dune-chambree</t>
   </si>
   <si>
+    <t>2019.58.248</t>
+  </si>
+  <si>
+    <t>Intérieur d'une chambrée à Barcelonnette</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/interieur-dune-chambree-barcelonnette-1</t>
+  </si>
+  <si>
+    <t>2019.58.196</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/interieur-dune-chambree-barcelonnette-3</t>
+  </si>
+  <si>
+    <t>2019.58.250</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/interieur-dune-chambree-barcelonnette-0</t>
+  </si>
+  <si>
+    <t>2019.58.243</t>
+  </si>
+  <si>
+    <t>01/1939</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/interieur-dune-chambree-barcelonnette-2</t>
+  </si>
+  <si>
     <t>20929-99</t>
   </si>
   <si>
-    <t>Intérieur d'une chambrée à Barcelonnette</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/interieur-dune-chambree-barcelonnette</t>
   </si>
   <si>
-    <t>2019.58.248</t>
-[...25 lines deleted...]
-  <si>
     <t>2019.58.176</t>
   </si>
   <si>
     <t>Intérieur d'une tente. Au verso, un canon de 37 et lettre à ses parents</t>
   </si>
   <si>
     <t>2/10/1939</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/interieur-dune-tente-verso-canon-37-lettre-parents-0</t>
   </si>
   <si>
     <t>2019.58.327</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/interieur-dune-tente-verso-canon-37-lettre-parents</t>
   </si>
   <si>
     <t>2019.58.273</t>
   </si>
   <si>
     <t>Le 15e  bataillon de chasseurs alpins en Alsace</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/15e-bataillon-chasseurs-alpins-en-alsace-0</t>
@@ -1325,101 +1325,101 @@
   <si>
     <t>Soldat et cheval</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldat-cheval</t>
   </si>
   <si>
     <t>2019.58.283</t>
   </si>
   <si>
     <t>Soldat lisant</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldat-lisant</t>
   </si>
   <si>
     <t>2019.58.291</t>
   </si>
   <si>
     <t>Soldats allongés</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-allonges</t>
   </si>
   <si>
+    <t>2019.58.268</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-repos-0</t>
+  </si>
+  <si>
+    <t>2019.58.174</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-repos-3</t>
+  </si>
+  <si>
+    <t>2019.58.228</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-repos-1</t>
+  </si>
+  <si>
+    <t>2019.58.175</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-repos-2</t>
+  </si>
+  <si>
     <t>2019.58.278</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-repos</t>
   </si>
   <si>
-    <t>2019.58.268</t>
-[...22 lines deleted...]
-  <si>
     <t>2019.58.200</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-dans-interieur-2</t>
   </si>
   <si>
+    <t>2019.58.324</t>
+  </si>
+  <si>
+    <t>Soldats dans un train</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-dans-train</t>
+  </si>
+  <si>
     <t>2019.58.331</t>
   </si>
   <si>
-    <t>Soldats dans un train</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-dans-train-0</t>
   </si>
   <si>
-    <t>2019.58.324</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.265</t>
   </si>
   <si>
     <t>Soldats dans un village</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-dans-village</t>
   </si>
   <si>
     <t>2019.58.314</t>
   </si>
   <si>
     <t>Soldats dans une chambrée</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-dans-chambree-0</t>
   </si>
   <si>
     <t>2019.58.305</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-dans-chambree</t>
   </si>
   <si>
     <t>2019.58.336</t>
@@ -1475,125 +1475,125 @@
   <si>
     <t>2019.58.332</t>
   </si>
   <si>
     <t>Soldats jouant aux cartes ou aux dés</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-jouant-aux-cartes-aux</t>
   </si>
   <si>
     <t>2019.58.242</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-jouant-aux-dames-0</t>
   </si>
   <si>
     <t>2019.58.199</t>
   </si>
   <si>
     <t>Soldats marchant avec leurs mulets</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-marchant-leurs-mulets</t>
   </si>
   <si>
+    <t>2019.58.286</t>
+  </si>
+  <si>
+    <t>Soldats marchant dans une rue</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-marchant-dans-rue-0</t>
+  </si>
+  <si>
     <t>2019.58.287</t>
   </si>
   <si>
-    <t>Soldats marchant dans une rue</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-marchant-dans-rue</t>
   </si>
   <si>
     <t>2019.58.288</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-marchant-dans-rue-1</t>
   </si>
   <si>
-    <t>2019.58.286</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.166</t>
   </si>
   <si>
     <t>Soldats marchant et chevaux morts</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-marchant-chevaux-morts</t>
   </si>
   <si>
     <t>2019.58.333</t>
   </si>
   <si>
     <t>Soldats se faisant couper les cheveux</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-se-faisant-couper-cheveux</t>
   </si>
   <si>
+    <t>2019.58.300</t>
+  </si>
+  <si>
+    <t>Soldats se réchauffant près d'un poêle</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-se-rechauffant-pres-dun-poele</t>
+  </si>
+  <si>
     <t>2019.58.298</t>
   </si>
   <si>
-    <t>Soldats se réchauffant près d'un poêle</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-se-rechauffant-pres-dun-poele-0</t>
   </si>
   <si>
-    <t>2019.58.300</t>
-[...2 lines deleted...]
-    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-se-rechauffant-pres-dun-poele</t>
+    <t>2019.58.210</t>
+  </si>
+  <si>
+    <t>Tente marabout</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/tente-marabout-1</t>
   </si>
   <si>
     <t>2019.58.234</t>
   </si>
   <si>
-    <t>Tente marabout</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/tente-marabout-0</t>
   </si>
   <si>
     <t>2019.58.235</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/tente-marabout</t>
   </si>
   <si>
-    <t>2019.58.210</t>
-[...4 lines deleted...]
-  <si>
     <t>20929-60</t>
   </si>
   <si>
     <t>Tente marabout des canons 37</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/tente-marabout-canons-37</t>
   </si>
   <si>
     <t>20929-111</t>
   </si>
   <si>
     <t>Tente marabout-bureau</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/tente-marabout-bureau</t>
   </si>
   <si>
     <t>2019.58.253</t>
   </si>
   <si>
     <t>Tessier et Guillot, dans un village</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/tessier-guillot-dans-village</t>
@@ -2519,80 +2519,80 @@
   <si>
     <t>Le pays de Cocagne</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/pays-cocagne</t>
   </si>
   <si>
     <t>2019.58.111</t>
   </si>
   <si>
     <t>Les Jeunes de l'empire à Vichy, 7 mai 1943</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/jeunes-lempire-vichy-7-mai-1943</t>
   </si>
   <si>
     <t>20929-149</t>
   </si>
   <si>
     <t>Paris bombardé</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/paris-bombarde</t>
   </si>
   <si>
+    <t>20929-150</t>
+  </si>
+  <si>
+    <t>Paris, 1943</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/paris-1943</t>
+  </si>
+  <si>
     <t>20929-147</t>
   </si>
   <si>
-    <t>Paris, 1943</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/paris-1943-0</t>
   </si>
   <si>
-    <t>20929-150</t>
-[...2 lines deleted...]
-    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/paris-1943</t>
+    <t>2019.58.62</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/porte-saint-ouen-0</t>
   </si>
   <si>
     <t>2019.58.63</t>
   </si>
   <si>
     <t>Vers 1943</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/porte-saint-ouen</t>
   </si>
   <si>
-    <t>2019.58.62</t>
-[...4 lines deleted...]
-  <si>
     <t>20929-154</t>
   </si>
   <si>
     <t>S.T.O, la cuisine</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/sto-cuisine</t>
   </si>
   <si>
     <t>20929-146</t>
   </si>
   <si>
     <t>S.T.O., dortoir</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/sto-dortoir</t>
   </si>
   <si>
     <t>20929-151</t>
   </si>
   <si>
     <t>S.T.O., formation accélérée</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/sto-formation-acceleree</t>
@@ -2603,62 +2603,62 @@
   <si>
     <t>Stalingrad</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/stalingrad</t>
   </si>
   <si>
     <t>20929-291</t>
   </si>
   <si>
     <t>Usine bombardée, 1943</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/usine-bombardee-1943</t>
   </si>
   <si>
     <t>2019.58.73</t>
   </si>
   <si>
     <t>1939 Richelieu</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/1939-richelieu-0</t>
   </si>
   <si>
+    <t>2019.58.94</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/1944-ville-bombardee-1</t>
+  </si>
+  <si>
     <t>20929-369</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/1944-ville-bombardee</t>
   </si>
   <si>
-    <t>2019.58.94</t>
-[...4 lines deleted...]
-  <si>
     <t>20929-213</t>
   </si>
   <si>
     <t>Adjudant-chef Jean Gagnoulet, 1e escadron, 7e régiment de chasseurs d'Afrique</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/adjudant-chef-jean-gagnoulet-1e-escadron-7e-regiment-chasseurs-dafrique</t>
   </si>
   <si>
     <t>20929-246</t>
   </si>
   <si>
     <t>Albert Micalef, 2e régiment de spahis</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/albert-micalef-2e-regiment-spahis</t>
   </si>
   <si>
     <t>2019.58.89</t>
   </si>
   <si>
     <t>Alfortville bombardée</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/alfortville-bombardee</t>
@@ -2750,68 +2750,68 @@
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/bataille-singapour-0</t>
   </si>
   <si>
     <t>2019.58.71</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/bateaux-guerre-0</t>
   </si>
   <si>
     <t>2019.58.72</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/bateaux-guerre</t>
   </si>
   <si>
     <t>2019.58.6</t>
   </si>
   <si>
     <t>Bivouac des Alliés, Champs Elysées</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/bivouac-allies-champs-elysees</t>
   </si>
   <si>
+    <t>20929-323</t>
+  </si>
+  <si>
+    <t>Bizerte, Obusier M8</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/bizerte-obusier-m8</t>
+  </si>
+  <si>
     <t>2019.58.139</t>
   </si>
   <si>
-    <t>Bizerte, Obusier M8</t>
-[...1 lines deleted...]
-  <si>
     <t>Vers 1944</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/bizerte-obusier-m8-0</t>
   </si>
   <si>
-    <t>20929-323</t>
-[...4 lines deleted...]
-  <si>
     <t>20929-346</t>
   </si>
   <si>
     <t>Bouée Mae West Canot Dunghy</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/bouee-mae-west-canot-dunghy</t>
   </si>
   <si>
     <t>2019.58.80</t>
   </si>
   <si>
     <t>Bouée Mae West, canot de sauvetage Dinghy</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/bouee-mae-west-canot-sauvetage-dinghy</t>
   </si>
   <si>
     <t>20929-241</t>
   </si>
   <si>
     <t>Brigadier chef Charbit, 2e régiment de spahis</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/brigadier-chef-charbit-2e-regiment-spahis</t>
@@ -3536,65 +3536,65 @@
   <si>
     <t>Libération de paris : barricade dans le 6e arrondissement</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/liberation-paris-barricade-dans-6e-arrondissement</t>
   </si>
   <si>
     <t>2019.58.136</t>
   </si>
   <si>
     <t>Libération de Paris : chambre bombardée</t>
   </si>
   <si>
     <t>Vers 1944/08</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/liberation-paris-chambre-bombardee-0</t>
   </si>
   <si>
     <t>2019.58.137</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/liberation-paris-chambre-bombardee</t>
   </si>
   <si>
+    <t>2019.58.13</t>
+  </si>
+  <si>
+    <t>Libération de Paris : Combat de chars, place de la Concorde</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/liberation-paris-combat-chars-place-concorde-0</t>
+  </si>
+  <si>
     <t>20929-349</t>
   </si>
   <si>
-    <t>Libération de Paris : Combat de chars, place de la Concorde</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/liberation-paris-combat-chars-place-concorde</t>
   </si>
   <si>
-    <t>2019.58.13</t>
-[...4 lines deleted...]
-  <si>
     <t>20929-376</t>
   </si>
   <si>
     <t>Libération de Paris : des pourparlers sans suite</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/liberation-paris-pourparlers-suite</t>
   </si>
   <si>
     <t>20929-92</t>
   </si>
   <si>
     <t>Libération de Paris : groupe de FFI porte Maillot</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/liberation-paris-groupe-ffi-porte-maillot</t>
   </si>
   <si>
     <t>2019.58.138</t>
   </si>
   <si>
     <t>Libération de Paris : immeuble éventré</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/liberation-paris-immeuble-eventre</t>
@@ -3683,65 +3683,65 @@
   <si>
     <t>20929-85</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/liberation-paris-us-army</t>
   </si>
   <si>
     <t>20929-87</t>
   </si>
   <si>
     <t>Libération de Paris, vue du Ministère des Affaires Etrangères</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/liberation-paris-vue-ministere-affaires-etrangeres</t>
   </si>
   <si>
     <t>20929-52</t>
   </si>
   <si>
     <t>Lorraine, 1944</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/lorraine-1944</t>
   </si>
   <si>
+    <t>2019.58.45</t>
+  </si>
+  <si>
+    <t>Marche du 15e  bataillon de chasseurs alpins</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/marche-15e-bataillon-chasseurs-alpins-0</t>
+  </si>
+  <si>
     <t>2019.58.43</t>
   </si>
   <si>
-    <t>Marche du 15e  bataillon de chasseurs alpins</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/marche-15e-bataillon-chasseurs-alpins-1</t>
   </si>
   <si>
-    <t>2019.58.45</t>
-[...4 lines deleted...]
-  <si>
     <t>20929-381</t>
   </si>
   <si>
     <t>Marche du 15e bataillon de chasseurs alpins</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/marche-15e-bataillon-chasseurs-alpins</t>
   </si>
   <si>
     <t>20929-131</t>
   </si>
   <si>
     <t>Matériel allemand de défense contre l’aviation</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/materiel-allemand-defense-contre-laviation</t>
   </si>
   <si>
     <t>20929-16</t>
   </si>
   <si>
     <t>Matériel militaire</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/materiel-militaire</t>
@@ -3752,65 +3752,65 @@
   <si>
     <t>Moteur d'un char Sherman</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/moteur-dun-char-sherman</t>
   </si>
   <si>
     <t>20929-7</t>
   </si>
   <si>
     <t>Moteur de Jeep</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/moteur-jeep</t>
   </si>
   <si>
     <t>20929-255</t>
   </si>
   <si>
     <t>Mougenot, 2e régiment de spahis</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/mougenot-2e-regiment-spahis</t>
   </si>
   <si>
+    <t>20929-365</t>
+  </si>
+  <si>
+    <t>Panther</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/panther</t>
+  </si>
+  <si>
     <t>2019.58.74</t>
   </si>
   <si>
-    <t>Panther</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/panther-0</t>
   </si>
   <si>
-    <t>20929-365</t>
-[...4 lines deleted...]
-  <si>
     <t>20929-96</t>
   </si>
   <si>
     <t>Paris : véhicules abandonnés, septembre 1944</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/paris-vehicules-abandonnes-septembre-1944</t>
   </si>
   <si>
     <t>2019.58.99</t>
   </si>
   <si>
     <t>Paris occupé</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/paris-occupe-0</t>
   </si>
   <si>
     <t>20929-368</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/paris-occupe</t>
   </si>
   <si>
     <t>20929-93</t>
@@ -3920,143 +3920,143 @@
   <si>
     <t>2019.58.158</t>
   </si>
   <si>
     <t>Rennes, 1944-1945</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/rennes-1944-1945</t>
   </si>
   <si>
     <t>2019.58.14</t>
   </si>
   <si>
     <t>Retraite allemande 1944</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/retraite-allemande-1944-1</t>
   </si>
   <si>
     <t>20929-342</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/retraite-allemande-1944-0</t>
   </si>
   <si>
+    <t>20929-354</t>
+  </si>
+  <si>
+    <t>Retraite allemande à travers Paris</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/retraite-allemande-travers-paris</t>
+  </si>
+  <si>
+    <t>2019.58.9</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/retraite-allemande-travers-paris-0</t>
+  </si>
+  <si>
     <t>2019.58.1</t>
   </si>
   <si>
-    <t>Retraite allemande à travers Paris</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/retraite-allemande-travers-paris-1</t>
   </si>
   <si>
-    <t>20929-354</t>
-[...10 lines deleted...]
-  <si>
     <t>20929-233</t>
   </si>
   <si>
     <t>Roger Picazo, 2e régiment de spahis</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/roger-picazo-2e-regiment-spahis</t>
   </si>
   <si>
     <t>20929-283</t>
   </si>
   <si>
     <t>Rouffach : simulation d'une attaque d'un village</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/rouffach-simulation-dune-attaque-dun-village</t>
   </si>
   <si>
     <t>20929-284</t>
   </si>
   <si>
     <t>Rouffach, entrainement au tir mitraillette (50m)</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/rouffach-entrainement-tir-mitraillette-50m</t>
   </si>
   <si>
     <t>20929-95</t>
   </si>
   <si>
     <t>Rue de Seine</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/rue-seine</t>
   </si>
   <si>
     <t>20929-274</t>
   </si>
   <si>
     <t>Sac à dos U.S. 1943</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/sac-dos-us-1943</t>
   </si>
   <si>
+    <t>2019.58.12</t>
+  </si>
+  <si>
+    <t>Scène de la libération de Paris</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/scene-liberation-paris-0</t>
+  </si>
+  <si>
+    <t>2019.58.2</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/scene-liberation-paris-2</t>
+  </si>
+  <si>
+    <t>20929-373</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/scene-liberation-paris</t>
+  </si>
+  <si>
     <t>2019.58.10</t>
   </si>
   <si>
-    <t>Scène de la libération de Paris</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/scene-liberation-paris-1</t>
   </si>
   <si>
-    <t>2019.58.12</t>
-[...16 lines deleted...]
-  <si>
     <t>20929-182</t>
   </si>
   <si>
     <t>Shako, armée allemande</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/shako-armee-allemande</t>
   </si>
   <si>
     <t>20929-238</t>
   </si>
   <si>
     <t>Soldat de la 1ère armée assis dans un train</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldat-1ere-armee-assis-dans-train</t>
   </si>
   <si>
     <t>20929-81</t>
   </si>
   <si>
     <t>Soldats américains</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-americains</t>
@@ -4484,65 +4484,65 @@
   <si>
     <t>Campagne d'Allemagne, Nancy</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-nancy</t>
   </si>
   <si>
     <t>20929-190</t>
   </si>
   <si>
     <t>Campagne d'Allemagne, scène dans une cuisine</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-scene-dans-cuisine</t>
   </si>
   <si>
     <t>2019.58.244</t>
   </si>
   <si>
     <t>Campagne d'Allemagne, soldats assis</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-soldats-assis</t>
   </si>
   <si>
+    <t>20929-44</t>
+  </si>
+  <si>
+    <t>Campagne d'Allemagne, une rue</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-rue</t>
+  </si>
+  <si>
     <t>2019.58.353</t>
   </si>
   <si>
-    <t>Campagne d'Allemagne, une rue</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-rue-0</t>
   </si>
   <si>
-    <t>20929-44</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.354</t>
   </si>
   <si>
     <t>Campagne d'Allemagne, véhicules militaires dans une rue</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-vehicules-militaires-dans-rue-1</t>
   </si>
   <si>
     <t>20929-40</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-vehicules-militaires-dans-rue-0</t>
   </si>
   <si>
     <t>20929-286</t>
   </si>
   <si>
     <t>Campagne d'Allemagne. Deux soldats dans un véhicule</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-deux-soldats-dans-vehicule</t>
   </si>
   <si>
     <t>20929-194</t>
@@ -4622,122 +4622,122 @@
   <si>
     <t>Campagne d’Allemagne : un soldat et une femme faisant de la couture dans un intérieur</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-soldat-femme-faisant-couture-dans-interieur</t>
   </si>
   <si>
     <t>2019.58.366</t>
   </si>
   <si>
     <t>Campagne d’Allemagne, boeuf mort dans une rue</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-boeuf-mort-dans-rue</t>
   </si>
   <si>
     <t>2019.58.29</t>
   </si>
   <si>
     <t>Campagne d’Allemagne, cantonnement en Alsace</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-cantonnement-en-alsace-0</t>
   </si>
   <si>
+    <t>20929-38</t>
+  </si>
+  <si>
+    <t>Campagne d’Allemagne, char dans une rue</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-char-dans-rue-0</t>
+  </si>
+  <si>
     <t>2019.58.394</t>
   </si>
   <si>
-    <t>Campagne d’Allemagne, char dans une rue</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-char-dans-rue-1</t>
   </si>
   <si>
     <t>20929-36</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-char-dans-rue</t>
   </si>
   <si>
-    <t>20929-38</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.365</t>
   </si>
   <si>
     <t>Campagne d’Allemagne, char « Courroux » dans une rue</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-char-courroux-dans-rue</t>
   </si>
   <si>
     <t>20929-170</t>
   </si>
   <si>
     <t>Campagne d’Allemagne, portraits d’enfants</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-portraits-denfants</t>
   </si>
   <si>
     <t>2019.58.359</t>
   </si>
   <si>
     <t>Campagne d’Allemagne, scène de rue devant une boucherie</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-scene-rue-devant-boucherie</t>
   </si>
   <si>
     <t>20929-25</t>
   </si>
   <si>
     <t>Campagne d’Allemagne, soldat assis sur un véhicule</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-soldat-assis-vehicule</t>
   </si>
   <si>
+    <t>2019.58.382</t>
+  </si>
+  <si>
+    <t>Campagne d’Allemagne, soldat dans sa chambre</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-soldat-dans-chambre</t>
+  </si>
+  <si>
     <t>2019.58.384</t>
   </si>
   <si>
-    <t>Campagne d’Allemagne, soldat dans sa chambre</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-soldat-dans-chambre-0</t>
   </si>
   <si>
-    <t>2019.58.382</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.357</t>
   </si>
   <si>
     <t>Campagne d’Allemagne, soldats et véhicules militaires dans une rue</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-soldats-vehicules-militaires-dans-rue</t>
   </si>
   <si>
     <t>20929-39</t>
   </si>
   <si>
     <t>Campagne d’Allemagne, véhicules militaires dans une rue</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-vehicules-militaires-dans-rue</t>
   </si>
   <si>
     <t>2019.58.405</t>
   </si>
   <si>
     <t>Campement militaire</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campement-militaire</t>
@@ -4826,68 +4826,68 @@
   <si>
     <t>Casque et cravache</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/casque-cravache</t>
   </si>
   <si>
     <t>20929-223</t>
   </si>
   <si>
     <t>Castex</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/castex</t>
   </si>
   <si>
     <t>20929-168</t>
   </si>
   <si>
     <t>Centre d'accueil, Mulhouse</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/centre-daccueil-mulhouse</t>
   </si>
   <si>
+    <t>20929-352</t>
+  </si>
+  <si>
+    <t>Cernés dans Berlin anéanti les chefs nazis se réfugient dans la mort</t>
+  </si>
+  <si>
+    <t>Entre 1945 et 1950</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/cernes-dans-berlin-aneanti-chefs-nazis-se-refugient-dans-mort</t>
+  </si>
+  <si>
     <t>2019.58.32</t>
   </si>
   <si>
-    <t>Cernés dans Berlin anéanti les chefs nazis se réfugient dans la mort</t>
-[...4 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/cernes-dans-berlin-aneanti-chefs-nazis-se-refugient-dans-mort-0</t>
   </si>
   <si>
-    <t>20929-352</t>
-[...4 lines deleted...]
-  <si>
     <t>20929-165</t>
   </si>
   <si>
     <t>Chambre des ambulancières</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/chambre-ambulancieres</t>
   </si>
   <si>
     <t>20929-343</t>
   </si>
   <si>
     <t>Char américain ou anglais</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/char-americain-anglais</t>
   </si>
   <si>
     <t>20929-344</t>
   </si>
   <si>
     <t>Char Cromwell</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/char-cromwell</t>
@@ -5282,65 +5282,65 @@
   <si>
     <t>Forêt-Noire. 1ère armée. Vaihingen</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/foret-noire-1ere-armee-vaihingen</t>
   </si>
   <si>
     <t>2019.58.400</t>
   </si>
   <si>
     <t>Fouille de prisonniers</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/fouille-prisonniers</t>
   </si>
   <si>
     <t>20929-254</t>
   </si>
   <si>
     <t>Gabriel Beauleret, 2e régiment de spahis</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/gabriel-beauleret-2e-regiment-spahis</t>
   </si>
   <si>
+    <t>20929-169</t>
+  </si>
+  <si>
+    <t>Gare d'Eutingen im Gäu</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/gare-deutingen-im-gau</t>
+  </si>
+  <si>
     <t>2019.58.351</t>
   </si>
   <si>
-    <t>Gare d'Eutingen im Gäu</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/gare-deutingen-im-gau-0</t>
   </si>
   <si>
-    <t>20929-169</t>
-[...4 lines deleted...]
-  <si>
     <t>20929-15</t>
   </si>
   <si>
     <t>Génie de l'Air, outillage</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/genie-lair-outillage</t>
   </si>
   <si>
     <t>2019.58.372</t>
   </si>
   <si>
     <t>Goumier dans une rue en Allemagne</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/goumier-dans-rue-en-allemagne</t>
   </si>
   <si>
     <t>20929-386</t>
   </si>
   <si>
     <t>Goumiers dans un village en Allemagne</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/goumiers-dans-village-en-allemagne</t>
@@ -6161,62 +6161,62 @@
   <si>
     <t>Soldat du 7e régiment de chasseurs d’Afrique assis dans un intérieur</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldat-7e-regiment-chasseurs-dafrique-assis-dans-interieur</t>
   </si>
   <si>
     <t>2019.58.347</t>
   </si>
   <si>
     <t>Soldats assis dans un intérieur</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-assis-dans-interieur</t>
   </si>
   <si>
     <t>2019.58.368</t>
   </si>
   <si>
     <t>Soldats dans la cour d'une ferme</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-dans-cour-dune-ferme</t>
   </si>
   <si>
+    <t>2019.58.367</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-dans-interieur-0</t>
+  </si>
+  <si>
     <t>2019.58.363</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-dans-interieur</t>
   </si>
   <si>
-    <t>2019.58.367</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.340</t>
   </si>
   <si>
     <t>Soldats dans une cour de ferme</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-dans-cour-ferme</t>
   </si>
   <si>
     <t>2019.58.398</t>
   </si>
   <si>
     <t>Soldats dans une Jeep et tabors</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-dans-jeep-tabors</t>
   </si>
   <si>
     <t>2019.58.401</t>
   </si>
   <si>
     <t>Soldats devant une maison à la campagne</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-devant-maison-campagne</t>
@@ -6284,155 +6284,155 @@
   <si>
     <t>2019.58.403</t>
   </si>
   <si>
     <t>Steinegg : observatoire d’artillerie</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/steinegg-observatoire-dartillerie</t>
   </si>
   <si>
     <t>2019.58.415</t>
   </si>
   <si>
     <t>Stuttgart en ruines</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/stuttgart-en-ruines-0</t>
   </si>
   <si>
     <t>2019.58.426</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/stuttgart-en-ruines</t>
   </si>
   <si>
+    <t>2019.58.26</t>
+  </si>
+  <si>
+    <t>Stuttgart, 1945</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/stuttgart-1945-4</t>
+  </si>
+  <si>
+    <t>20929-172</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/stuttgart-1945-0</t>
+  </si>
+  <si>
+    <t>20929-184</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/stuttgart-1945</t>
+  </si>
+  <si>
+    <t>20929-164</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/stuttgart-1945-1</t>
+  </si>
+  <si>
+    <t>2019.58.425</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/stuttgart-1945-2</t>
+  </si>
+  <si>
     <t>2019.58.203</t>
   </si>
   <si>
-    <t>Stuttgart, 1945</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/stuttgart-1945-3</t>
   </si>
   <si>
-    <t>2019.58.26</t>
-[...28 lines deleted...]
-  <si>
     <t>20929-312</t>
   </si>
   <si>
     <t>Stuttgart, un nazi dans une rafle nocture, s'égorge</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/stuttgart-nazi-dans-rafle-nocture-segorge</t>
   </si>
   <si>
     <t>2019.58.352</t>
   </si>
   <si>
     <t>Stuttgart. Palais Royal</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/stuttgart-palais-royal</t>
   </si>
   <si>
     <t>20929-276</t>
   </si>
   <si>
     <t>Tableau de bord du Goëland</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/tableau-bord-goeland</t>
   </si>
   <si>
     <t>2019.58.205</t>
   </si>
   <si>
     <t>Tabors</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/tabors</t>
   </si>
   <si>
     <t>2019.58.399</t>
   </si>
   <si>
     <t>Tabors assis autour d’un soldat alité</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/tabors-assis-autour-dun-soldat-alite</t>
   </si>
   <si>
+    <t>2019.58.390</t>
+  </si>
+  <si>
+    <t>Tabors au repos</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/tabors-repos-1</t>
+  </si>
+  <si>
+    <t>2019.58.392</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/tabors-repos-0</t>
+  </si>
+  <si>
     <t>2019.58.406</t>
   </si>
   <si>
-    <t>Tabors au repos</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/tabors-repos</t>
   </si>
   <si>
-    <t>2019.58.390</t>
-[...10 lines deleted...]
-  <si>
     <t>2019.58.396</t>
   </si>
   <si>
     <t>Tabors dans une rue</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/tabors-dans-rue</t>
   </si>
   <si>
     <t>20929-51</t>
   </si>
   <si>
     <t>Tank Destroyer démonté</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/tank-destroyer-demonte</t>
   </si>
   <si>
     <t>20929-314</t>
   </si>
   <si>
     <t>Tank Destroyer du 7e régiment de chasseurs d'Afrique « Courage »</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/tank-destroyer-7e-regiment-chasseurs-dafrique-courage</t>
@@ -6596,65 +6596,65 @@
   <si>
     <t>20929-319</t>
   </si>
   <si>
     <t>Trophée imaginaire d'un parachutiste</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trophee-imaginaire-dun-parachutiste</t>
   </si>
   <si>
     <t>2019.58.51</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trophee-imaginaire-dun-parachutiste-0</t>
   </si>
   <si>
     <t>2019.58.108</t>
   </si>
   <si>
     <t>Trophée imaginaire de carcasses d'avions</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trophee-imaginaire-carcasses-davions</t>
   </si>
   <si>
+    <t>20929-293</t>
+  </si>
+  <si>
+    <t>Trophée imaginaire de carcasses de bateaux</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trophee-imaginaire-carcasses-bateaux</t>
+  </si>
+  <si>
     <t>2019.58.107</t>
   </si>
   <si>
-    <t>Trophée imaginaire de carcasses de bateaux</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trophee-imaginaire-carcasses-bateaux-0</t>
   </si>
   <si>
-    <t>20929-293</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.58</t>
   </si>
   <si>
     <t>Trophée imaginaire de carcasses de blindés</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trophee-imaginaire-carcasses-blindes-0</t>
   </si>
   <si>
     <t>2019.58.59</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trophee-imaginaire-carcasses-blindes</t>
   </si>
   <si>
     <t>20929-316</t>
   </si>
   <si>
     <t>U-boot 700 t</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/u-boot-700-t</t>
   </si>
   <si>
     <t>2019.58.207</t>
@@ -6800,71 +6800,71 @@
   <si>
     <t>Vue d'un port et ses navires</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/vue-dun-port-navires</t>
   </si>
   <si>
     <t>20929-142</t>
   </si>
   <si>
     <t>Wilhelm Brutt de la Kriegsmarine</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/wilhelm-brutt-kriegsmarine</t>
   </si>
   <si>
     <t>20929-195</t>
   </si>
   <si>
     <t>Wurtemberg : le lieutenant Leduc, 71e  bataillon du génie de l’air</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/wurtemberg-lieutenant-leduc-71e-bataillon-genie-lair</t>
   </si>
   <si>
+    <t>20929-191</t>
+  </si>
+  <si>
+    <t>Wurtemberg, 1945</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/wurtemberg-1945-0</t>
+  </si>
+  <si>
+    <t>20929-173</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/wurtemberg-1945-1</t>
+  </si>
+  <si>
     <t>20929-285</t>
   </si>
   <si>
-    <t>Wurtemberg, 1945</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/wurtemberg-1945</t>
   </si>
   <si>
-    <t>20929-191</t>
-[...10 lines deleted...]
-  <si>
     <t>2019.58.177</t>
   </si>
   <si>
     <t>Yhlali ben Zahlib, 1er  groupement de tabors marocains</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/yhlali-ben-zahlib-1er-groupement-tabors-marocains</t>
   </si>
   <si>
     <t>20929-212</t>
   </si>
   <si>
     <t>Yvon Ambrosino, 7e régiment de chasseurs d'Afrique</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/yvon-ambrosino-7e-regiment-chasseurs-dafrique</t>
   </si>
   <si>
     <t>20929-351</t>
   </si>
   <si>
     <t>Funérailles d'un héros</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/funerailles-dun-heros</t>
@@ -6893,126 +6893,126 @@
   <si>
     <t>2019.58.69</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/lallemagne-assiegee-invente-guerre-totale-0</t>
   </si>
   <si>
     <t>20929-333</t>
   </si>
   <si>
     <t>Soldats marocains</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-marocains</t>
   </si>
   <si>
     <t>2019.58.96</t>
   </si>
   <si>
     <t>Paris Capitale</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/paris-capitale</t>
   </si>
   <si>
+    <t>2019.58.67</t>
+  </si>
+  <si>
+    <t>Les Alliés s'emparent du ciel</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/allies-semparent-ciel-0</t>
+  </si>
+  <si>
     <t>20929-358</t>
   </si>
   <si>
-    <t>Les Alliés s'emparent du ciel</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/allies-semparent-ciel</t>
   </si>
   <si>
-    <t>2019.58.67</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.68</t>
   </si>
   <si>
     <t>Les Anglo-Américains maîtres des mers</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/anglo-americains-maitres-mers-0</t>
   </si>
   <si>
     <t>20929-366</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/anglo-americains-maitres-mers</t>
   </si>
   <si>
     <t>2019.58.70</t>
   </si>
   <si>
     <t>Les USA intacts forgent à la hâte un prodigieux matériel d'assaut</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/usa-intacts-forgent-hate-prodigieux-materiel-dassaut-0</t>
   </si>
   <si>
     <t>20929-345</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/usa-intacts-forgent-hate-prodigieux-materiel-dassaut</t>
   </si>
   <si>
     <t>20929-322</t>
   </si>
   <si>
     <t>Avion de guerre</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/avion-guerre</t>
   </si>
   <si>
     <t>20929-321</t>
   </si>
   <si>
     <t>Avion de guerre allemand</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/avion-guerre-allemand</t>
   </si>
   <si>
+    <t>20929-56</t>
+  </si>
+  <si>
+    <t>Canon antichar conservé au musée militaire de Castel San Angelo, Rome</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/canon-antichar-conserve-musee-militaire-castel-san-angelo-rome</t>
+  </si>
+  <si>
     <t>20929-57</t>
   </si>
   <si>
-    <t>Canon antichar conservé au musée militaire de Castel San Angelo, Rome</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/canon-antichar-conserve-musee-militaire-castel-san-angelo-rome-0</t>
-  </si>
-[...4 lines deleted...]
-    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/canon-antichar-conserve-musee-militaire-castel-san-angelo-rome</t>
   </si>
   <si>
     <t>2019.58.114</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/scene-bombardement</t>
   </si>
   <si>
     <t>20929-124</t>
   </si>
   <si>
     <t>Fusil Mauser 1913</t>
   </si>
   <si>
     <t>Vers 1950</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/fusil-mauser-1913</t>
   </si>
   <si>
     <t>20929-200</t>
   </si>
   <si>
     <t>Mit Gott für Kaiser und Reich</t>
   </si>
@@ -8589,65 +8589,65 @@
         <v>240</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B84" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>151</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" s="1" t="s">
         <v>243</v>
       </c>
       <c r="B85" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>184</v>
+        <v>151</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" s="1" t="s">
         <v>245</v>
       </c>
       <c r="B86" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>151</v>
+        <v>184</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" s="1" t="s">
         <v>247</v>
       </c>
       <c r="B87" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>151</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" s="1" t="s">
         <v>249</v>
       </c>
       <c r="B88" s="1" t="s">
         <v>40</v>
@@ -8840,80 +8840,80 @@
       <c r="D101" s="1" t="s">
         <v>286</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" s="1" t="s">
         <v>287</v>
       </c>
       <c r="B102" s="1" t="s">
         <v>288</v>
       </c>
       <c r="C102" s="1" t="s">
         <v>289</v>
       </c>
       <c r="D102" s="1" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" s="1" t="s">
         <v>291</v>
       </c>
       <c r="B103" s="1" t="s">
         <v>292</v>
       </c>
-      <c r="C103" s="1" t="s">
-        <v>151</v>
+      <c r="C103" s="1">
+        <v>1939</v>
       </c>
       <c r="D103" s="1" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" s="1" t="s">
         <v>294</v>
       </c>
       <c r="B104" s="1" t="s">
         <v>292</v>
       </c>
       <c r="C104" s="1" t="s">
         <v>151</v>
       </c>
       <c r="D104" s="1" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" s="1" t="s">
         <v>296</v>
       </c>
       <c r="B105" s="1" t="s">
         <v>292</v>
       </c>
-      <c r="C105" s="1">
-        <v>1939</v>
+      <c r="C105" s="1" t="s">
+        <v>151</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" s="1" t="s">
         <v>298</v>
       </c>
       <c r="B106" s="1" t="s">
         <v>292</v>
       </c>
       <c r="C106" s="1" t="s">
         <v>151</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" s="1" t="s">
         <v>300</v>
       </c>
       <c r="B107" s="1" t="s">
         <v>292</v>
@@ -9064,66 +9064,66 @@
       <c r="D117" s="1" t="s">
         <v>330</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" s="1" t="s">
         <v>331</v>
       </c>
       <c r="B118" s="1" t="s">
         <v>327</v>
       </c>
       <c r="C118" s="1">
         <v>1939</v>
       </c>
       <c r="D118" s="1" t="s">
         <v>332</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" s="1" t="s">
         <v>333</v>
       </c>
       <c r="B119" s="1" t="s">
         <v>327</v>
       </c>
-      <c r="C119" s="1">
-        <v>1939</v>
+      <c r="C119" s="1" t="s">
+        <v>334</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" s="1" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B120" s="1" t="s">
         <v>327</v>
       </c>
-      <c r="C120" s="1" t="s">
-        <v>336</v>
+      <c r="C120" s="1">
+        <v>1939</v>
       </c>
       <c r="D120" s="1" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" s="1" t="s">
         <v>338</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>339</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>340</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" s="1" t="s">
         <v>342</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>339</v>
@@ -9583,93 +9583,93 @@
         <v>436</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" s="1" t="s">
         <v>437</v>
       </c>
       <c r="B155" s="1" t="s">
         <v>118</v>
       </c>
       <c r="C155" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D155" s="1" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" s="1" t="s">
         <v>439</v>
       </c>
       <c r="B156" s="1" t="s">
         <v>118</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>184</v>
+        <v>151</v>
       </c>
       <c r="D156" s="1" t="s">
         <v>440</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" s="1" t="s">
         <v>441</v>
       </c>
       <c r="B157" s="1" t="s">
         <v>118</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>151</v>
+        <v>184</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>442</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" s="1" t="s">
         <v>443</v>
       </c>
       <c r="B158" s="1" t="s">
         <v>118</v>
       </c>
-      <c r="C158" s="1" t="s">
-        <v>184</v>
+      <c r="C158" s="1">
+        <v>1939</v>
       </c>
       <c r="D158" s="1" t="s">
         <v>444</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" s="1" t="s">
         <v>445</v>
       </c>
       <c r="B159" s="1" t="s">
         <v>118</v>
       </c>
-      <c r="C159" s="1">
-        <v>1939</v>
+      <c r="C159" s="1" t="s">
+        <v>184</v>
       </c>
       <c r="D159" s="1" t="s">
         <v>446</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" s="1" t="s">
         <v>447</v>
       </c>
       <c r="B160" s="1" t="s">
         <v>121</v>
       </c>
       <c r="C160" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D160" s="1" t="s">
         <v>448</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" s="1" t="s">
         <v>449</v>
       </c>
       <c r="B161" s="1" t="s">
         <v>450</v>
@@ -11514,66 +11514,66 @@
       <c r="D292" s="1" t="s">
         <v>837</v>
       </c>
     </row>
     <row r="293" spans="1:4">
       <c r="A293" s="1" t="s">
         <v>838</v>
       </c>
       <c r="B293" s="1" t="s">
         <v>836</v>
       </c>
       <c r="C293" s="1">
         <v>1943</v>
       </c>
       <c r="D293" s="1" t="s">
         <v>839</v>
       </c>
     </row>
     <row r="294" spans="1:4">
       <c r="A294" s="1" t="s">
         <v>840</v>
       </c>
       <c r="B294" s="1" t="s">
         <v>661</v>
       </c>
-      <c r="C294" s="1" t="s">
+      <c r="C294" s="1">
+        <v>1943</v>
+      </c>
+      <c r="D294" s="1" t="s">
         <v>841</v>
-      </c>
-[...1 lines deleted...]
-        <v>842</v>
       </c>
     </row>
     <row r="295" spans="1:4">
       <c r="A295" s="1" t="s">
-        <v>843</v>
+        <v>842</v>
       </c>
       <c r="B295" s="1" t="s">
         <v>661</v>
       </c>
-      <c r="C295" s="1">
-        <v>1943</v>
+      <c r="C295" s="1" t="s">
+        <v>843</v>
       </c>
       <c r="D295" s="1" t="s">
         <v>844</v>
       </c>
     </row>
     <row r="296" spans="1:4">
       <c r="A296" s="1" t="s">
         <v>845</v>
       </c>
       <c r="B296" s="1" t="s">
         <v>846</v>
       </c>
       <c r="C296" s="1">
         <v>1943</v>
       </c>
       <c r="D296" s="1" t="s">
         <v>847</v>
       </c>
     </row>
     <row r="297" spans="1:4">
       <c r="A297" s="1" t="s">
         <v>848</v>
       </c>
       <c r="B297" s="1" t="s">
         <v>849</v>
@@ -11878,66 +11878,66 @@
       <c r="D318" s="1" t="s">
         <v>908</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319" s="1" t="s">
         <v>909</v>
       </c>
       <c r="B319" s="1" t="s">
         <v>910</v>
       </c>
       <c r="C319" s="1">
         <v>1944</v>
       </c>
       <c r="D319" s="1" t="s">
         <v>911</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320" s="1" t="s">
         <v>912</v>
       </c>
       <c r="B320" s="1" t="s">
         <v>913</v>
       </c>
-      <c r="C320" s="1" t="s">
+      <c r="C320" s="1">
+        <v>1944</v>
+      </c>
+      <c r="D320" s="1" t="s">
         <v>914</v>
-      </c>
-[...1 lines deleted...]
-        <v>915</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321" s="1" t="s">
-        <v>916</v>
+        <v>915</v>
       </c>
       <c r="B321" s="1" t="s">
         <v>913</v>
       </c>
-      <c r="C321" s="1">
-        <v>1944</v>
+      <c r="C321" s="1" t="s">
+        <v>916</v>
       </c>
       <c r="D321" s="1" t="s">
         <v>917</v>
       </c>
     </row>
     <row r="322" spans="1:4">
       <c r="A322" s="1" t="s">
         <v>918</v>
       </c>
       <c r="B322" s="1" t="s">
         <v>919</v>
       </c>
       <c r="C322" s="1">
         <v>1944</v>
       </c>
       <c r="D322" s="1" t="s">
         <v>920</v>
       </c>
     </row>
     <row r="323" spans="1:4">
       <c r="A323" s="1" t="s">
         <v>921</v>
       </c>
       <c r="B323" s="1" t="s">
         <v>922</v>
@@ -12663,51 +12663,51 @@
         <v>1074</v>
       </c>
     </row>
     <row r="375" spans="1:4">
       <c r="A375" s="1" t="s">
         <v>1075</v>
       </c>
       <c r="B375" s="1" t="s">
         <v>1076</v>
       </c>
       <c r="C375" s="1">
         <v>1944</v>
       </c>
       <c r="D375" s="1" t="s">
         <v>1077</v>
       </c>
     </row>
     <row r="376" spans="1:4">
       <c r="A376" s="1" t="s">
         <v>1078</v>
       </c>
       <c r="B376" s="1" t="s">
         <v>1079</v>
       </c>
       <c r="C376" s="1" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
       <c r="D376" s="1" t="s">
         <v>1080</v>
       </c>
     </row>
     <row r="377" spans="1:4">
       <c r="A377" s="1" t="s">
         <v>1081</v>
       </c>
       <c r="B377" s="1" t="s">
         <v>1082</v>
       </c>
       <c r="C377" s="1">
         <v>1944</v>
       </c>
       <c r="D377" s="1" t="s">
         <v>1083</v>
       </c>
     </row>
     <row r="378" spans="1:4">
       <c r="A378" s="1" t="s">
         <v>1084</v>
       </c>
       <c r="B378" s="1" t="s">
         <v>1085</v>
@@ -12915,51 +12915,51 @@
         <v>1125</v>
       </c>
     </row>
     <row r="393" spans="1:4">
       <c r="A393" s="1" t="s">
         <v>1126</v>
       </c>
       <c r="B393" s="1" t="s">
         <v>1127</v>
       </c>
       <c r="C393" s="1">
         <v>1944</v>
       </c>
       <c r="D393" s="1" t="s">
         <v>1128</v>
       </c>
     </row>
     <row r="394" spans="1:4">
       <c r="A394" s="1" t="s">
         <v>1129</v>
       </c>
       <c r="B394" s="1" t="s">
         <v>1130</v>
       </c>
       <c r="C394" s="1" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
       <c r="D394" s="1" t="s">
         <v>1131</v>
       </c>
     </row>
     <row r="395" spans="1:4">
       <c r="A395" s="1" t="s">
         <v>1132</v>
       </c>
       <c r="B395" s="1" t="s">
         <v>1133</v>
       </c>
       <c r="C395" s="1">
         <v>1944</v>
       </c>
       <c r="D395" s="1" t="s">
         <v>1134</v>
       </c>
     </row>
     <row r="396" spans="1:4">
       <c r="A396" s="1" t="s">
         <v>1135</v>
       </c>
       <c r="B396" s="1" t="s">
         <v>1136</v>
@@ -13027,65 +13027,65 @@
         <v>1149</v>
       </c>
     </row>
     <row r="401" spans="1:4">
       <c r="A401" s="1" t="s">
         <v>1150</v>
       </c>
       <c r="B401" s="1" t="s">
         <v>1151</v>
       </c>
       <c r="C401" s="1">
         <v>1944</v>
       </c>
       <c r="D401" s="1" t="s">
         <v>1152</v>
       </c>
     </row>
     <row r="402" spans="1:4">
       <c r="A402" s="1" t="s">
         <v>1153</v>
       </c>
       <c r="B402" s="1" t="s">
         <v>1154</v>
       </c>
       <c r="C402" s="1" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
       <c r="D402" s="1" t="s">
         <v>1155</v>
       </c>
     </row>
     <row r="403" spans="1:4">
       <c r="A403" s="1" t="s">
         <v>1156</v>
       </c>
       <c r="B403" s="1" t="s">
         <v>1157</v>
       </c>
       <c r="C403" s="1" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
       <c r="D403" s="1" t="s">
         <v>1158</v>
       </c>
     </row>
     <row r="404" spans="1:4">
       <c r="A404" s="1" t="s">
         <v>1159</v>
       </c>
       <c r="B404" s="1" t="s">
         <v>1160</v>
       </c>
       <c r="C404" s="1">
         <v>1944</v>
       </c>
       <c r="D404" s="1" t="s">
         <v>1161</v>
       </c>
     </row>
     <row r="405" spans="1:4">
       <c r="A405" s="1" t="s">
         <v>1162</v>
       </c>
       <c r="B405" s="1" t="s">
         <v>1163</v>
@@ -13601,51 +13601,51 @@
         <v>1267</v>
       </c>
     </row>
     <row r="442" spans="1:4">
       <c r="A442" s="1" t="s">
         <v>1268</v>
       </c>
       <c r="B442" s="1" t="s">
         <v>1269</v>
       </c>
       <c r="C442" s="1">
         <v>1944</v>
       </c>
       <c r="D442" s="1" t="s">
         <v>1270</v>
       </c>
     </row>
     <row r="443" spans="1:4">
       <c r="A443" s="1" t="s">
         <v>1271</v>
       </c>
       <c r="B443" s="1" t="s">
         <v>1272</v>
       </c>
       <c r="C443" s="1" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
       <c r="D443" s="1" t="s">
         <v>1273</v>
       </c>
     </row>
     <row r="444" spans="1:4">
       <c r="A444" s="1" t="s">
         <v>1274</v>
       </c>
       <c r="B444" s="1" t="s">
         <v>1275</v>
       </c>
       <c r="C444" s="1">
         <v>1944</v>
       </c>
       <c r="D444" s="1" t="s">
         <v>1276</v>
       </c>
     </row>
     <row r="445" spans="1:4">
       <c r="A445" s="1" t="s">
         <v>1277</v>
       </c>
       <c r="B445" s="1" t="s">
         <v>1278</v>