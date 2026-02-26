--- v4 (2026-01-11)
+++ v5 (2026-02-26)
@@ -38,65 +38,65 @@
   <si>
     <t>Numéro d’inventaire</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Lien</t>
   </si>
   <si>
     <t>2019.58.155</t>
   </si>
   <si>
     <t>Equipement d'un soldat du 15e  bataillon de chasseurs alpins. Au verso : étude pour un religieux, de moine de profil</t>
   </si>
   <si>
     <t>Entre 1936 et 1938</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/equipement-dun-soldat-15e-bataillon-chasseurs-alpins-verso-etude-religieux-moine</t>
   </si>
   <si>
+    <t>2019.58.167</t>
+  </si>
+  <si>
+    <t>14 juillet 1938</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/14-juillet-1938</t>
+  </si>
+  <si>
     <t>2019.58.162</t>
   </si>
   <si>
-    <t>14 juillet 1938</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/14-juillet-1938-0</t>
   </si>
   <si>
-    <t>2019.58.167</t>
-[...4 lines deleted...]
-  <si>
     <t>20929-62</t>
   </si>
   <si>
     <t>Barcelonette : intérieur de la caserne</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/barcelonette-interieur-caserne</t>
   </si>
   <si>
     <t>2019.58.189</t>
   </si>
   <si>
     <t>Entre 1938 et 1939</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/barcelonette-interieur-caserne-0</t>
   </si>
   <si>
     <t>2019.58.249</t>
   </si>
   <si>
     <t>Bivouac dans les Alpes, 15e bataillon de chasseurs alpins</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/bivouac-dans-alpes-15e-bataillon-chasseurs-alpins-0</t>
@@ -461,92 +461,92 @@
   <si>
     <t>2019.58.66</t>
   </si>
   <si>
     <t>Bateaux de guerre</t>
   </si>
   <si>
     <t>Entre 1939 et 1945</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/bateaux-guerre-1</t>
   </si>
   <si>
     <t>2019.58.197</t>
   </si>
   <si>
     <t>Bayasse. Repos du dimanche</t>
   </si>
   <si>
     <t>08/1939</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/bayasse-repos-dimanche</t>
   </si>
   <si>
+    <t>2019.58.239</t>
+  </si>
+  <si>
+    <t>Bivouac dans la montagne</t>
+  </si>
+  <si>
+    <t>Vers 1939</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/bivouac-dans-montagne-4</t>
+  </si>
+  <si>
+    <t>2019.58.338</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/bivouac-dans-montagne</t>
+  </si>
+  <si>
+    <t>2019.58.307</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/bivouac-dans-montagne-0</t>
+  </si>
+  <si>
     <t>2019.58.311</t>
   </si>
   <si>
-    <t>Bivouac dans la montagne</t>
-[...4 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/bivouac-dans-montagne-2</t>
   </si>
   <si>
     <t>2019.58.302</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/bivouac-dans-montagne-1</t>
   </si>
   <si>
     <t>2019.58.281</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/bivouac-dans-montagne-3</t>
   </si>
   <si>
-    <t>2019.58.239</t>
-[...16 lines deleted...]
-  <si>
     <t>2019.58.193</t>
   </si>
   <si>
     <t>Bivouac dans les Alpes</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/bivouac-dans-alpes</t>
   </si>
   <si>
     <t>20929-66</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/bivouac-dans-alpes-15e-bataillon-chasseurs-alpins</t>
   </si>
   <si>
     <t>20929-103</t>
   </si>
   <si>
     <t>Boussole Alidade système du général Peigné</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/boussole-alidade-systeme-general-peigne</t>
   </si>
   <si>
     <t>20929-361</t>
@@ -563,77 +563,77 @@
   <si>
     <t>Camp de Bitche</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/camp-bitche</t>
   </si>
   <si>
     <t>2019.58.301</t>
   </si>
   <si>
     <t>Camp de La Bresse. 1939</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/camp-bresse-1939</t>
   </si>
   <si>
     <t>20929-105</t>
   </si>
   <si>
     <t>Camp du 15e bataillon de chasseurs alpins</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/camp-15e-bataillon-chasseurs-alpins</t>
   </si>
   <si>
+    <t>2019.58.264</t>
+  </si>
+  <si>
+    <t>Entre 1939 et 1940</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/cantonnement-0</t>
+  </si>
+  <si>
+    <t>2019.58.232</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/cantonnement-2</t>
+  </si>
+  <si>
     <t>2019.58.215</t>
   </si>
   <si>
-    <t>Entre 1939 et 1940</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/cantonnement-5</t>
   </si>
   <si>
     <t>2019.58.322</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/cantonnement</t>
   </si>
   <si>
-    <t>2019.58.264</t>
-[...10 lines deleted...]
-  <si>
     <t>2019.58.194</t>
   </si>
   <si>
     <t>Cantonnement dans une écurie</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/cantonnement-dans-ecurie</t>
   </si>
   <si>
     <t>2019.58.229</t>
   </si>
   <si>
     <t>Cantonnement dans une église</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/cantonnement-dans-eglise</t>
   </si>
   <si>
     <t>2019.58.213</t>
   </si>
   <si>
     <t>Cantonnement des muletiers en  Alsace</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/cantonnement-muletiers-en-alsace</t>
@@ -695,71 +695,71 @@
   <si>
     <t>Croquis : soldats au repos. Au verso : figure féminine de profil</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-soldats-repos-verso-figure-feminine-profil</t>
   </si>
   <si>
     <t>2019.58.263</t>
   </si>
   <si>
     <t>Croquis : soldats et mulets dans un village</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-soldats-mulets-dans-village</t>
   </si>
   <si>
     <t>2019.58.320</t>
   </si>
   <si>
     <t>Croquis : tente marabout</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-tente-marabout</t>
   </si>
   <si>
+    <t>2019.58.326</t>
+  </si>
+  <si>
+    <t>Croquis : un soldat de dos et équipement</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-soldat-dos-equipement</t>
+  </si>
+  <si>
+    <t>2019.58.308</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-soldat-dos-equipement-0</t>
+  </si>
+  <si>
     <t>2019.58.313</t>
   </si>
   <si>
-    <t>Croquis : un soldat de dos et équipement</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-soldat-dos-equipement-1</t>
   </si>
   <si>
-    <t>2019.58.326</t>
-[...10 lines deleted...]
-  <si>
     <t>2019.58.318</t>
   </si>
   <si>
     <t>Croquis de paysage</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-paysage</t>
   </si>
   <si>
     <t>2019.58.183</t>
   </si>
   <si>
     <t>Croquis de route. 15e  bataillon de chasseurs alpins</t>
   </si>
   <si>
     <t>Entre 1939 et 1935</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-route-15e-bataillon-chasseurs-alpins-4</t>
   </si>
   <si>
     <t>2019.58.315</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-soldats-4</t>
@@ -776,74 +776,74 @@
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-soldats-5</t>
   </si>
   <si>
     <t>2019.58.319</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-soldats-1</t>
   </si>
   <si>
     <t>2019.58.310</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-soldats-0</t>
   </si>
   <si>
     <t>2019.58.335</t>
   </si>
   <si>
     <t>Cuisines</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/cuisines</t>
   </si>
   <si>
+    <t>20929-115</t>
+  </si>
+  <si>
+    <t>Dans les Ardennes</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/dans-ardennes</t>
+  </si>
+  <si>
+    <t>2019.58.211</t>
+  </si>
+  <si>
+    <t>11/1939</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/dans-ardennes-1</t>
+  </si>
+  <si>
     <t>20929-114</t>
   </si>
   <si>
-    <t>Dans les Ardennes</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/dans-ardennes-0</t>
   </si>
   <si>
-    <t>20929-115</t>
-[...13 lines deleted...]
-  <si>
     <t>2019.58.272</t>
   </si>
   <si>
     <t>Dans une cuisine à Ambly-Fleury</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/dans-cuisine-ambly-fleury</t>
   </si>
   <si>
     <t>2019.58.294</t>
   </si>
   <si>
     <t>Deux groupes de soldats, l'un jouant aux cartes, l'autre dormant</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/deux-groupes-soldats-lun-jouant-aux-cartes-lautre-dormant</t>
   </si>
   <si>
     <t>2019.58.279</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/deux-soldats-assis-larriere-plan-grange-0</t>
   </si>
   <si>
     <t>2019.58.270</t>
@@ -887,83 +887,83 @@
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/embarquement-militaire-dans-train</t>
   </si>
   <si>
     <t>2019.58.252</t>
   </si>
   <si>
     <t>En montagne</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/en-montagne</t>
   </si>
   <si>
     <t>2019.58.237</t>
   </si>
   <si>
     <t>Exercice à la 2e  Compagnie, janvier 1939</t>
   </si>
   <si>
     <t>21/1/1939</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/exercice-2e-compagnie-janvier-1939</t>
   </si>
   <si>
+    <t>2019.58.304</t>
+  </si>
+  <si>
+    <t>Exercice en montagne</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/exercice-en-montagne-3</t>
+  </si>
+  <si>
+    <t>2019.58.254</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/exercice-en-montagne</t>
+  </si>
+  <si>
+    <t>2019.58.276</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/exercice-en-montagne-0</t>
+  </si>
+  <si>
+    <t>2019.58.266</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/exercice-en-montagne-1</t>
+  </si>
+  <si>
     <t>2019.58.226</t>
   </si>
   <si>
-    <t>Exercice en montagne</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/exercice-en-montagne-2</t>
   </si>
   <si>
-    <t>2019.58.304</t>
-[...22 lines deleted...]
-  <si>
     <t>2019.58.246</t>
   </si>
   <si>
     <t>Exercice en montagne. Au verso, chevaux au repos</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/exercice-en-montagne-verso-chevaux-repos</t>
   </si>
   <si>
     <t>2019.58.289</t>
   </si>
   <si>
     <t>Exercice en motagne</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/exercice-en-motagne-0</t>
   </si>
   <si>
     <t>2019.58.258</t>
   </si>
   <si>
     <t>Figure de soldat dans un paysage de montagne</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/figure-soldat-dans-paysage-montagne</t>
@@ -992,86 +992,86 @@
   <si>
     <t>Haspelshield</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/haspelshield</t>
   </si>
   <si>
     <t>20929-67</t>
   </si>
   <si>
     <t>Henri Tessier</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/henri-tessier</t>
   </si>
   <si>
     <t>2019.58.230</t>
   </si>
   <si>
     <t>Intérieur d'une chambrée</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/interieur-dune-chambree</t>
   </si>
   <si>
+    <t>2019.58.196</t>
+  </si>
+  <si>
+    <t>Intérieur d'une chambrée à Barcelonnette</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/interieur-dune-chambree-barcelonnette-3</t>
+  </si>
+  <si>
+    <t>2019.58.250</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/interieur-dune-chambree-barcelonnette-0</t>
+  </si>
+  <si>
+    <t>2019.58.243</t>
+  </si>
+  <si>
+    <t>01/1939</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/interieur-dune-chambree-barcelonnette-2</t>
+  </si>
+  <si>
+    <t>20929-99</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/interieur-dune-chambree-barcelonnette</t>
+  </si>
+  <si>
     <t>2019.58.248</t>
   </si>
   <si>
-    <t>Intérieur d'une chambrée à Barcelonnette</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/interieur-dune-chambree-barcelonnette-1</t>
   </si>
   <si>
-    <t>2019.58.196</t>
-[...25 lines deleted...]
-  <si>
     <t>2019.58.176</t>
   </si>
   <si>
     <t>Intérieur d'une tente. Au verso, un canon de 37 et lettre à ses parents</t>
   </si>
   <si>
     <t>2/10/1939</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/interieur-dune-tente-verso-canon-37-lettre-parents-0</t>
   </si>
   <si>
     <t>2019.58.327</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/interieur-dune-tente-verso-canon-37-lettre-parents</t>
   </si>
   <si>
     <t>2019.58.273</t>
   </si>
   <si>
     <t>Le 15e  bataillon de chasseurs alpins en Alsace</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/15e-bataillon-chasseurs-alpins-en-alsace-0</t>
@@ -1325,80 +1325,80 @@
   <si>
     <t>Soldat et cheval</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldat-cheval</t>
   </si>
   <si>
     <t>2019.58.283</t>
   </si>
   <si>
     <t>Soldat lisant</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldat-lisant</t>
   </si>
   <si>
     <t>2019.58.291</t>
   </si>
   <si>
     <t>Soldats allongés</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-allonges</t>
   </si>
   <si>
+    <t>2019.58.228</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-repos-1</t>
+  </si>
+  <si>
+    <t>2019.58.175</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-repos-2</t>
+  </si>
+  <si>
+    <t>2019.58.278</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-repos</t>
+  </si>
+  <si>
     <t>2019.58.268</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-repos-0</t>
   </si>
   <si>
     <t>2019.58.174</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-repos-3</t>
   </si>
   <si>
-    <t>2019.58.228</t>
-[...16 lines deleted...]
-  <si>
     <t>2019.58.200</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-dans-interieur-2</t>
   </si>
   <si>
     <t>2019.58.324</t>
   </si>
   <si>
     <t>Soldats dans un train</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-dans-train</t>
   </si>
   <si>
     <t>2019.58.331</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-dans-train-0</t>
   </si>
   <si>
     <t>2019.58.265</t>
   </si>
   <si>
     <t>Soldats dans un village</t>
@@ -1514,65 +1514,65 @@
   <si>
     <t>2019.58.288</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-marchant-dans-rue-1</t>
   </si>
   <si>
     <t>2019.58.166</t>
   </si>
   <si>
     <t>Soldats marchant et chevaux morts</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-marchant-chevaux-morts</t>
   </si>
   <si>
     <t>2019.58.333</t>
   </si>
   <si>
     <t>Soldats se faisant couper les cheveux</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-se-faisant-couper-cheveux</t>
   </si>
   <si>
+    <t>2019.58.298</t>
+  </si>
+  <si>
+    <t>Soldats se réchauffant près d'un poêle</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-se-rechauffant-pres-dun-poele-0</t>
+  </si>
+  <si>
     <t>2019.58.300</t>
   </si>
   <si>
-    <t>Soldats se réchauffant près d'un poêle</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-se-rechauffant-pres-dun-poele</t>
   </si>
   <si>
-    <t>2019.58.298</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.210</t>
   </si>
   <si>
     <t>Tente marabout</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/tente-marabout-1</t>
   </si>
   <si>
     <t>2019.58.234</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/tente-marabout-0</t>
   </si>
   <si>
     <t>2019.58.235</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/tente-marabout</t>
   </si>
   <si>
     <t>20929-60</t>
   </si>
   <si>
     <t>Tente marabout des canons 37</t>
@@ -1649,65 +1649,65 @@
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/wintersbourg-cantonnement</t>
   </si>
   <si>
     <t>2019.58.38</t>
   </si>
   <si>
     <t>15e bataillon de chasseur alpins en Champagne juin 1940</t>
   </si>
   <si>
     <t>Entre 1940 et 1944</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/15e-bataillon-chasseur-alpins-en-champagne-juin-1940</t>
   </si>
   <si>
     <t>2019.58.39</t>
   </si>
   <si>
     <t>15e bataillon de chasseurs alpins juin 1940. Fosse commune</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/15e-bataillon-chasseurs-alpins-juin-1940-fosse-commune</t>
   </si>
   <si>
+    <t>2019.58.201</t>
+  </si>
+  <si>
+    <t>15e bataillon de chasseurs alpins, Champagne</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/15e-bataillon-chasseurs-alpins-champagne-0</t>
+  </si>
+  <si>
     <t>20929-383</t>
   </si>
   <si>
-    <t>15e bataillon de chasseurs alpins, Champagne</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/15e-bataillon-chasseurs-alpins-champagne</t>
   </si>
   <si>
-    <t>2019.58.201</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.168</t>
   </si>
   <si>
     <t>Attaque de chars</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/attaque-chars</t>
   </si>
   <si>
     <t>2019.58.163</t>
   </si>
   <si>
     <t>Attaque navale</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/attaque-navale</t>
   </si>
   <si>
     <t>2019.58.223</t>
   </si>
   <si>
     <t>Autoportrait à l'arrivée au cantonnement</t>
   </si>
   <si>
     <t>05/1940</t>
@@ -1775,80 +1775,80 @@
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-1940</t>
   </si>
   <si>
     <t>2019.58.191</t>
   </si>
   <si>
     <t>Campagne de France</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-france</t>
   </si>
   <si>
     <t>2019.58.173</t>
   </si>
   <si>
     <t>Chambre de Jean Delpech dans un sanatorium. Au verso, lettre de Jean Delpech à sa mère</t>
   </si>
   <si>
     <t>12/5/1940</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/chambre-jean-delpech-dans-sanatorium-verso-lettre-jean-delpech-mere</t>
   </si>
   <si>
+    <t>2019.58.218</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-route-15e-bataillon-chasseurs-alpins-0</t>
+  </si>
+  <si>
+    <t>2019.58.219</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-route-15e-bataillon-chasseurs-alpins-1</t>
+  </si>
+  <si>
+    <t>2019.58.220</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-route-15e-bataillon-chasseurs-alpins-2</t>
+  </si>
+  <si>
+    <t>2019.58.221</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-route-15e-bataillon-chasseurs-alpins-3</t>
+  </si>
+  <si>
     <t>2019.58.217</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/croquis-route-15e-bataillon-chasseurs-alpins</t>
   </si>
   <si>
-    <t>2019.58.218</t>
-[...22 lines deleted...]
-  <si>
     <t>2019.58.227</t>
   </si>
   <si>
     <t>Dans le train, près de Paris</t>
   </si>
   <si>
     <t>5/3/1940</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/dans-train-pres-paris</t>
   </si>
   <si>
     <t>2019.58.77</t>
   </si>
   <si>
     <t>Fort de Lorraine. Entraînement de patrouille (15e  BCA-1939-1940)</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/fort-lorraine-entrainement-patrouille-15e-bca-1939-1940-0</t>
   </si>
   <si>
     <t>20929-363</t>
   </si>
   <si>
     <t>Fort de Lorraine. Entraînement de patrouille (15e BCA-1939-1940)</t>
@@ -2096,65 +2096,65 @@
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/toulouse-repas-repos-soldats</t>
   </si>
   <si>
     <t>20929-161</t>
   </si>
   <si>
     <t>Toulouse : scène de rue</t>
   </si>
   <si>
     <t>06/1940</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/toulouse-scene-rue</t>
   </si>
   <si>
     <t>2019.58.48</t>
   </si>
   <si>
     <t>Trophée : la défaite de 1940</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trophee-defaite-1940</t>
   </si>
   <si>
+    <t>2019.58.50</t>
+  </si>
+  <si>
+    <t>Trophée imaginaire</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trophee-imaginaire-4</t>
+  </si>
+  <si>
     <t>2019.58.55</t>
   </si>
   <si>
-    <t>Trophée imaginaire</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trophee-imaginaire-6</t>
   </si>
   <si>
-    <t>2019.58.50</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.165</t>
   </si>
   <si>
     <t>Une gare pendant l'Occupation</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/gare-pendant-loccupation</t>
   </si>
   <si>
     <t>2019.58.164</t>
   </si>
   <si>
     <t>Une rue sous l'Occupation. Au verso, Académie d'homme par Bleynie</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/rue-loccupation-verso-academie-dhomme-bleynie</t>
   </si>
   <si>
     <t>2019.58.65</t>
   </si>
   <si>
     <t>Victoire du moteur</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/victoire-moteur</t>
@@ -2267,65 +2267,65 @@
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/attelages-paris</t>
   </si>
   <si>
     <t>2019.58.28</t>
   </si>
   <si>
     <t>Camp de prisonniers</t>
   </si>
   <si>
     <t>Entre 1942 et 1944</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/camp-prisonniers</t>
   </si>
   <si>
     <t>2019.58.44</t>
   </si>
   <si>
     <t>Campagne de France 1940</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-france-1940</t>
   </si>
   <si>
+    <t>20929-347</t>
+  </si>
+  <si>
+    <t>Folie et charité (Dunkerque 1940)</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/folie-charite-dunkerque-1940</t>
+  </si>
+  <si>
     <t>2019.58.78</t>
   </si>
   <si>
-    <t>Folie et charité (Dunkerque 1940)</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/folie-charite-dunkerque-1940-0</t>
   </si>
   <si>
-    <t>20929-347</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.85</t>
   </si>
   <si>
     <t>Forteresse</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/forteresse</t>
   </si>
   <si>
     <t>20929-152</t>
   </si>
   <si>
     <t>Gare de Tramways, 1942</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/gare-tramways-1942</t>
   </si>
   <si>
     <t>20929-334</t>
   </si>
   <si>
     <t>L'école bombardée</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/lecole-bombardee</t>
@@ -3302,77 +3302,77 @@
   <si>
     <t>Hôtel des Pyrénées rue de Seine</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/hotel-pyrenees-rue-seine</t>
   </si>
   <si>
     <t>20929-28</t>
   </si>
   <si>
     <t>Intérieur d’un char Sherman</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/interieur-dun-char-sherman</t>
   </si>
   <si>
     <t>20929-217</t>
   </si>
   <si>
     <t>Izeroukiene et Ben Douane, Campagne d'Allemagne</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/izeroukiene-ben-douane-campagne-dallemagne</t>
   </si>
   <si>
+    <t>20929-10</t>
+  </si>
+  <si>
+    <t>Jeep</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/jeep-2</t>
+  </si>
+  <si>
+    <t>20929-11</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/jeep</t>
+  </si>
+  <si>
     <t>20929-18</t>
   </si>
   <si>
-    <t>Jeep</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/jeep-0</t>
   </si>
   <si>
     <t>20929-8</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/jeep-1</t>
   </si>
   <si>
-    <t>20929-10</t>
-[...10 lines deleted...]
-  <si>
     <t>20929-219</t>
   </si>
   <si>
     <t>Jérôme Portas, 49e régiment d'infanterie</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/jerome-portas-49e-regiment-dinfanterie</t>
   </si>
   <si>
     <t>20929-125</t>
   </si>
   <si>
     <t>Jerrican pour le transport d’eau de la Wehrmacht</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/jerrican-transport-deau-wehrmacht</t>
   </si>
   <si>
     <t>20929-127</t>
   </si>
   <si>
     <t>Jerricans</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/jerricans</t>
@@ -3536,65 +3536,65 @@
   <si>
     <t>Libération de paris : barricade dans le 6e arrondissement</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/liberation-paris-barricade-dans-6e-arrondissement</t>
   </si>
   <si>
     <t>2019.58.136</t>
   </si>
   <si>
     <t>Libération de Paris : chambre bombardée</t>
   </si>
   <si>
     <t>Vers 1944/08</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/liberation-paris-chambre-bombardee-0</t>
   </si>
   <si>
     <t>2019.58.137</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/liberation-paris-chambre-bombardee</t>
   </si>
   <si>
+    <t>20929-349</t>
+  </si>
+  <si>
+    <t>Libération de Paris : Combat de chars, place de la Concorde</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/liberation-paris-combat-chars-place-concorde</t>
+  </si>
+  <si>
     <t>2019.58.13</t>
   </si>
   <si>
-    <t>Libération de Paris : Combat de chars, place de la Concorde</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/liberation-paris-combat-chars-place-concorde-0</t>
   </si>
   <si>
-    <t>20929-349</t>
-[...4 lines deleted...]
-  <si>
     <t>20929-376</t>
   </si>
   <si>
     <t>Libération de Paris : des pourparlers sans suite</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/liberation-paris-pourparlers-suite</t>
   </si>
   <si>
     <t>20929-92</t>
   </si>
   <si>
     <t>Libération de Paris : groupe de FFI porte Maillot</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/liberation-paris-groupe-ffi-porte-maillot</t>
   </si>
   <si>
     <t>2019.58.138</t>
   </si>
   <si>
     <t>Libération de Paris : immeuble éventré</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/liberation-paris-immeuble-eventre</t>
@@ -3644,104 +3644,104 @@
   <si>
     <t>Libération de Paris, août 1944</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/liberation-paris-aout-1944</t>
   </si>
   <si>
     <t>20929-74</t>
   </si>
   <si>
     <t>Libération de Paris, char R. 35</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/liberation-paris-char-r-35</t>
   </si>
   <si>
     <t>20929-75</t>
   </si>
   <si>
     <t>Libération de Paris, char Sherman de la division Leclerc</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/liberation-paris-char-sherman-division-leclerc</t>
   </si>
   <si>
+    <t>20929-84</t>
+  </si>
+  <si>
+    <t>Libération de Paris, U.S. Army</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/liberation-paris-us-army-1</t>
+  </si>
+  <si>
+    <t>20929-85</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/liberation-paris-us-army</t>
+  </si>
+  <si>
     <t>20929-82</t>
   </si>
   <si>
-    <t>Libération de Paris, U.S. Army</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/liberation-paris-us-army-0</t>
   </si>
   <si>
-    <t>20929-84</t>
-[...10 lines deleted...]
-  <si>
     <t>20929-87</t>
   </si>
   <si>
     <t>Libération de Paris, vue du Ministère des Affaires Etrangères</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/liberation-paris-vue-ministere-affaires-etrangeres</t>
   </si>
   <si>
     <t>20929-52</t>
   </si>
   <si>
     <t>Lorraine, 1944</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/lorraine-1944</t>
   </si>
   <si>
+    <t>2019.58.43</t>
+  </si>
+  <si>
+    <t>Marche du 15e  bataillon de chasseurs alpins</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/marche-15e-bataillon-chasseurs-alpins-1</t>
+  </si>
+  <si>
     <t>2019.58.45</t>
   </si>
   <si>
-    <t>Marche du 15e  bataillon de chasseurs alpins</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/marche-15e-bataillon-chasseurs-alpins-0</t>
   </si>
   <si>
-    <t>2019.58.43</t>
-[...4 lines deleted...]
-  <si>
     <t>20929-381</t>
   </si>
   <si>
     <t>Marche du 15e bataillon de chasseurs alpins</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/marche-15e-bataillon-chasseurs-alpins</t>
   </si>
   <si>
     <t>20929-131</t>
   </si>
   <si>
     <t>Matériel allemand de défense contre l’aviation</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/materiel-allemand-defense-contre-laviation</t>
   </si>
   <si>
     <t>20929-16</t>
   </si>
   <si>
     <t>Matériel militaire</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/materiel-militaire</t>
@@ -3776,65 +3776,65 @@
   <si>
     <t>20929-365</t>
   </si>
   <si>
     <t>Panther</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/panther</t>
   </si>
   <si>
     <t>2019.58.74</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/panther-0</t>
   </si>
   <si>
     <t>20929-96</t>
   </si>
   <si>
     <t>Paris : véhicules abandonnés, septembre 1944</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/paris-vehicules-abandonnes-septembre-1944</t>
   </si>
   <si>
+    <t>20929-368</t>
+  </si>
+  <si>
+    <t>Paris occupé</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/paris-occupe</t>
+  </si>
+  <si>
     <t>2019.58.99</t>
   </si>
   <si>
-    <t>Paris occupé</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/paris-occupe-0</t>
   </si>
   <si>
-    <t>20929-368</t>
-[...4 lines deleted...]
-  <si>
     <t>20929-93</t>
   </si>
   <si>
     <t>Paris. Automitrailleuse américaine</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/paris-automitrailleuse-americaine</t>
   </si>
   <si>
     <t>20929-228</t>
   </si>
   <si>
     <t>Pédinielli Pierre, 2e régiment de spahis</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/pedinielli-pierre-2e-regiment-spahis</t>
   </si>
   <si>
     <t>20929-249</t>
   </si>
   <si>
     <t>Père Déal, 2e régiment de spahis</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/pere-deal-2e-regiment-spahis</t>
@@ -3905,65 +3905,65 @@
   <si>
     <t>Radio de campagne</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/radio-campagne</t>
   </si>
   <si>
     <t>20929-4</t>
   </si>
   <si>
     <t>Reddition (le drapeau blanc)</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/reddition-drapeau-blanc</t>
   </si>
   <si>
     <t>2019.58.158</t>
   </si>
   <si>
     <t>Rennes, 1944-1945</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/rennes-1944-1945</t>
   </si>
   <si>
+    <t>20929-342</t>
+  </si>
+  <si>
+    <t>Retraite allemande 1944</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/retraite-allemande-1944-0</t>
+  </si>
+  <si>
     <t>2019.58.14</t>
   </si>
   <si>
-    <t>Retraite allemande 1944</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/retraite-allemande-1944-1</t>
   </si>
   <si>
-    <t>20929-342</t>
-[...4 lines deleted...]
-  <si>
     <t>20929-354</t>
   </si>
   <si>
     <t>Retraite allemande à travers Paris</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/retraite-allemande-travers-paris</t>
   </si>
   <si>
     <t>2019.58.9</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/retraite-allemande-travers-paris-0</t>
   </si>
   <si>
     <t>2019.58.1</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/retraite-allemande-travers-paris-1</t>
   </si>
   <si>
     <t>20929-233</t>
   </si>
   <si>
     <t>Roger Picazo, 2e régiment de spahis</t>
@@ -3986,77 +3986,77 @@
   <si>
     <t>Rouffach, entrainement au tir mitraillette (50m)</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/rouffach-entrainement-tir-mitraillette-50m</t>
   </si>
   <si>
     <t>20929-95</t>
   </si>
   <si>
     <t>Rue de Seine</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/rue-seine</t>
   </si>
   <si>
     <t>20929-274</t>
   </si>
   <si>
     <t>Sac à dos U.S. 1943</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/sac-dos-us-1943</t>
   </si>
   <si>
+    <t>2019.58.10</t>
+  </si>
+  <si>
+    <t>Scène de la libération de Paris</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/scene-liberation-paris-1</t>
+  </si>
+  <si>
     <t>2019.58.12</t>
   </si>
   <si>
-    <t>Scène de la libération de Paris</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/scene-liberation-paris-0</t>
   </si>
   <si>
     <t>2019.58.2</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/scene-liberation-paris-2</t>
   </si>
   <si>
     <t>20929-373</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/scene-liberation-paris</t>
   </si>
   <si>
-    <t>2019.58.10</t>
-[...4 lines deleted...]
-  <si>
     <t>20929-182</t>
   </si>
   <si>
     <t>Shako, armée allemande</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/shako-armee-allemande</t>
   </si>
   <si>
     <t>20929-238</t>
   </si>
   <si>
     <t>Soldat de la 1ère armée assis dans un train</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldat-1ere-armee-assis-dans-train</t>
   </si>
   <si>
     <t>20929-81</t>
   </si>
   <si>
     <t>Soldats américains</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-americains</t>
@@ -4364,134 +4364,134 @@
   <si>
     <t>Blindés</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/blindes</t>
   </si>
   <si>
     <t>20929-335</t>
   </si>
   <si>
     <t>Blindés britanniques</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/blindes-britanniques</t>
   </si>
   <si>
     <t>20929-211</t>
   </si>
   <si>
     <t>Boumaza Loufis et le caporal Boufares, 7e  régiment de chasseurs d'Afrique</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/boumaza-loufis-caporal-boufares-7e-regiment-chasseurs-dafrique</t>
   </si>
   <si>
+    <t>20929-45</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-2</t>
+  </si>
+  <si>
+    <t>20929-176</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-0</t>
+  </si>
+  <si>
     <t>2019.58.355</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-3</t>
   </si>
   <si>
     <t>20929-192</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne</t>
   </si>
   <si>
-    <t>20929-45</t>
-[...10 lines deleted...]
-  <si>
     <t>2019.58.171</t>
   </si>
   <si>
     <t>Campagne d'Allemagne 1945. Prisonniers</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-1945-prisonniers</t>
   </si>
   <si>
     <t>20929-208</t>
   </si>
   <si>
     <t>Campagne d'Allemagne, 1945, 1er  groupement de tabors marocains</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-1945-1er-groupement-tabors-marocains</t>
   </si>
   <si>
     <t>20929-188</t>
   </si>
   <si>
     <t>Campagne d'Allemagne, 1945. Ambulance</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-1945-ambulance</t>
   </si>
   <si>
     <t>2019.58.105</t>
   </si>
   <si>
     <t>Campagne d'Allemagne, 1945. Méchoui</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-1945-mechoui</t>
   </si>
   <si>
     <t>2019.58.106</t>
   </si>
   <si>
     <t>Campagne d'Allemagne, 1945. Messerschmidt M 110 abattu</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-1945-messerschmidt-m-110-abattu</t>
   </si>
   <si>
+    <t>20929-385</t>
+  </si>
+  <si>
+    <t>Campagne d'Allemagne, 1945. Tir de barrage</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-1945-tir-barrage</t>
+  </si>
+  <si>
     <t>2019.58.25</t>
   </si>
   <si>
-    <t>Campagne d'Allemagne, 1945. Tir de barrage</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-1945-tir-barrage-0</t>
   </si>
   <si>
-    <t>20929-385</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.31</t>
   </si>
   <si>
     <t>Campagne d'Allemagne, cantonnement en Alsace</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-cantonnement-en-alsace</t>
   </si>
   <si>
     <t>20929-53</t>
   </si>
   <si>
     <t>Campagne d'Allemagne, Nancy</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-nancy</t>
   </si>
   <si>
     <t>20929-190</t>
   </si>
   <si>
     <t>Campagne d'Allemagne, scène dans une cuisine</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-scene-dans-cuisine</t>
@@ -4622,71 +4622,71 @@
   <si>
     <t>Campagne d’Allemagne : un soldat et une femme faisant de la couture dans un intérieur</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-soldat-femme-faisant-couture-dans-interieur</t>
   </si>
   <si>
     <t>2019.58.366</t>
   </si>
   <si>
     <t>Campagne d’Allemagne, boeuf mort dans une rue</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-boeuf-mort-dans-rue</t>
   </si>
   <si>
     <t>2019.58.29</t>
   </si>
   <si>
     <t>Campagne d’Allemagne, cantonnement en Alsace</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-cantonnement-en-alsace-0</t>
   </si>
   <si>
+    <t>2019.58.394</t>
+  </si>
+  <si>
+    <t>Campagne d’Allemagne, char dans une rue</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-char-dans-rue-1</t>
+  </si>
+  <si>
+    <t>20929-36</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-char-dans-rue</t>
+  </si>
+  <si>
     <t>20929-38</t>
   </si>
   <si>
-    <t>Campagne d’Allemagne, char dans une rue</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-char-dans-rue-0</t>
   </si>
   <si>
-    <t>2019.58.394</t>
-[...10 lines deleted...]
-  <si>
     <t>2019.58.365</t>
   </si>
   <si>
     <t>Campagne d’Allemagne, char « Courroux » dans une rue</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-char-courroux-dans-rue</t>
   </si>
   <si>
     <t>20929-170</t>
   </si>
   <si>
     <t>Campagne d’Allemagne, portraits d’enfants</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-portraits-denfants</t>
   </si>
   <si>
     <t>2019.58.359</t>
   </si>
   <si>
     <t>Campagne d’Allemagne, scène de rue devant une boucherie</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/campagne-dallemagne-scene-rue-devant-boucherie</t>
@@ -4826,68 +4826,68 @@
   <si>
     <t>Casque et cravache</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/casque-cravache</t>
   </si>
   <si>
     <t>20929-223</t>
   </si>
   <si>
     <t>Castex</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/castex</t>
   </si>
   <si>
     <t>20929-168</t>
   </si>
   <si>
     <t>Centre d'accueil, Mulhouse</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/centre-daccueil-mulhouse</t>
   </si>
   <si>
+    <t>2019.58.32</t>
+  </si>
+  <si>
+    <t>Cernés dans Berlin anéanti les chefs nazis se réfugient dans la mort</t>
+  </si>
+  <si>
+    <t>Entre 1945 et 1950</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/cernes-dans-berlin-aneanti-chefs-nazis-se-refugient-dans-mort-0</t>
+  </si>
+  <si>
     <t>20929-352</t>
   </si>
   <si>
-    <t>Cernés dans Berlin anéanti les chefs nazis se réfugient dans la mort</t>
-[...4 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/cernes-dans-berlin-aneanti-chefs-nazis-se-refugient-dans-mort</t>
   </si>
   <si>
-    <t>2019.58.32</t>
-[...4 lines deleted...]
-  <si>
     <t>20929-165</t>
   </si>
   <si>
     <t>Chambre des ambulancières</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/chambre-ambulancieres</t>
   </si>
   <si>
     <t>20929-343</t>
   </si>
   <si>
     <t>Char américain ou anglais</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/char-americain-anglais</t>
   </si>
   <si>
     <t>20929-344</t>
   </si>
   <si>
     <t>Char Cromwell</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/char-cromwell</t>
@@ -5075,65 +5075,65 @@
   <si>
     <t>Cuirassiers, campagne d'Allemagne</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/cuirassiers-campagne-dallemagne</t>
   </si>
   <si>
     <t>2019.58.407</t>
   </si>
   <si>
     <t>Dans une rue en Allemagne</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/dans-rue-en-allemagne</t>
   </si>
   <si>
     <t>20929-166</t>
   </si>
   <si>
     <t>Dans une rue, Forêt-Noire</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/dans-rue-foret-noire</t>
   </si>
   <si>
+    <t>20929-130</t>
+  </si>
+  <si>
+    <t>Débris d’avions</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/debris-davions-0</t>
+  </si>
+  <si>
     <t>20929-136</t>
   </si>
   <si>
-    <t>Débris d’avions</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/debris-davions</t>
   </si>
   <si>
-    <t>20929-130</t>
-[...4 lines deleted...]
-  <si>
     <t>20929-307</t>
   </si>
   <si>
     <t>Deux officiers du 2e Tabor</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/deux-officiers-2e-tabor</t>
   </si>
   <si>
     <t>2019.58.421</t>
   </si>
   <si>
     <t>Deux soldats assis dans une cuisine en Allemagne</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/deux-soldats-assis-dans-cuisine-en-allemagne</t>
   </si>
   <si>
     <t>2019.58.404</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/deux-soldats-assis-larriere-plan-grange</t>
   </si>
   <si>
     <t>2019.58.374</t>
@@ -5282,116 +5282,116 @@
   <si>
     <t>Forêt-Noire. 1ère armée. Vaihingen</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/foret-noire-1ere-armee-vaihingen</t>
   </si>
   <si>
     <t>2019.58.400</t>
   </si>
   <si>
     <t>Fouille de prisonniers</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/fouille-prisonniers</t>
   </si>
   <si>
     <t>20929-254</t>
   </si>
   <si>
     <t>Gabriel Beauleret, 2e régiment de spahis</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/gabriel-beauleret-2e-regiment-spahis</t>
   </si>
   <si>
+    <t>2019.58.351</t>
+  </si>
+  <si>
+    <t>Gare d'Eutingen im Gäu</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/gare-deutingen-im-gau-0</t>
+  </si>
+  <si>
     <t>20929-169</t>
   </si>
   <si>
-    <t>Gare d'Eutingen im Gäu</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/gare-deutingen-im-gau</t>
   </si>
   <si>
-    <t>2019.58.351</t>
-[...4 lines deleted...]
-  <si>
     <t>20929-15</t>
   </si>
   <si>
     <t>Génie de l'Air, outillage</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/genie-lair-outillage</t>
   </si>
   <si>
     <t>2019.58.372</t>
   </si>
   <si>
     <t>Goumier dans une rue en Allemagne</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/goumier-dans-rue-en-allemagne</t>
   </si>
   <si>
     <t>20929-386</t>
   </si>
   <si>
     <t>Goumiers dans un village en Allemagne</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/goumiers-dans-village-en-allemagne</t>
   </si>
   <si>
     <t>2019.58.30</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/goumiers-dans-village-en-allemagne-0</t>
   </si>
   <si>
+    <t>2019.58.369</t>
+  </si>
+  <si>
+    <t>Goumiers tués devant Neuhausen 1945</t>
+  </si>
+  <si>
+    <t>04/1945</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/goumiers-tues-devant-neuhausen-1945-0</t>
+  </si>
+  <si>
     <t>20929-309</t>
   </si>
   <si>
-    <t>Goumiers tués devant Neuhausen 1945</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/goumiers-tues-devant-neuhausen-1945</t>
   </si>
   <si>
-    <t>2019.58.369</t>
-[...7 lines deleted...]
-  <si>
     <t>2019.58.133</t>
   </si>
   <si>
     <t>Half-track « Centaure »</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/half-track-centaure</t>
   </si>
   <si>
     <t>20929-390</t>
   </si>
   <si>
     <t>Hangar à camions</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/hangar-camions</t>
   </si>
   <si>
     <t>2019.58.360</t>
   </si>
   <si>
     <t>Hangar camouflé</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/hangar-camoufle</t>
@@ -6014,65 +6014,65 @@
   <si>
     <t>Ratinaud, campagne d'Allemagne</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/ratinaud-campagne-dallemagne</t>
   </si>
   <si>
     <t>20929-282</t>
   </si>
   <si>
     <t>Réparation d'avion</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/reparation-davion</t>
   </si>
   <si>
     <t>20929-278</t>
   </si>
   <si>
     <t>Réparation d'avion Thunderbolt</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/reparation-davion-thunderbolt</t>
   </si>
   <si>
+    <t>2019.58.371</t>
+  </si>
+  <si>
+    <t>Repas des soldats</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/repas-soldats</t>
+  </si>
+  <si>
     <t>2019.58.345</t>
   </si>
   <si>
-    <t>Repas des soldats</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/repas-soldats-0</t>
   </si>
   <si>
-    <t>2019.58.371</t>
-[...4 lines deleted...]
-  <si>
     <t>20929-308</t>
   </si>
   <si>
     <t>Représentation symbolique de la défaite des forces de l'Axe</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/representation-symbolique-defaite-forces-laxe</t>
   </si>
   <si>
     <t>20929-214</t>
   </si>
   <si>
     <t>Robert Caserta, 7e régiment de chasseurs d'Afrique</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/robert-caserta-7e-regiment-chasseurs-dafrique</t>
   </si>
   <si>
     <t>2019.58.416</t>
   </si>
   <si>
     <t>Rouffach : la cantine</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/rouffach-cantine</t>
@@ -6509,128 +6509,128 @@
   <si>
     <t>Traversée du Rhin</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/traversee-rhin</t>
   </si>
   <si>
     <t>2019.58.350</t>
   </si>
   <si>
     <t>Trois femmes allemandes dans une cuisine</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trois-femmes-allemandes-dans-cuisine</t>
   </si>
   <si>
     <t>20929-325</t>
   </si>
   <si>
     <t>Trois sergents anglais : Adams, Hunt et Wileman</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trois-sergents-anglais-adams-hunt-wileman</t>
   </si>
   <si>
+    <t>2019.58.101</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trophee-imaginaire-3</t>
+  </si>
+  <si>
+    <t>2019.58.49</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trophee-imaginaire-5</t>
+  </si>
+  <si>
+    <t>20929-336</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trophee-imaginaire-0</t>
+  </si>
+  <si>
     <t>20929-340</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trophee-imaginaire</t>
   </si>
   <si>
     <t>2019.58.109</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trophee-imaginaire-2</t>
   </si>
   <si>
     <t>2019.58.56</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trophee-imaginaire-7</t>
   </si>
   <si>
     <t>2019.58.110</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trophee-imaginaire-1</t>
   </si>
   <si>
     <t>2019.58.57</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trophee-imaginaire-8</t>
   </si>
   <si>
-    <t>2019.58.101</t>
-[...16 lines deleted...]
-  <si>
     <t>2019.58.52</t>
   </si>
   <si>
     <t>Trophée imaginaire d'un blindé soviétique</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trophee-imaginaire-dun-blinde-sovietique-0</t>
   </si>
   <si>
     <t>2019.58.53</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trophee-imaginaire-dun-blinde-sovietique</t>
   </si>
   <si>
+    <t>2019.58.51</t>
+  </si>
+  <si>
+    <t>Trophée imaginaire d'un parachutiste</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trophee-imaginaire-dun-parachutiste-0</t>
+  </si>
+  <si>
     <t>20929-319</t>
   </si>
   <si>
-    <t>Trophée imaginaire d'un parachutiste</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trophee-imaginaire-dun-parachutiste</t>
   </si>
   <si>
-    <t>2019.58.51</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.108</t>
   </si>
   <si>
     <t>Trophée imaginaire de carcasses d'avions</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trophee-imaginaire-carcasses-davions</t>
   </si>
   <si>
     <t>20929-293</t>
   </si>
   <si>
     <t>Trophée imaginaire de carcasses de bateaux</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trophee-imaginaire-carcasses-bateaux</t>
   </si>
   <si>
     <t>2019.58.107</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/trophee-imaginaire-carcasses-bateaux-0</t>
   </si>
   <si>
     <t>2019.58.58</t>
@@ -6800,156 +6800,156 @@
   <si>
     <t>Vue d'un port et ses navires</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/vue-dun-port-navires</t>
   </si>
   <si>
     <t>20929-142</t>
   </si>
   <si>
     <t>Wilhelm Brutt de la Kriegsmarine</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/wilhelm-brutt-kriegsmarine</t>
   </si>
   <si>
     <t>20929-195</t>
   </si>
   <si>
     <t>Wurtemberg : le lieutenant Leduc, 71e  bataillon du génie de l’air</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/wurtemberg-lieutenant-leduc-71e-bataillon-genie-lair</t>
   </si>
   <si>
+    <t>20929-173</t>
+  </si>
+  <si>
+    <t>Wurtemberg, 1945</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/wurtemberg-1945-1</t>
+  </si>
+  <si>
+    <t>20929-285</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/wurtemberg-1945</t>
+  </si>
+  <si>
     <t>20929-191</t>
   </si>
   <si>
-    <t>Wurtemberg, 1945</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/wurtemberg-1945-0</t>
   </si>
   <si>
-    <t>20929-173</t>
-[...10 lines deleted...]
-  <si>
     <t>2019.58.177</t>
   </si>
   <si>
     <t>Yhlali ben Zahlib, 1er  groupement de tabors marocains</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/yhlali-ben-zahlib-1er-groupement-tabors-marocains</t>
   </si>
   <si>
     <t>20929-212</t>
   </si>
   <si>
     <t>Yvon Ambrosino, 7e régiment de chasseurs d'Afrique</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/yvon-ambrosino-7e-regiment-chasseurs-dafrique</t>
   </si>
   <si>
+    <t>2019.58.47</t>
+  </si>
+  <si>
+    <t>Funérailles d'un héros</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/funerailles-dun-heros-0</t>
+  </si>
+  <si>
     <t>20929-351</t>
   </si>
   <si>
-    <t>Funérailles d'un héros</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/funerailles-dun-heros</t>
   </si>
   <si>
-    <t>2019.58.47</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.90</t>
   </si>
   <si>
     <t>Guerre et Mort</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/guerre-mort-0</t>
   </si>
   <si>
     <t>20929-356</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/guerre-mort</t>
   </si>
   <si>
     <t>2019.58.69</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/lallemagne-assiegee-invente-guerre-totale-0</t>
   </si>
   <si>
     <t>20929-333</t>
   </si>
   <si>
     <t>Soldats marocains</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/soldats-marocains</t>
   </si>
   <si>
     <t>2019.58.96</t>
   </si>
   <si>
     <t>Paris Capitale</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/paris-capitale</t>
   </si>
   <si>
+    <t>20929-358</t>
+  </si>
+  <si>
+    <t>Les Alliés s'emparent du ciel</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/allies-semparent-ciel</t>
+  </si>
+  <si>
     <t>2019.58.67</t>
   </si>
   <si>
-    <t>Les Alliés s'emparent du ciel</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/allies-semparent-ciel-0</t>
-  </si>
-[...4 lines deleted...]
-    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/allies-semparent-ciel</t>
   </si>
   <si>
     <t>2019.58.68</t>
   </si>
   <si>
     <t>Les Anglo-Américains maîtres des mers</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/anglo-americains-maitres-mers-0</t>
   </si>
   <si>
     <t>20929-366</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/anglo-americains-maitres-mers</t>
   </si>
   <si>
     <t>2019.58.70</t>
   </si>
   <si>
     <t>Les USA intacts forgent à la hâte un prodigieux matériel d'assaut</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/usa-intacts-forgent-hate-prodigieux-materiel-dassaut-0</t>
   </si>
@@ -8112,94 +8112,94 @@
       <c r="D49" s="1" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="1" t="s">
         <v>149</v>
       </c>
       <c r="B50" s="1" t="s">
         <v>150</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>151</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="1" t="s">
         <v>153</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="C51" s="1" t="s">
-        <v>151</v>
+      <c r="C51" s="1">
+        <v>1939</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="1" t="s">
         <v>155</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>150</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>151</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="1" t="s">
         <v>157</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>150</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>151</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="1" t="s">
         <v>159</v>
       </c>
       <c r="B54" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="C54" s="1">
-        <v>1939</v>
+      <c r="C54" s="1" t="s">
+        <v>151</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="1" t="s">
         <v>161</v>
       </c>
       <c r="B55" s="1" t="s">
         <v>150</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>151</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="1" t="s">
         <v>163</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>164</v>
@@ -8672,66 +8672,66 @@
       <c r="D89" s="1" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" s="1" t="s">
         <v>254</v>
       </c>
       <c r="B90" s="1" t="s">
         <v>255</v>
       </c>
       <c r="C90" s="1">
         <v>1939</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" s="1" t="s">
         <v>257</v>
       </c>
       <c r="B91" s="1" t="s">
         <v>255</v>
       </c>
-      <c r="C91" s="1">
-        <v>1939</v>
+      <c r="C91" s="1" t="s">
+        <v>258</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" s="1" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B92" s="1" t="s">
         <v>255</v>
       </c>
-      <c r="C92" s="1" t="s">
-        <v>260</v>
+      <c r="C92" s="1">
+        <v>1939</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" s="1" t="s">
         <v>262</v>
       </c>
       <c r="B93" s="1" t="s">
         <v>263</v>
       </c>
       <c r="C93" s="1">
         <v>1939</v>
       </c>
       <c r="D93" s="1" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" s="1" t="s">
         <v>265</v>
       </c>
       <c r="B94" s="1" t="s">
         <v>266</v>
@@ -8785,51 +8785,51 @@
         <v>274</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" s="1" t="s">
         <v>275</v>
       </c>
       <c r="B98" s="1" t="s">
         <v>276</v>
       </c>
       <c r="C98" s="1">
         <v>1939</v>
       </c>
       <c r="D98" s="1" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" s="1" t="s">
         <v>278</v>
       </c>
       <c r="B99" s="1" t="s">
         <v>279</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="D99" s="1" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" s="1" t="s">
         <v>281</v>
       </c>
       <c r="B100" s="1" t="s">
         <v>282</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>143</v>
       </c>
       <c r="D100" s="1" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" s="1" t="s">
         <v>284</v>
       </c>
       <c r="B101" s="1" t="s">
         <v>285</v>
@@ -8840,52 +8840,52 @@
       <c r="D101" s="1" t="s">
         <v>286</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" s="1" t="s">
         <v>287</v>
       </c>
       <c r="B102" s="1" t="s">
         <v>288</v>
       </c>
       <c r="C102" s="1" t="s">
         <v>289</v>
       </c>
       <c r="D102" s="1" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" s="1" t="s">
         <v>291</v>
       </c>
       <c r="B103" s="1" t="s">
         <v>292</v>
       </c>
-      <c r="C103" s="1">
-        <v>1939</v>
+      <c r="C103" s="1" t="s">
+        <v>151</v>
       </c>
       <c r="D103" s="1" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" s="1" t="s">
         <v>294</v>
       </c>
       <c r="B104" s="1" t="s">
         <v>292</v>
       </c>
       <c r="C104" s="1" t="s">
         <v>151</v>
       </c>
       <c r="D104" s="1" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" s="1" t="s">
         <v>296</v>
       </c>
       <c r="B105" s="1" t="s">
         <v>292</v>
@@ -8896,52 +8896,52 @@
       <c r="D105" s="1" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" s="1" t="s">
         <v>298</v>
       </c>
       <c r="B106" s="1" t="s">
         <v>292</v>
       </c>
       <c r="C106" s="1" t="s">
         <v>151</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" s="1" t="s">
         <v>300</v>
       </c>
       <c r="B107" s="1" t="s">
         <v>292</v>
       </c>
-      <c r="C107" s="1" t="s">
-        <v>151</v>
+      <c r="C107" s="1">
+        <v>1939</v>
       </c>
       <c r="D107" s="1" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" s="1" t="s">
         <v>302</v>
       </c>
       <c r="B108" s="1" t="s">
         <v>303</v>
       </c>
       <c r="C108" s="1" t="s">
         <v>151</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>304</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" s="1" t="s">
         <v>305</v>
       </c>
       <c r="B109" s="1" t="s">
         <v>306</v>
@@ -9050,66 +9050,66 @@
       <c r="D116" s="1" t="s">
         <v>328</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" s="1" t="s">
         <v>329</v>
       </c>
       <c r="B117" s="1" t="s">
         <v>327</v>
       </c>
       <c r="C117" s="1">
         <v>1939</v>
       </c>
       <c r="D117" s="1" t="s">
         <v>330</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" s="1" t="s">
         <v>331</v>
       </c>
       <c r="B118" s="1" t="s">
         <v>327</v>
       </c>
-      <c r="C118" s="1">
-        <v>1939</v>
+      <c r="C118" s="1" t="s">
+        <v>332</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" s="1" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="B119" s="1" t="s">
         <v>327</v>
       </c>
-      <c r="C119" s="1" t="s">
-        <v>334</v>
+      <c r="C119" s="1">
+        <v>1939</v>
       </c>
       <c r="D119" s="1" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" s="1" t="s">
         <v>336</v>
       </c>
       <c r="B120" s="1" t="s">
         <v>327</v>
       </c>
       <c r="C120" s="1">
         <v>1939</v>
       </c>
       <c r="D120" s="1" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" s="1" t="s">
         <v>338</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>339</v>
@@ -9582,94 +9582,94 @@
       <c r="D154" s="1" t="s">
         <v>436</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" s="1" t="s">
         <v>437</v>
       </c>
       <c r="B155" s="1" t="s">
         <v>118</v>
       </c>
       <c r="C155" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D155" s="1" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" s="1" t="s">
         <v>439</v>
       </c>
       <c r="B156" s="1" t="s">
         <v>118</v>
       </c>
-      <c r="C156" s="1" t="s">
-        <v>151</v>
+      <c r="C156" s="1">
+        <v>1939</v>
       </c>
       <c r="D156" s="1" t="s">
         <v>440</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" s="1" t="s">
         <v>441</v>
       </c>
       <c r="B157" s="1" t="s">
         <v>118</v>
       </c>
       <c r="C157" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>442</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" s="1" t="s">
         <v>443</v>
       </c>
       <c r="B158" s="1" t="s">
         <v>118</v>
       </c>
-      <c r="C158" s="1">
-        <v>1939</v>
+      <c r="C158" s="1" t="s">
+        <v>184</v>
       </c>
       <c r="D158" s="1" t="s">
         <v>444</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" s="1" t="s">
         <v>445</v>
       </c>
       <c r="B159" s="1" t="s">
         <v>118</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>184</v>
+        <v>151</v>
       </c>
       <c r="D159" s="1" t="s">
         <v>446</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" s="1" t="s">
         <v>447</v>
       </c>
       <c r="B160" s="1" t="s">
         <v>121</v>
       </c>
       <c r="C160" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D160" s="1" t="s">
         <v>448</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" s="1" t="s">
         <v>449</v>
       </c>
       <c r="B161" s="1" t="s">
         <v>450</v>
@@ -14496,80 +14496,80 @@
       <c r="D505" s="1" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="506" spans="1:4">
       <c r="A506" s="1" t="s">
         <v>1450</v>
       </c>
       <c r="B506" s="1" t="s">
         <v>935</v>
       </c>
       <c r="C506" s="1">
         <v>1945</v>
       </c>
       <c r="D506" s="1" t="s">
         <v>1451</v>
       </c>
     </row>
     <row r="507" spans="1:4">
       <c r="A507" s="1" t="s">
         <v>1452</v>
       </c>
       <c r="B507" s="1" t="s">
         <v>935</v>
       </c>
-      <c r="C507" s="1" t="s">
-        <v>1417</v>
+      <c r="C507" s="1">
+        <v>1945</v>
       </c>
       <c r="D507" s="1" t="s">
         <v>1453</v>
       </c>
     </row>
     <row r="508" spans="1:4">
       <c r="A508" s="1" t="s">
         <v>1454</v>
       </c>
       <c r="B508" s="1" t="s">
         <v>935</v>
       </c>
       <c r="C508" s="1">
         <v>1945</v>
       </c>
       <c r="D508" s="1" t="s">
         <v>1455</v>
       </c>
     </row>
     <row r="509" spans="1:4">
       <c r="A509" s="1" t="s">
         <v>1456</v>
       </c>
       <c r="B509" s="1" t="s">
         <v>935</v>
       </c>
-      <c r="C509" s="1">
-        <v>1945</v>
+      <c r="C509" s="1" t="s">
+        <v>1417</v>
       </c>
       <c r="D509" s="1" t="s">
         <v>1457</v>
       </c>
     </row>
     <row r="510" spans="1:4">
       <c r="A510" s="1" t="s">
         <v>1458</v>
       </c>
       <c r="B510" s="1" t="s">
         <v>1459</v>
       </c>
       <c r="C510" s="1">
         <v>1945</v>
       </c>
       <c r="D510" s="1" t="s">
         <v>1460</v>
       </c>
     </row>
     <row r="511" spans="1:4">
       <c r="A511" s="1" t="s">
         <v>1461</v>
       </c>
       <c r="B511" s="1" t="s">
         <v>1462</v>
@@ -16078,66 +16078,66 @@
       <c r="D618" s="1" t="s">
         <v>1769</v>
       </c>
     </row>
     <row r="619" spans="1:4">
       <c r="A619" s="1" t="s">
         <v>1770</v>
       </c>
       <c r="B619" s="1" t="s">
         <v>1768</v>
       </c>
       <c r="C619" s="1">
         <v>1945</v>
       </c>
       <c r="D619" s="1" t="s">
         <v>1771</v>
       </c>
     </row>
     <row r="620" spans="1:4">
       <c r="A620" s="1" t="s">
         <v>1772</v>
       </c>
       <c r="B620" s="1" t="s">
         <v>1773</v>
       </c>
-      <c r="C620" s="1">
-        <v>1945</v>
+      <c r="C620" s="1" t="s">
+        <v>1774</v>
       </c>
       <c r="D620" s="1" t="s">
-        <v>1774</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="621" spans="1:4">
       <c r="A621" s="1" t="s">
-        <v>1775</v>
+        <v>1776</v>
       </c>
       <c r="B621" s="1" t="s">
         <v>1773</v>
       </c>
-      <c r="C621" s="1" t="s">
-        <v>1776</v>
+      <c r="C621" s="1">
+        <v>1945</v>
       </c>
       <c r="D621" s="1" t="s">
         <v>1777</v>
       </c>
     </row>
     <row r="622" spans="1:4">
       <c r="A622" s="1" t="s">
         <v>1778</v>
       </c>
       <c r="B622" s="1" t="s">
         <v>1779</v>
       </c>
       <c r="C622" s="1" t="s">
         <v>1417</v>
       </c>
       <c r="D622" s="1" t="s">
         <v>1780</v>
       </c>
     </row>
     <row r="623" spans="1:4">
       <c r="A623" s="1" t="s">
         <v>1781</v>
       </c>
       <c r="B623" s="1" t="s">
         <v>1782</v>