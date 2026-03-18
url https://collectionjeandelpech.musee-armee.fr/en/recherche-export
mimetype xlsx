--- v5 (2026-02-26)
+++ v6 (2026-03-18)
@@ -563,65 +563,65 @@
   <si>
     <t>Camp de Bitche</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/camp-bitche</t>
   </si>
   <si>
     <t>2019.58.301</t>
   </si>
   <si>
     <t>Camp de La Bresse. 1939</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/camp-bresse-1939</t>
   </si>
   <si>
     <t>20929-105</t>
   </si>
   <si>
     <t>Camp du 15e bataillon de chasseurs alpins</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/camp-15e-bataillon-chasseurs-alpins</t>
   </si>
   <si>
+    <t>2019.58.232</t>
+  </si>
+  <si>
+    <t>Entre 1939 et 1940</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/cantonnement-2</t>
+  </si>
+  <si>
     <t>2019.58.264</t>
   </si>
   <si>
-    <t>Entre 1939 et 1940</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/cantonnement-0</t>
   </si>
   <si>
-    <t>2019.58.232</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.215</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/cantonnement-5</t>
   </si>
   <si>
     <t>2019.58.322</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/cantonnement</t>
   </si>
   <si>
     <t>2019.58.194</t>
   </si>
   <si>
     <t>Cantonnement dans une écurie</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/cantonnement-dans-ecurie</t>
   </si>
   <si>
     <t>2019.58.229</t>
   </si>
   <si>
     <t>Cantonnement dans une église</t>
@@ -6284,63 +6284,63 @@
   <si>
     <t>2019.58.403</t>
   </si>
   <si>
     <t>Steinegg : observatoire d’artillerie</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/steinegg-observatoire-dartillerie</t>
   </si>
   <si>
     <t>2019.58.415</t>
   </si>
   <si>
     <t>Stuttgart en ruines</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/stuttgart-en-ruines-0</t>
   </si>
   <si>
     <t>2019.58.426</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/stuttgart-en-ruines</t>
   </si>
   <si>
+    <t>20929-172</t>
+  </si>
+  <si>
+    <t>Stuttgart, 1945</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/stuttgart-1945-0</t>
+  </si>
+  <si>
     <t>2019.58.26</t>
   </si>
   <si>
-    <t>Stuttgart, 1945</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/stuttgart-1945-4</t>
-  </si>
-[...4 lines deleted...]
-    <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/stuttgart-1945-0</t>
   </si>
   <si>
     <t>20929-184</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/stuttgart-1945</t>
   </si>
   <si>
     <t>20929-164</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/stuttgart-1945-1</t>
   </si>
   <si>
     <t>2019.58.425</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/stuttgart-1945-2</t>
   </si>
   <si>
     <t>2019.58.203</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/en/the-collection/stuttgart-1945-3</t>
   </si>