--- v0 (2025-11-07)
+++ v1 (2026-02-26)
@@ -38,113 +38,113 @@
   <si>
     <t>Numéro d’inventaire</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Lien</t>
   </si>
   <si>
     <t>2019.58.155</t>
   </si>
   <si>
     <t>Equipement d'un soldat du 15e  bataillon de chasseurs alpins. Au verso&amp;nbsp;:&amp;nbsp;étude pour un religieux, de moine de profil</t>
   </si>
   <si>
     <t>Entre 1936 et 1938</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/equipement-dun-soldat-15e-bataillon-chasseurs-alpins-verso-etude-religieux-moine</t>
   </si>
   <si>
+    <t>2019.58.167</t>
+  </si>
+  <si>
+    <t>14 juillet 1938</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/14-juillet-1938-0</t>
+  </si>
+  <si>
     <t>2019.58.162</t>
   </si>
   <si>
-    <t>14 juillet 1938</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/14-juillet-1938</t>
   </si>
   <si>
-    <t>2019.58.167</t>
-[...2 lines deleted...]
-    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/14-juillet-1938-0</t>
+    <t>2019.58.189</t>
+  </si>
+  <si>
+    <t>Barcelonette : intérieur de la caserne</t>
+  </si>
+  <si>
+    <t>Entre 1938 et 1939</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/barcelonette-interieur-caserne</t>
   </si>
   <si>
     <t>20929-62</t>
   </si>
   <si>
-    <t>Barcelonette : intérieur de la caserne</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/barcelonette-interieur-caserne-0</t>
   </si>
   <si>
-    <t>2019.58.189</t>
-[...7 lines deleted...]
-  <si>
     <t>2019.58.249</t>
   </si>
   <si>
     <t>Bivouac dans les Alpes, 15e bataillon de chasseurs alpins</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/bivouac-dans-alpes-15e-bataillon-chasseurs-alpins</t>
   </si>
   <si>
+    <t>2019.58.241</t>
+  </si>
+  <si>
+    <t>Cantonnement</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/cantonnement-3</t>
+  </si>
+  <si>
+    <t>2019.58.233</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/cantonnement-1</t>
+  </si>
+  <si>
     <t>2019.58.240</t>
   </si>
   <si>
-    <t>Cantonnement</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/cantonnement-2</t>
   </si>
   <si>
-    <t>2019.58.241</t>
-[...10 lines deleted...]
-  <si>
     <t>20929-100</t>
   </si>
   <si>
     <t>Casque Adrian</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/casque-adrian</t>
   </si>
   <si>
     <t>20929-64</t>
   </si>
   <si>
     <t>Chambrée consignée, 15e bataillon des chasseurs alpins</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/chambree-consignee-15e-bataillon-chasseurs-alpins</t>
   </si>
   <si>
     <t>2019.58.148</t>
   </si>
   <si>
     <t>Chargement du barda</t>
   </si>
   <si>
     <t>Vers 1938</t>
@@ -461,92 +461,92 @@
   <si>
     <t>2019.58.66</t>
   </si>
   <si>
     <t>Bateaux de guerre</t>
   </si>
   <si>
     <t>Entre 1939 et 1945</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/bateaux-guerre</t>
   </si>
   <si>
     <t>2019.58.197</t>
   </si>
   <si>
     <t>Bayasse. Repos du dimanche</t>
   </si>
   <si>
     <t>08/1939</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/bayasse-repos-dimanche</t>
   </si>
   <si>
+    <t>2019.58.338</t>
+  </si>
+  <si>
+    <t>Bivouac dans la montagne</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/bivouac-dans-montagne-4</t>
+  </si>
+  <si>
+    <t>2019.58.307</t>
+  </si>
+  <si>
+    <t>Vers 1939</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/bivouac-dans-montagne-2</t>
+  </si>
+  <si>
+    <t>2019.58.311</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/bivouac-dans-montagne-3</t>
+  </si>
+  <si>
     <t>2019.58.302</t>
   </si>
   <si>
-    <t>Bivouac dans la montagne</t>
-[...4 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/bivouac-dans-montagne-1</t>
   </si>
   <si>
     <t>2019.58.281</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/bivouac-dans-montagne-0</t>
   </si>
   <si>
     <t>2019.58.239</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/bivouac-dans-montagne</t>
   </si>
   <si>
-    <t>2019.58.338</t>
-[...16 lines deleted...]
-  <si>
     <t>2019.58.193</t>
   </si>
   <si>
     <t>Bivouac dans les Alpes</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/bivouac-dans-alpes</t>
   </si>
   <si>
     <t>20929-66</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/bivouac-dans-alpes-15e-bataillon-chasseurs-alpins-0</t>
   </si>
   <si>
     <t>20929-103</t>
   </si>
   <si>
     <t>Boussole Alidade système du général Peigné</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/boussole-alidade-systeme-general-peigne</t>
   </si>
   <si>
     <t>20929-361</t>
@@ -563,77 +563,77 @@
   <si>
     <t>Camp de Bitche</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/camp-bitche</t>
   </si>
   <si>
     <t>2019.58.301</t>
   </si>
   <si>
     <t>Camp de La Bresse. 1939</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/camp-bresse-1939</t>
   </si>
   <si>
     <t>20929-105</t>
   </si>
   <si>
     <t>Camp du 15e bataillon de chasseurs alpins</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/camp-15e-bataillon-chasseurs-alpins</t>
   </si>
   <si>
+    <t>2019.58.264</t>
+  </si>
+  <si>
+    <t>Entre 1939 et 1940</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/cantonnement-4</t>
+  </si>
+  <si>
+    <t>2019.58.232</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/cantonnement-0</t>
+  </si>
+  <si>
+    <t>2019.58.215</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/cantonnement</t>
+  </si>
+  <si>
     <t>2019.58.322</t>
   </si>
   <si>
-    <t>Entre 1939 et 1940</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/cantonnement-5</t>
   </si>
   <si>
-    <t>2019.58.232</t>
-[...16 lines deleted...]
-  <si>
     <t>2019.58.194</t>
   </si>
   <si>
     <t>Cantonnement dans une écurie</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/cantonnement-dans-ecurie</t>
   </si>
   <si>
     <t>2019.58.229</t>
   </si>
   <si>
     <t>Cantonnement dans une église</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/cantonnement-dans-eglise</t>
   </si>
   <si>
     <t>2019.58.213</t>
   </si>
   <si>
     <t>Cantonnement des muletiers en  Alsace</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/cantonnement-muletiers-en-alsace</t>
@@ -695,185 +695,185 @@
   <si>
     <t>Croquis : soldats au repos. Au verso : figure féminine de profil</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/croquis-soldats-repos-verso-figure-feminine-profil</t>
   </si>
   <si>
     <t>2019.58.263</t>
   </si>
   <si>
     <t>Croquis : soldats et mulets dans un village</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/croquis-soldats-mulets-dans-village</t>
   </si>
   <si>
     <t>2019.58.320</t>
   </si>
   <si>
     <t>Croquis : tente marabout</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/croquis-tente-marabout</t>
   </si>
   <si>
+    <t>2019.58.326</t>
+  </si>
+  <si>
+    <t>Croquis : un soldat de dos et équipement</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/croquis-soldat-dos-equipement-1</t>
+  </si>
+  <si>
+    <t>2019.58.308</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/croquis-soldat-dos-equipement</t>
+  </si>
+  <si>
     <t>2019.58.313</t>
   </si>
   <si>
-    <t>Croquis : un soldat de dos et équipement</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/croquis-soldat-dos-equipement-0</t>
   </si>
   <si>
-    <t>2019.58.326</t>
-[...10 lines deleted...]
-  <si>
     <t>2019.58.318</t>
   </si>
   <si>
     <t>Croquis de paysage</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/croquis-paysage</t>
   </si>
   <si>
     <t>2019.58.183</t>
   </si>
   <si>
     <t>Croquis de route. 15e  bataillon de chasseurs alpins</t>
   </si>
   <si>
     <t>Entre 1939 et 1935</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/croquis-route-15e-bataillon-chasseurs-alpins</t>
   </si>
   <si>
+    <t>2019.58.317</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/croquis-soldats-4</t>
+  </si>
+  <si>
+    <t>2019.58.297</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/croquis-soldats</t>
+  </si>
+  <si>
+    <t>2019.58.319</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/croquis-soldats-5</t>
+  </si>
+  <si>
+    <t>2019.58.310</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/croquis-soldats-1</t>
+  </si>
+  <si>
     <t>2019.58.315</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/croquis-soldats-2</t>
   </si>
   <si>
-    <t>2019.58.317</t>
-[...22 lines deleted...]
-  <si>
     <t>2019.58.335</t>
   </si>
   <si>
     <t>Cuisines</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/cuisines-0</t>
   </si>
   <si>
+    <t>2019.58.211</t>
+  </si>
+  <si>
+    <t>Dans les Ardennes</t>
+  </si>
+  <si>
+    <t>11/1939</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/dans-ardennes</t>
+  </si>
+  <si>
     <t>20929-114</t>
   </si>
   <si>
-    <t>Dans les Ardennes</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/dans-ardennes-0</t>
   </si>
   <si>
     <t>20929-115</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/dans-ardennes-1</t>
   </si>
   <si>
-    <t>2019.58.211</t>
-[...7 lines deleted...]
-  <si>
     <t>2019.58.272</t>
   </si>
   <si>
     <t>Dans une cuisine à Ambly-Fleury</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/dans-cuisine-ambly-fleury</t>
   </si>
   <si>
     <t>2019.58.294</t>
   </si>
   <si>
     <t>Deux groupes de soldats, l'un jouant aux cartes, l'autre dormant</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/deux-groupes-soldats-lun-jouant-aux-cartes-lautre-dormant</t>
   </si>
   <si>
+    <t>2019.58.279</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/deux-soldats-assis-larriere-plan-grange-1</t>
+  </si>
+  <si>
     <t>2019.58.270</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/deux-soldats-assis-larriere-plan-grange-0</t>
   </si>
   <si>
-    <t>2019.58.279</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.259</t>
   </si>
   <si>
     <t>Deux soldats et village à l'arrière-plan</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/deux-soldats-village-larriere-plan</t>
   </si>
   <si>
     <t>2019.58.299</t>
   </si>
   <si>
     <t>Deux soldats marchant dans la montagne</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/deux-soldats-marchant-dans-montagne</t>
   </si>
   <si>
     <t>2019.58.328</t>
   </si>
   <si>
     <t>Eglise Saint-Nicolas de Rethel</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/eglise-saint-nicolas-rethel</t>
@@ -887,83 +887,83 @@
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/embarquement-militaire-dans-train</t>
   </si>
   <si>
     <t>2019.58.252</t>
   </si>
   <si>
     <t>En montagne</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/en-montagne</t>
   </si>
   <si>
     <t>2019.58.237</t>
   </si>
   <si>
     <t>Exercice à la 2e  Compagnie, janvier 1939</t>
   </si>
   <si>
     <t>21/1/1939</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/exercice-2e-compagnie-janvier-1939</t>
   </si>
   <si>
+    <t>2019.58.254</t>
+  </si>
+  <si>
+    <t>Exercice en montagne</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/exercice-en-montagne-0</t>
+  </si>
+  <si>
+    <t>2019.58.276</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/exercice-en-montagne-2</t>
+  </si>
+  <si>
+    <t>2019.58.266</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/exercice-en-montagne-1</t>
+  </si>
+  <si>
     <t>2019.58.226</t>
   </si>
   <si>
-    <t>Exercice en montagne</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/exercice-en-montagne</t>
   </si>
   <si>
     <t>2019.58.304</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/exercice-en-montagne-3</t>
   </si>
   <si>
-    <t>2019.58.254</t>
-[...16 lines deleted...]
-  <si>
     <t>2019.58.246</t>
   </si>
   <si>
     <t>Exercice en montagne. Au verso, chevaux au repos</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/exercice-en-montagne-verso-chevaux-repos</t>
   </si>
   <si>
     <t>2019.58.289</t>
   </si>
   <si>
     <t>Exercice en motagne</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/exercice-en-motagne</t>
   </si>
   <si>
     <t>2019.58.258</t>
   </si>
   <si>
     <t>Figure de soldat dans un paysage de montagne</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/figure-soldat-dans-paysage-montagne</t>
@@ -992,104 +992,104 @@
   <si>
     <t>Haspelshield</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/haspelshield</t>
   </si>
   <si>
     <t>20929-67</t>
   </si>
   <si>
     <t>Henri Tessier</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/henri-tessier</t>
   </si>
   <si>
     <t>2019.58.230</t>
   </si>
   <si>
     <t>Intérieur d'une chambrée</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/interieur-dune-chambree</t>
   </si>
   <si>
+    <t>2019.58.243</t>
+  </si>
+  <si>
+    <t>Intérieur d'une chambrée à Barcelonnette</t>
+  </si>
+  <si>
+    <t>01/1939</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/interieur-dune-chambree-barcelonnette-0</t>
+  </si>
+  <si>
+    <t>20929-99</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/interieur-dune-chambree-barcelonnette-3</t>
+  </si>
+  <si>
     <t>2019.58.248</t>
   </si>
   <si>
-    <t>Intérieur d'une chambrée à Barcelonnette</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/interieur-dune-chambree-barcelonnette-1</t>
   </si>
   <si>
     <t>2019.58.196</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/interieur-dune-chambree-barcelonnette</t>
   </si>
   <si>
     <t>2019.58.250</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/interieur-dune-chambree-barcelonnette-2</t>
   </si>
   <si>
-    <t>2019.58.243</t>
-[...11 lines deleted...]
-    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/interieur-dune-chambree-barcelonnette-3</t>
+    <t>2019.58.327</t>
+  </si>
+  <si>
+    <t>Intérieur d'une tente. Au verso, un canon de 37 et lettre à ses parents</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/interieur-dune-tente-verso-canon-37-lettre-parents-0</t>
   </si>
   <si>
     <t>2019.58.176</t>
   </si>
   <si>
-    <t>Intérieur d'une tente. Au verso, un canon de 37 et lettre à ses parents</t>
-[...1 lines deleted...]
-  <si>
     <t>2/10/1939</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/interieur-dune-tente-verso-canon-37-lettre-parents</t>
   </si>
   <si>
-    <t>2019.58.327</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.273</t>
   </si>
   <si>
     <t>Le 15e  bataillon de chasseurs alpins en Alsace</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/15e-bataillon-chasseurs-alpins-en-alsace</t>
   </si>
   <si>
     <t>2019.58.161</t>
   </si>
   <si>
     <t>Le 15e bataillon de chasseurs alpins au repos</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/15e-bataillon-chasseurs-alpins-repos</t>
   </si>
   <si>
     <t>20929-177</t>
   </si>
   <si>
     <t>Le 15e bataillon de chasseurs alpins en Alsace</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/15e-bataillon-chasseurs-alpins-en-alsace-0</t>
@@ -1325,125 +1325,125 @@
   <si>
     <t>Soldat et cheval</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/soldat-cheval</t>
   </si>
   <si>
     <t>2019.58.283</t>
   </si>
   <si>
     <t>Soldat lisant</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/soldat-lisant</t>
   </si>
   <si>
     <t>2019.58.291</t>
   </si>
   <si>
     <t>Soldats allongés</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/soldats-allonges</t>
   </si>
   <si>
+    <t>2019.58.278</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/soldats-repos-4</t>
+  </si>
+  <si>
+    <t>2019.58.268</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/soldats-repos-3</t>
+  </si>
+  <si>
     <t>2019.58.174</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/soldats-repos</t>
   </si>
   <si>
     <t>2019.58.228</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/soldats-repos-2</t>
   </si>
   <si>
     <t>2019.58.175</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/soldats-repos-0</t>
   </si>
   <si>
-    <t>2019.58.278</t>
-[...10 lines deleted...]
-  <si>
     <t>2019.58.200</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/soldats-dans-interieur</t>
   </si>
   <si>
+    <t>2019.58.331</t>
+  </si>
+  <si>
+    <t>Soldats dans un train</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/soldats-dans-train-0</t>
+  </si>
+  <si>
     <t>2019.58.324</t>
   </si>
   <si>
-    <t>Soldats dans un train</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/soldats-dans-train</t>
   </si>
   <si>
-    <t>2019.58.331</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.265</t>
   </si>
   <si>
     <t>Soldats dans un village</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/soldats-dans-village</t>
   </si>
   <si>
+    <t>2019.58.305</t>
+  </si>
+  <si>
+    <t>Soldats dans une chambrée</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/soldats-dans-chambree</t>
+  </si>
+  <si>
     <t>2019.58.314</t>
   </si>
   <si>
-    <t>Soldats dans une chambrée</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/soldats-dans-chambree-0</t>
   </si>
   <si>
-    <t>2019.58.305</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.336</t>
   </si>
   <si>
     <t>Soldats dans une rue</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/soldats-dans-rue</t>
   </si>
   <si>
     <t>2019.58.293</t>
   </si>
   <si>
     <t>Soldats en train de manger</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/soldats-en-train-manger</t>
   </si>
   <si>
     <t>2019.58.292</t>
   </si>
   <si>
     <t>Soldats et baraquements</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/soldats-baraquements</t>
@@ -1613,101 +1613,101 @@
   <si>
     <t>Village de Montreux-Vieux vu de Montreux-Jeune</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/village-montreux-vieux-vu-montreux-jeune</t>
   </si>
   <si>
     <t>2019.58.267</t>
   </si>
   <si>
     <t>Vue d'un intérieur en désordre</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/vue-dun-interieur-en-desordre</t>
   </si>
   <si>
     <t>2019.58.262</t>
   </si>
   <si>
     <t>Vue d'un intérieur en désordre. Au verso, Esquisse</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/vue-dun-interieur-en-desordre-verso-esquisse</t>
   </si>
   <si>
+    <t>20929-107</t>
+  </si>
+  <si>
+    <t>Wintersbourg : un cantonnement</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/wintersbourg-cantonnement-0</t>
+  </si>
+  <si>
     <t>2019.58.186</t>
   </si>
   <si>
-    <t>Wintersbourg : un cantonnement</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/wintersbourg-cantonnement</t>
   </si>
   <si>
-    <t>20929-107</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.38</t>
   </si>
   <si>
     <t>15e bataillon de chasseur alpins en Champagne juin 1940</t>
   </si>
   <si>
     <t>Entre 1940 et 1944</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/15e-bataillon-chasseur-alpins-en-champagne-juin-1940</t>
   </si>
   <si>
     <t>2019.58.39</t>
   </si>
   <si>
     <t>15e bataillon de chasseurs alpins juin 1940. Fosse commune</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/15e-bataillon-chasseurs-alpins-juin-1940-fosse-commune</t>
   </si>
   <si>
+    <t>2019.58.201</t>
+  </si>
+  <si>
+    <t>15e bataillon de chasseurs alpins, Champagne</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/15e-bataillon-chasseurs-alpins-champagne-0</t>
+  </si>
+  <si>
     <t>20929-383</t>
   </si>
   <si>
-    <t>15e bataillon de chasseurs alpins, Champagne</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/15e-bataillon-chasseurs-alpins-champagne-1</t>
   </si>
   <si>
-    <t>2019.58.201</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.168</t>
   </si>
   <si>
     <t>Attaque de chars</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/attaque-chars</t>
   </si>
   <si>
     <t>2019.58.163</t>
   </si>
   <si>
     <t>Attaque navale</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/attaque-navale</t>
   </si>
   <si>
     <t>2019.58.223</t>
   </si>
   <si>
     <t>Autoportrait à l'arrivée au cantonnement</t>
   </si>
   <si>
     <t>05/1940</t>
@@ -1775,80 +1775,80 @@
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/campagne-1940</t>
   </si>
   <si>
     <t>2019.58.191</t>
   </si>
   <si>
     <t>Campagne de France</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/campagne-france</t>
   </si>
   <si>
     <t>2019.58.173</t>
   </si>
   <si>
     <t>Chambre de Jean Delpech dans un sanatorium. Au verso, lettre de Jean Delpech à sa mère</t>
   </si>
   <si>
     <t>12/5/1940</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/chambre-jean-delpech-dans-sanatorium-verso-lettre-jean-delpech-mere</t>
   </si>
   <si>
+    <t>2019.58.220</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/croquis-route-15e-bataillon-chasseurs-alpins-3</t>
+  </si>
+  <si>
+    <t>2019.58.221</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/croquis-route-15e-bataillon-chasseurs-alpins-4</t>
+  </si>
+  <si>
     <t>2019.58.217</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/croquis-route-15e-bataillon-chasseurs-alpins-0</t>
   </si>
   <si>
     <t>2019.58.218</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/croquis-route-15e-bataillon-chasseurs-alpins-1</t>
   </si>
   <si>
     <t>2019.58.219</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/croquis-route-15e-bataillon-chasseurs-alpins-2</t>
   </si>
   <si>
-    <t>2019.58.220</t>
-[...10 lines deleted...]
-  <si>
     <t>2019.58.227</t>
   </si>
   <si>
     <t>Dans le train, près de Paris</t>
   </si>
   <si>
     <t>5/3/1940</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/dans-train-pres-paris</t>
   </si>
   <si>
     <t>2019.58.77</t>
   </si>
   <si>
     <t>Fort de Lorraine. Entraînement de patrouille (15e  BCA-1939-1940)</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/fort-lorraine-entrainement-patrouille-15e-bca-1939-1940</t>
   </si>
   <si>
     <t>20929-363</t>
   </si>
   <si>
     <t>Fort de Lorraine. Entraînement de patrouille (15e BCA-1939-1940)</t>
@@ -1916,68 +1916,68 @@
   <si>
     <t>20929-380</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/souvenir-0</t>
   </si>
   <si>
     <t>20929-101</t>
   </si>
   <si>
     <t>Masque à gaz</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/masque-gaz</t>
   </si>
   <si>
     <t>2019.58.160</t>
   </si>
   <si>
     <t>Masques à gaz</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/masques-gaz</t>
   </si>
   <si>
+    <t>20929-158</t>
+  </si>
+  <si>
+    <t>Mirepoix : soldats dans la rue</t>
+  </si>
+  <si>
+    <t>06/1945</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/mirepoix-soldats-dans-rue</t>
+  </si>
+  <si>
     <t>20929-160</t>
   </si>
   <si>
-    <t>Mirepoix : soldats dans la rue</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/mirepoix-soldats-dans-rue-0</t>
   </si>
   <si>
-    <t>20929-158</t>
-[...7 lines deleted...]
-  <si>
     <t>20929-157</t>
   </si>
   <si>
     <t>Mirepoix : une chambre</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/mirepoix-chambre</t>
   </si>
   <si>
     <t>2019.58.222</t>
   </si>
   <si>
     <t>Mirepoix. Place de l'Hôtel de Ville, août 1940</t>
   </si>
   <si>
     <t>08/1940</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/mirepoix-place-lhotel-ville-aout-1940</t>
   </si>
   <si>
     <t>20929-162</t>
   </si>
   <si>
     <t>Moto side-car</t>
@@ -2267,65 +2267,65 @@
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/attelages-paris</t>
   </si>
   <si>
     <t>2019.58.28</t>
   </si>
   <si>
     <t>Camp de prisonniers</t>
   </si>
   <si>
     <t>Entre 1942 et 1944</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/camp-prisonniers</t>
   </si>
   <si>
     <t>2019.58.44</t>
   </si>
   <si>
     <t>Campagne de France 1940</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/campagne-france-1940</t>
   </si>
   <si>
+    <t>20929-347</t>
+  </si>
+  <si>
+    <t>Folie et charité (Dunkerque 1940)</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/folie-charite-dunkerque-1940-0</t>
+  </si>
+  <si>
     <t>2019.58.78</t>
   </si>
   <si>
-    <t>Folie et charité (Dunkerque 1940)</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/folie-charite-dunkerque-1940</t>
   </si>
   <si>
-    <t>20929-347</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.85</t>
   </si>
   <si>
     <t>Forteresse</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/forteresse</t>
   </si>
   <si>
     <t>20929-152</t>
   </si>
   <si>
     <t>Gare de Tramways, 1942</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/gare-tramways-1942</t>
   </si>
   <si>
     <t>20929-334</t>
   </si>
   <si>
     <t>L'école bombardée</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/lecole-bombardee</t>
@@ -2519,65 +2519,65 @@
   <si>
     <t>Le pays de Cocagne</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/pays-cocagne</t>
   </si>
   <si>
     <t>2019.58.111</t>
   </si>
   <si>
     <t>Les Jeunes de l'empire à Vichy, 7 mai 1943</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/jeunes-lempire-vichy-7-mai-1943</t>
   </si>
   <si>
     <t>20929-149</t>
   </si>
   <si>
     <t>Paris bombardé</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/paris-bombarde</t>
   </si>
   <si>
+    <t>20929-147</t>
+  </si>
+  <si>
+    <t>Paris, 1943</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/paris-1943</t>
+  </si>
+  <si>
     <t>20929-150</t>
   </si>
   <si>
-    <t>Paris, 1943</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/paris-1943-0</t>
   </si>
   <si>
-    <t>20929-147</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.62</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/porte-saint-ouen-0</t>
   </si>
   <si>
     <t>2019.58.63</t>
   </si>
   <si>
     <t>Vers 1943</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/porte-saint-ouen-1</t>
   </si>
   <si>
     <t>20929-154</t>
   </si>
   <si>
     <t>S.T.O, la cuisine</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/sto-cuisine</t>
   </si>
   <si>
     <t>20929-146</t>
@@ -2984,71 +2984,71 @@
   <si>
     <t>Char léger M3A3 « Triboulet » : vue arrière</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/char-leger-m3a3-triboulet-vue-arriere</t>
   </si>
   <si>
     <t>20929-46</t>
   </si>
   <si>
     <t>Char léger M3A3 « Triboulet » : vue avant</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/char-leger-m3a3-triboulet-vue</t>
   </si>
   <si>
     <t>20929-48</t>
   </si>
   <si>
     <t>Char léger M3A3 « Triboulet » : vue de profil</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/char-leger-m3a3-triboulet-vue-profil</t>
   </si>
   <si>
+    <t>20929-117</t>
+  </si>
+  <si>
+    <t>Char Panther, 1944</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/char-panther-1944-0</t>
+  </si>
+  <si>
+    <t>20929-118</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/char-panther-1944-1</t>
+  </si>
+  <si>
     <t>20929-116</t>
   </si>
   <si>
-    <t>Char Panther, 1944</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/char-panther-1944</t>
   </si>
   <si>
-    <t>20929-117</t>
-[...10 lines deleted...]
-  <si>
     <t>20929-34</t>
   </si>
   <si>
     <t>Char Pershing</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/char-pershing</t>
   </si>
   <si>
     <t>20929-32</t>
   </si>
   <si>
     <t>Char Pershing  « Dunois »</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/char-pershing-dunois</t>
   </si>
   <si>
     <t>20929-35</t>
   </si>
   <si>
     <t>Char Pershing : détail</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/char-pershing-detail</t>
@@ -3302,77 +3302,77 @@
   <si>
     <t>Hôtel des Pyrénées rue de Seine</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/hotel-pyrenees-rue-seine</t>
   </si>
   <si>
     <t>20929-28</t>
   </si>
   <si>
     <t>Intérieur d’un char Sherman</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/interieur-dun-char-sherman</t>
   </si>
   <si>
     <t>20929-217</t>
   </si>
   <si>
     <t>Izeroukiene et Ben Douane, Campagne d'Allemagne</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/izeroukiene-ben-douane-campagne-dallemagne</t>
   </si>
   <si>
+    <t>20929-11</t>
+  </si>
+  <si>
+    <t>Jeep</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/jeep-1</t>
+  </si>
+  <si>
     <t>20929-18</t>
   </si>
   <si>
-    <t>Jeep</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/jeep-2</t>
   </si>
   <si>
     <t>20929-8</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/jeep</t>
   </si>
   <si>
     <t>20929-10</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/jeep-0</t>
   </si>
   <si>
-    <t>20929-11</t>
-[...4 lines deleted...]
-  <si>
     <t>20929-219</t>
   </si>
   <si>
     <t>Jérôme Portas, 49e régiment d'infanterie</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/jerome-portas-49e-regiment-dinfanterie</t>
   </si>
   <si>
     <t>20929-125</t>
   </si>
   <si>
     <t>Jerrican pour le transport d’eau de la Wehrmacht</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/jerrican-transport-deau-wehrmacht</t>
   </si>
   <si>
     <t>20929-127</t>
   </si>
   <si>
     <t>Jerricans</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/jerricans</t>
@@ -3536,65 +3536,65 @@
   <si>
     <t>Libération de paris : barricade dans le 6e arrondissement</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/liberation-paris-barricade-dans-6e-arrondissement</t>
   </si>
   <si>
     <t>2019.58.136</t>
   </si>
   <si>
     <t>Libération de Paris : chambre bombardée</t>
   </si>
   <si>
     <t>Vers 1944/08</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/liberation-paris-chambre-bombardee</t>
   </si>
   <si>
     <t>2019.58.137</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/liberation-paris-chambre-bombardee-0</t>
   </si>
   <si>
+    <t>20929-349</t>
+  </si>
+  <si>
+    <t>Libération de Paris : Combat de chars, place de la Concorde</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/liberation-paris-combat-chars-place-concorde-0</t>
+  </si>
+  <si>
     <t>2019.58.13</t>
   </si>
   <si>
-    <t>Libération de Paris : Combat de chars, place de la Concorde</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/liberation-paris-combat-chars-place-concorde</t>
   </si>
   <si>
-    <t>20929-349</t>
-[...4 lines deleted...]
-  <si>
     <t>20929-376</t>
   </si>
   <si>
     <t>Libération de Paris : des pourparlers sans suite</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/liberation-paris-pourparlers-suite</t>
   </si>
   <si>
     <t>20929-92</t>
   </si>
   <si>
     <t>Libération de Paris : groupe de FFI porte Maillot</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/liberation-paris-groupe-ffi-porte-maillot</t>
   </si>
   <si>
     <t>2019.58.138</t>
   </si>
   <si>
     <t>Libération de Paris : immeuble éventré</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/liberation-paris-immeuble-eventre</t>
@@ -3644,104 +3644,104 @@
   <si>
     <t>Libération de Paris, août 1944</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/liberation-paris-aout-1944</t>
   </si>
   <si>
     <t>20929-74</t>
   </si>
   <si>
     <t>Libération de Paris, char R. 35</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/liberation-paris-char-r-35</t>
   </si>
   <si>
     <t>20929-75</t>
   </si>
   <si>
     <t>Libération de Paris, char Sherman de la division Leclerc</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/liberation-paris-char-sherman-division-leclerc</t>
   </si>
   <si>
+    <t>20929-85</t>
+  </si>
+  <si>
+    <t>Libération de Paris, U.S. Army</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/liberation-paris-us-army-1</t>
+  </si>
+  <si>
     <t>20929-82</t>
   </si>
   <si>
-    <t>Libération de Paris, U.S. Army</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/liberation-paris-us-army</t>
   </si>
   <si>
     <t>20929-84</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/liberation-paris-us-army-0</t>
   </si>
   <si>
-    <t>20929-85</t>
-[...4 lines deleted...]
-  <si>
     <t>20929-87</t>
   </si>
   <si>
     <t>Libération de Paris, vue du Ministère des Affaires Etrangères</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/liberation-paris-vue-ministere-affaires-etrangeres</t>
   </si>
   <si>
     <t>20929-52</t>
   </si>
   <si>
     <t>Lorraine, 1944</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/lorraine-1944</t>
   </si>
   <si>
+    <t>2019.58.43</t>
+  </si>
+  <si>
+    <t>Marche du 15e  bataillon de chasseurs alpins</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/marche-15e-bataillon-chasseurs-alpins</t>
+  </si>
+  <si>
     <t>2019.58.45</t>
   </si>
   <si>
-    <t>Marche du 15e  bataillon de chasseurs alpins</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/marche-15e-bataillon-chasseurs-alpins-0</t>
   </si>
   <si>
-    <t>2019.58.43</t>
-[...4 lines deleted...]
-  <si>
     <t>20929-381</t>
   </si>
   <si>
     <t>Marche du 15e bataillon de chasseurs alpins</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/marche-15e-bataillon-chasseurs-alpins-1</t>
   </si>
   <si>
     <t>20929-131</t>
   </si>
   <si>
     <t>Matériel allemand de défense contre l’aviation</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/materiel-allemand-defense-contre-laviation</t>
   </si>
   <si>
     <t>20929-16</t>
   </si>
   <si>
     <t>Matériel militaire</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/materiel-militaire</t>
@@ -3752,89 +3752,89 @@
   <si>
     <t>Moteur d'un char Sherman</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/moteur-dun-char-sherman</t>
   </si>
   <si>
     <t>20929-7</t>
   </si>
   <si>
     <t>Moteur de Jeep</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/moteur-jeep</t>
   </si>
   <si>
     <t>20929-255</t>
   </si>
   <si>
     <t>Mougenot, 2e régiment de spahis</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/mougenot-2e-regiment-spahis</t>
   </si>
   <si>
+    <t>2019.58.74</t>
+  </si>
+  <si>
+    <t>Panther</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/panther</t>
+  </si>
+  <si>
     <t>20929-365</t>
   </si>
   <si>
-    <t>Panther</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/panther-0</t>
   </si>
   <si>
-    <t>2019.58.74</t>
-[...4 lines deleted...]
-  <si>
     <t>20929-96</t>
   </si>
   <si>
     <t>Paris : véhicules abandonnés, septembre 1944</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/paris-vehicules-abandonnes-septembre-1944</t>
   </si>
   <si>
+    <t>20929-368</t>
+  </si>
+  <si>
+    <t>Paris occupé</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/paris-occupe-0</t>
+  </si>
+  <si>
     <t>2019.58.99</t>
   </si>
   <si>
-    <t>Paris occupé</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/paris-occupe</t>
   </si>
   <si>
-    <t>20929-368</t>
-[...4 lines deleted...]
-  <si>
     <t>20929-93</t>
   </si>
   <si>
     <t>Paris. Automitrailleuse américaine</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/paris-automitrailleuse-americaine</t>
   </si>
   <si>
     <t>20929-228</t>
   </si>
   <si>
     <t>Pédinielli Pierre, 2e régiment de spahis</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/pedinielli-pierre-2e-regiment-spahis</t>
   </si>
   <si>
     <t>20929-249</t>
   </si>
   <si>
     <t>Père Déal, 2e régiment de spahis</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/pere-deal-2e-regiment-spahis</t>
@@ -3920,143 +3920,143 @@
   <si>
     <t>2019.58.158</t>
   </si>
   <si>
     <t>Rennes, 1944-1945</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/rennes-1944-1945</t>
   </si>
   <si>
     <t>2019.58.14</t>
   </si>
   <si>
     <t>Retraite allemande 1944</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/retraite-allemande-1944</t>
   </si>
   <si>
     <t>20929-342</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/retraite-allemande-1944-0</t>
   </si>
   <si>
+    <t>2019.58.9</t>
+  </si>
+  <si>
+    <t>Retraite allemande à travers Paris</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/retraite-allemande-travers-paris-0</t>
+  </si>
+  <si>
+    <t>2019.58.1</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/retraite-allemande-travers-paris</t>
+  </si>
+  <si>
     <t>20929-354</t>
   </si>
   <si>
-    <t>Retraite allemande à travers Paris</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/retraite-allemande-travers-paris-1</t>
   </si>
   <si>
-    <t>2019.58.9</t>
-[...10 lines deleted...]
-  <si>
     <t>20929-233</t>
   </si>
   <si>
     <t>Roger Picazo, 2e régiment de spahis</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/roger-picazo-2e-regiment-spahis</t>
   </si>
   <si>
     <t>20929-283</t>
   </si>
   <si>
     <t>Rouffach : simulation d'une attaque d'un village</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/rouffach-simulation-dune-attaque-dun-village</t>
   </si>
   <si>
     <t>20929-284</t>
   </si>
   <si>
     <t>Rouffach, entrainement au tir mitraillette (50m)</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/rouffach-entrainement-tir-mitraillette-50m</t>
   </si>
   <si>
     <t>20929-95</t>
   </si>
   <si>
     <t>Rue de Seine</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/rue-seine</t>
   </si>
   <si>
     <t>20929-274</t>
   </si>
   <si>
     <t>Sac à dos U.S. 1943</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/sac-dos-us-1943</t>
   </si>
   <si>
+    <t>2019.58.10</t>
+  </si>
+  <si>
+    <t>Scène de la libération de Paris</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/scene-liberation-paris-0</t>
+  </si>
+  <si>
+    <t>2019.58.12</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/scene-liberation-paris-1</t>
+  </si>
+  <si>
     <t>2019.58.2</t>
   </si>
   <si>
-    <t>Scène de la libération de Paris</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/scene-liberation-paris</t>
   </si>
   <si>
     <t>20929-373</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/scene-liberation-paris-2</t>
   </si>
   <si>
-    <t>2019.58.10</t>
-[...10 lines deleted...]
-  <si>
     <t>20929-182</t>
   </si>
   <si>
     <t>Shako, armée allemande</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/shako-armee-allemande</t>
   </si>
   <si>
     <t>20929-238</t>
   </si>
   <si>
     <t>Soldat de la 1re armée assis dans un train</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/soldat-1re-armee-assis-dans-train-0</t>
   </si>
   <si>
     <t>20929-81</t>
   </si>
   <si>
     <t>Soldats américains</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/soldats-americains</t>
@@ -4280,65 +4280,65 @@
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/aurelien-flamant</t>
   </si>
   <si>
     <t>2019.58.146</t>
   </si>
   <si>
     <t>Automitrailleuse « Bigorneuse »</t>
   </si>
   <si>
     <t>Vers 1945</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/automitrailleuse-bigorneuse</t>
   </si>
   <si>
     <t>20929-275</t>
   </si>
   <si>
     <t>Avion sur le terrain d'Eutingen im Gäu</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/avion-terrain-deutingen-im-gau</t>
   </si>
   <si>
+    <t>20929-134</t>
+  </si>
+  <si>
+    <t>Avion, 1945</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/avion-1945</t>
+  </si>
+  <si>
     <t>20929-135</t>
   </si>
   <si>
-    <t>Avion, 1945</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/avion-1945-0</t>
   </si>
   <si>
-    <t>20929-134</t>
-[...4 lines deleted...]
-  <si>
     <t>20929-279</t>
   </si>
   <si>
     <t>Avions du groupe de chasse III/6 « Roussillon »</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/avions-groupe-chasse-iii6-roussillon</t>
   </si>
   <si>
     <t>20929-265</t>
   </si>
   <si>
     <t>Barse</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/barse</t>
   </si>
   <si>
     <t>2019.58.93</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/bataille-normandie</t>
   </si>
   <si>
     <t>20929-185</t>
@@ -4364,74 +4364,74 @@
   <si>
     <t>Blindés</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/blindes</t>
   </si>
   <si>
     <t>20929-335</t>
   </si>
   <si>
     <t>Blindés britanniques</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/blindes-britanniques</t>
   </si>
   <si>
     <t>20929-211</t>
   </si>
   <si>
     <t>Boumaza Loufis et le caporal Boufares, 7e  régiment de chasseurs d'Afrique</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/boumaza-loufis-caporal-boufares-7e-regiment-chasseurs-dafrique</t>
   </si>
   <si>
+    <t>20929-45</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/campagne-dallemagne-0</t>
+  </si>
+  <si>
+    <t>20929-176</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/campagne-dallemagne-2</t>
+  </si>
+  <si>
     <t>2019.58.355</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/campagne-dallemagne</t>
   </si>
   <si>
     <t>20929-192</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/campagne-dallemagne-3</t>
   </si>
   <si>
-    <t>20929-45</t>
-[...10 lines deleted...]
-  <si>
     <t>2019.58.171</t>
   </si>
   <si>
     <t>Campagne d'Allemagne 1945. Prisonniers</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/campagne-dallemagne-1945-prisonniers</t>
   </si>
   <si>
     <t>20929-208</t>
   </si>
   <si>
     <t>Campagne d'Allemagne, 1945, 1er  groupement de tabors marocains</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/campagne-dallemagne-1945-1er-groupement-tabors-marocains</t>
   </si>
   <si>
     <t>20929-188</t>
   </si>
   <si>
     <t>Campagne d'Allemagne, 1945. Ambulance</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/campagne-dallemagne-1945-ambulance</t>
@@ -4826,68 +4826,68 @@
   <si>
     <t>Casque et cravache</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/casque-cravache</t>
   </si>
   <si>
     <t>20929-223</t>
   </si>
   <si>
     <t>Castex</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/castex</t>
   </si>
   <si>
     <t>20929-168</t>
   </si>
   <si>
     <t>Centre d'accueil, Mulhouse</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/centre-daccueil-mulhouse</t>
   </si>
   <si>
+    <t>2019.58.32</t>
+  </si>
+  <si>
+    <t>Cernés dans Berlin anéanti les chefs nazis se réfugient dans la mort</t>
+  </si>
+  <si>
+    <t>Entre 1945 et 1950</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/cernes-dans-berlin-aneanti-chefs-nazis-se-refugient-dans-mort</t>
+  </si>
+  <si>
     <t>20929-352</t>
   </si>
   <si>
-    <t>Cernés dans Berlin anéanti les chefs nazis se réfugient dans la mort</t>
-[...4 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/cernes-dans-berlin-aneanti-chefs-nazis-se-refugient-dans-mort-0</t>
   </si>
   <si>
-    <t>2019.58.32</t>
-[...4 lines deleted...]
-  <si>
     <t>20929-165</t>
   </si>
   <si>
     <t>Chambre des ambulancières</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/chambre-ambulancieres</t>
   </si>
   <si>
     <t>20929-343</t>
   </si>
   <si>
     <t>Char américain ou anglais</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/char-americain-anglais</t>
   </si>
   <si>
     <t>20929-344</t>
   </si>
   <si>
     <t>Char Cromwell</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/char-cromwell</t>
@@ -5075,65 +5075,65 @@
   <si>
     <t>Cuirassiers, campagne d'Allemagne</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/cuirassiers-campagne-dallemagne</t>
   </si>
   <si>
     <t>2019.58.407</t>
   </si>
   <si>
     <t>Dans une rue en Allemagne</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/dans-rue-en-allemagne</t>
   </si>
   <si>
     <t>20929-166</t>
   </si>
   <si>
     <t>Dans une rue, Forêt-Noire</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/dans-rue-foret-noire</t>
   </si>
   <si>
+    <t>20929-130</t>
+  </si>
+  <si>
+    <t>Débris d’avions</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/debris-davions</t>
+  </si>
+  <si>
     <t>20929-136</t>
   </si>
   <si>
-    <t>Débris d’avions</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/debris-davions-0</t>
   </si>
   <si>
-    <t>20929-130</t>
-[...4 lines deleted...]
-  <si>
     <t>20929-307</t>
   </si>
   <si>
     <t>Deux officiers du 2e Tabor</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/deux-officiers-2e-tabor</t>
   </si>
   <si>
     <t>2019.58.421</t>
   </si>
   <si>
     <t>Deux soldats assis dans une cuisine en Allemagne</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/deux-soldats-assis-dans-cuisine-en-allemagne</t>
   </si>
   <si>
     <t>2019.58.404</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/deux-soldats-assis-larriere-plan-grange-2</t>
   </si>
   <si>
     <t>2019.58.374</t>
@@ -5315,83 +5315,83 @@
   <si>
     <t>20929-169</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/gare-deutingen-im-gau-0</t>
   </si>
   <si>
     <t>20929-15</t>
   </si>
   <si>
     <t>Génie de l'Air, outillage</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/genie-lair-outillage</t>
   </si>
   <si>
     <t>2019.58.372</t>
   </si>
   <si>
     <t>Goumier dans une rue en Allemagne</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/goumier-dans-rue-en-allemagne</t>
   </si>
   <si>
+    <t>2019.58.30</t>
+  </si>
+  <si>
+    <t>Goumiers dans un village en Allemagne</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/goumiers-dans-village-en-allemagne</t>
+  </si>
+  <si>
     <t>20929-386</t>
   </si>
   <si>
-    <t>Goumiers dans un village en Allemagne</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/goumiers-dans-village-en-allemagne-0</t>
   </si>
   <si>
-    <t>2019.58.30</t>
-[...2 lines deleted...]
-    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/goumiers-dans-village-en-allemagne</t>
+    <t>2019.58.369</t>
+  </si>
+  <si>
+    <t>Goumiers tués devant Neuhausen 1945</t>
+  </si>
+  <si>
+    <t>04/1945</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/goumiers-tues-devant-neuhausen-1945</t>
   </si>
   <si>
     <t>20929-309</t>
   </si>
   <si>
-    <t>Goumiers tués devant Neuhausen 1945</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/goumiers-tues-devant-neuhausen-1945-0</t>
   </si>
   <si>
-    <t>2019.58.369</t>
-[...7 lines deleted...]
-  <si>
     <t>2019.58.133</t>
   </si>
   <si>
     <t>Half-track « Centaure »</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/half-track-centaure</t>
   </si>
   <si>
     <t>20929-390</t>
   </si>
   <si>
     <t>Hangar à camions</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/hangar-camions</t>
   </si>
   <si>
     <t>2019.58.360</t>
   </si>
   <si>
     <t>Hangar camouflé</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/hangar-camoufle</t>
@@ -6023,65 +6023,65 @@
   <si>
     <t>Ratinaud, campagne d'Allemagne</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/ratinaud-campagne-dallemagne</t>
   </si>
   <si>
     <t>20929-282</t>
   </si>
   <si>
     <t>Réparation d'avion</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/reparation-davion</t>
   </si>
   <si>
     <t>20929-278</t>
   </si>
   <si>
     <t>Réparation d'avion Thunderbolt</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/reparation-davion-thunderbolt</t>
   </si>
   <si>
+    <t>2019.58.371</t>
+  </si>
+  <si>
+    <t>Repas des soldats</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/repas-soldats-0</t>
+  </si>
+  <si>
     <t>2019.58.345</t>
   </si>
   <si>
-    <t>Repas des soldats</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/repas-soldats</t>
   </si>
   <si>
-    <t>2019.58.371</t>
-[...4 lines deleted...]
-  <si>
     <t>20929-308</t>
   </si>
   <si>
     <t>Représentation symbolique de la défaite des forces de l'Axe</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/representation-symbolique-defaite-forces-laxe</t>
   </si>
   <si>
     <t>20929-214</t>
   </si>
   <si>
     <t>Robert Caserta, 7e régiment de chasseurs d'Afrique</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/robert-caserta-7e-regiment-chasseurs-dafrique</t>
   </si>
   <si>
     <t>2019.58.416</t>
   </si>
   <si>
     <t>Rouffach : la cantine</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/rouffach-cantine</t>
@@ -6170,62 +6170,62 @@
   <si>
     <t>Soldat du 7e régiment de chasseurs d’Afrique assis dans un intérieur</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/soldat-7e-regiment-chasseurs-dafrique-assis-dans-interieur</t>
   </si>
   <si>
     <t>2019.58.347</t>
   </si>
   <si>
     <t>Soldats assis dans un intérieur</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/soldats-assis-dans-interieur</t>
   </si>
   <si>
     <t>2019.58.368</t>
   </si>
   <si>
     <t>Soldats dans la cour d'une ferme</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/soldats-dans-cour-dune-ferme</t>
   </si>
   <si>
+    <t>2019.58.363</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/soldats-dans-interieur-1</t>
+  </si>
+  <si>
     <t>2019.58.367</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/soldats-dans-interieur-2</t>
   </si>
   <si>
-    <t>2019.58.363</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.340</t>
   </si>
   <si>
     <t>Soldats dans une cour de ferme</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/soldats-dans-cour-ferme</t>
   </si>
   <si>
     <t>2019.58.398</t>
   </si>
   <si>
     <t>Soldats dans une Jeep et tabors</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/soldats-dans-jeep-tabors</t>
   </si>
   <si>
     <t>2019.58.401</t>
   </si>
   <si>
     <t>Soldats devant une maison à la campagne</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/soldats-devant-maison-campagne</t>
@@ -6293,89 +6293,89 @@
   <si>
     <t>2019.58.403</t>
   </si>
   <si>
     <t>Steinegg : observatoire d’artillerie</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/steinegg-observatoire-dartillerie</t>
   </si>
   <si>
     <t>2019.58.415</t>
   </si>
   <si>
     <t>Stuttgart en ruines</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/stuttgart-en-ruines</t>
   </si>
   <si>
     <t>2019.58.426</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/stuttgart-en-ruines-0</t>
   </si>
   <si>
+    <t>20929-184</t>
+  </si>
+  <si>
+    <t>Stuttgart, 1945</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/stuttgart-1945-4</t>
+  </si>
+  <si>
+    <t>20929-164</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/stuttgart-1945-2</t>
+  </si>
+  <si>
+    <t>2019.58.425</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/stuttgart-1945-1</t>
+  </si>
+  <si>
+    <t>2019.58.203</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/stuttgart-1945-0</t>
+  </si>
+  <si>
     <t>2019.58.26</t>
   </si>
   <si>
-    <t>Stuttgart, 1945</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/stuttgart-1945</t>
   </si>
   <si>
     <t>20929-172</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/stuttgart-1945-3</t>
   </si>
   <si>
-    <t>20929-184</t>
-[...22 lines deleted...]
-  <si>
     <t>20929-312</t>
   </si>
   <si>
     <t>Stuttgart, un nazi dans une rafle nocture, s'égorge</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/stuttgart-nazi-dans-rafle-nocture-segorge</t>
   </si>
   <si>
     <t>2019.58.352</t>
   </si>
   <si>
     <t>Stuttgart. Palais Royal</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/stuttgart-palais-royal</t>
   </si>
   <si>
     <t>20929-276</t>
   </si>
   <si>
     <t>Tableau de bord du Goëland</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/tableau-bord-goeland</t>
@@ -6533,113 +6533,113 @@
   <si>
     <t>Traversée du Rhin</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/traversee-rhin</t>
   </si>
   <si>
     <t>2019.58.350</t>
   </si>
   <si>
     <t>Trois femmes allemandes dans une cuisine</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/trois-femmes-allemandes-dans-cuisine</t>
   </si>
   <si>
     <t>20929-325</t>
   </si>
   <si>
     <t>Trois sergents anglais : Adams, Hunt et Wileman</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/trois-sergents-anglais-adams-hunt-wileman</t>
   </si>
   <si>
+    <t>2019.58.49</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/trophee-imaginaire</t>
+  </si>
+  <si>
+    <t>20929-336</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/trophee-imaginaire-7</t>
+  </si>
+  <si>
     <t>20929-340</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/trophee-imaginaire-8</t>
   </si>
   <si>
     <t>2019.58.109</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/trophee-imaginaire-5</t>
   </si>
   <si>
     <t>2019.58.56</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/trophee-imaginaire-2</t>
   </si>
   <si>
     <t>2019.58.110</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/trophee-imaginaire-6</t>
   </si>
   <si>
     <t>2019.58.57</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/trophee-imaginaire-3</t>
   </si>
   <si>
     <t>2019.58.101</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/trophee-imaginaire-4</t>
   </si>
   <si>
-    <t>2019.58.49</t>
-[...8 lines deleted...]
-    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/trophee-imaginaire-7</t>
+    <t>2019.58.51</t>
+  </si>
+  <si>
+    <t>Trophée imaginaire d'un parachutiste</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/trophee-imaginaire-dun-parachutiste</t>
   </si>
   <si>
     <t>20929-319</t>
   </si>
   <si>
-    <t>Trophée imaginaire d'un parachutiste</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/trophee-imaginaire-dun-parachutiste-0</t>
   </si>
   <si>
-    <t>2019.58.51</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.108</t>
   </si>
   <si>
     <t>Trophée imaginaire de carcasses d'avions</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/trophee-imaginaire-carcasses-davions</t>
   </si>
   <si>
     <t>20929-293</t>
   </si>
   <si>
     <t>Trophée imaginaire de carcasses de bateaux</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/trophee-imaginaire-carcasses-bateaux-0</t>
   </si>
   <si>
     <t>2019.58.107</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/trophee-imaginaire-carcasses-bateaux</t>
   </si>
   <si>
     <t>2019.58.58</t>
@@ -6809,171 +6809,171 @@
   <si>
     <t>Vue d'un port et ses navires</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/vue-dun-port-navires</t>
   </si>
   <si>
     <t>20929-142</t>
   </si>
   <si>
     <t>Wilhelm Brutt de la Kriegsmarine</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/wilhelm-brutt-kriegsmarine</t>
   </si>
   <si>
     <t>20929-195</t>
   </si>
   <si>
     <t>Wurtemberg : le lieutenant Leduc, 71e  bataillon du génie de l’air</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/wurtemberg-lieutenant-leduc-71e-bataillon-genie-lair</t>
   </si>
   <si>
+    <t>20929-285</t>
+  </si>
+  <si>
+    <t>Wurtemberg, 1945</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/wurtemberg-1945-1</t>
+  </si>
+  <si>
     <t>20929-191</t>
   </si>
   <si>
-    <t>Wurtemberg, 1945</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/wurtemberg-1945-0</t>
   </si>
   <si>
     <t>20929-173</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/wurtemberg-1945</t>
   </si>
   <si>
-    <t>20929-285</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.177</t>
   </si>
   <si>
     <t>Yhlali ben Zahlib, 1er  groupement de tabors marocains</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/yhlali-ben-zahlib-1er-groupement-tabors-marocains</t>
   </si>
   <si>
     <t>20929-212</t>
   </si>
   <si>
     <t>Yvon Ambrosino, 7e régiment de chasseurs d'Afrique</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/yvon-ambrosino-7e-regiment-chasseurs-dafrique</t>
   </si>
   <si>
     <t>20929-351</t>
   </si>
   <si>
     <t>Funérailles d'un héros</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/funerailles-dun-heros-0</t>
   </si>
   <si>
     <t>2019.58.47</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/funerailles-dun-heros</t>
   </si>
   <si>
+    <t>20929-356</t>
+  </si>
+  <si>
+    <t>Guerre et Mort</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/guerre-mort-0</t>
+  </si>
+  <si>
     <t>2019.58.90</t>
   </si>
   <si>
-    <t>Guerre et Mort</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/guerre-mort</t>
   </si>
   <si>
-    <t>20929-356</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.69</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/lallemagne-assiegee-invente-guerre-totale</t>
   </si>
   <si>
     <t>20929-333</t>
   </si>
   <si>
     <t>Soldats marocains</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/soldats-marocains</t>
   </si>
   <si>
     <t>2019.58.96</t>
   </si>
   <si>
     <t>Paris Capitale</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/paris-capitale</t>
   </si>
   <si>
+    <t>20929-358</t>
+  </si>
+  <si>
+    <t>Les Alliés s'emparent du ciel</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/allies-semparent-ciel-0</t>
+  </si>
+  <si>
     <t>2019.58.67</t>
   </si>
   <si>
-    <t>Les Alliés s'emparent du ciel</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/allies-semparent-ciel</t>
   </si>
   <si>
-    <t>20929-358</t>
-[...2 lines deleted...]
-    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/allies-semparent-ciel-0</t>
+    <t>20929-366</t>
+  </si>
+  <si>
+    <t>Les Anglo-Américains maîtres des mers</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/anglo-americains-maitres-mers-0</t>
   </si>
   <si>
     <t>2019.58.68</t>
   </si>
   <si>
-    <t>Les Anglo-Américains maîtres des mers</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/anglo-americains-maitres-mers</t>
-  </si>
-[...4 lines deleted...]
-    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/anglo-americains-maitres-mers-0</t>
   </si>
   <si>
     <t>2019.58.70</t>
   </si>
   <si>
     <t>Les USA intacts forgent à la hâte un prodigieux matériel d'assaut</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/usa-intacts-forgent-hate-prodigieux-materiel-dassaut</t>
   </si>
   <si>
     <t>20929-345</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/usa-intacts-forgent-hate-prodigieux-materiel-dassaut-0</t>
   </si>
   <si>
     <t>20929-322</t>
   </si>
   <si>
     <t>Avion de guerre</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/avion-guerre</t>
   </si>
@@ -7477,122 +7477,122 @@
       <c r="D3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="1">
         <v>1938</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="C5" s="1">
-        <v>1938</v>
+      <c r="C5" s="1" t="s">
+        <v>15</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="C6" s="1" t="s">
-        <v>17</v>
+      <c r="C6" s="1">
+        <v>1938</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>23</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="1" t="s">
         <v>29</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>30</v>
       </c>
       <c r="C11" s="1">
         <v>1939</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="1" t="s">
         <v>32</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>33</v>
@@ -7604,65 +7604,65 @@
         <v>34</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="1" t="s">
         <v>35</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>36</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="1" t="s">
         <v>39</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="1" t="s">
         <v>42</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="1" t="s">
         <v>44</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="1" t="s">
         <v>47</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>48</v>
@@ -7674,121 +7674,121 @@
         <v>49</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="1" t="s">
         <v>50</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>51</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="1" t="s">
         <v>53</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="1" t="s">
         <v>56</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>57</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="1" t="s">
         <v>59</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>60</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="1" t="s">
         <v>62</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>63</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="1" t="s">
         <v>65</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>66</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="1" t="s">
         <v>68</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>69</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="1" t="s">
         <v>71</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>72</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="1" t="s">
         <v>74</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>75</v>
@@ -7800,79 +7800,79 @@
         <v>76</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="1" t="s">
         <v>77</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>78</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="1" t="s">
         <v>80</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="1" t="s">
         <v>83</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>84</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="1" t="s">
         <v>86</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>87</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="1" t="s">
         <v>89</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>90</v>
       </c>
       <c r="C31" s="1">
         <v>1938</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="1" t="s">
         <v>92</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>93</v>
@@ -7912,149 +7912,149 @@
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="1" t="s">
         <v>101</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>102</v>
       </c>
       <c r="C35" s="1">
         <v>1938</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="1" t="s">
         <v>104</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>105</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="1" t="s">
         <v>107</v>
       </c>
       <c r="B37" s="1" t="s">
         <v>108</v>
       </c>
       <c r="C37" s="1">
         <v>1945</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="1" t="s">
         <v>110</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>111</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="1" t="s">
         <v>113</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>114</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>115</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="1" t="s">
         <v>117</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>118</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="1" t="s">
         <v>120</v>
       </c>
       <c r="B41" s="1" t="s">
         <v>121</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="1" t="s">
         <v>123</v>
       </c>
       <c r="B42" s="1" t="s">
         <v>124</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="1" t="s">
         <v>126</v>
       </c>
       <c r="B43" s="1" t="s">
         <v>127</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="1" t="s">
         <v>129</v>
       </c>
       <c r="B44" s="1" t="s">
         <v>130</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="1" t="s">
         <v>132</v>
       </c>
       <c r="B45" s="1" t="s">
         <v>133</v>
@@ -8107,122 +8107,122 @@
       <c r="D48" s="1" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="1" t="s">
         <v>145</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>146</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>147</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="1" t="s">
         <v>149</v>
       </c>
       <c r="B50" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="C50" s="1" t="s">
+      <c r="C50" s="1">
+        <v>1939</v>
+      </c>
+      <c r="D50" s="1" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="1" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>150</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="1" t="s">
         <v>155</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>150</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="1" t="s">
         <v>157</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="C53" s="1">
-        <v>1939</v>
+      <c r="C53" s="1" t="s">
+        <v>153</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="1" t="s">
         <v>159</v>
       </c>
       <c r="B54" s="1" t="s">
         <v>150</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="1" t="s">
         <v>161</v>
       </c>
       <c r="B55" s="1" t="s">
         <v>150</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="1" t="s">
         <v>163</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>164</v>
       </c>
       <c r="C56" s="1">
         <v>1939</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="1" t="s">
         <v>166</v>
       </c>
       <c r="B57" s="1" t="s">
         <v>20</v>
@@ -8444,555 +8444,555 @@
         <v>208</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="1" t="s">
         <v>209</v>
       </c>
       <c r="B73" s="1" t="s">
         <v>210</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" s="1" t="s">
         <v>212</v>
       </c>
       <c r="B74" s="1" t="s">
         <v>213</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" s="1" t="s">
         <v>215</v>
       </c>
       <c r="B75" s="1" t="s">
         <v>216</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" s="1" t="s">
         <v>218</v>
       </c>
       <c r="B76" s="1" t="s">
         <v>219</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" s="1" t="s">
         <v>221</v>
       </c>
       <c r="B77" s="1" t="s">
         <v>222</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" s="1" t="s">
         <v>224</v>
       </c>
       <c r="B78" s="1" t="s">
         <v>225</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" s="1" t="s">
         <v>227</v>
       </c>
       <c r="B79" s="1" t="s">
         <v>228</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" s="1" t="s">
         <v>230</v>
       </c>
       <c r="B80" s="1" t="s">
         <v>228</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" s="1" t="s">
         <v>232</v>
       </c>
       <c r="B81" s="1" t="s">
         <v>228</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" s="1" t="s">
         <v>234</v>
       </c>
       <c r="B82" s="1" t="s">
         <v>235</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" s="1" t="s">
         <v>237</v>
       </c>
       <c r="B83" s="1" t="s">
         <v>238</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>239</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B84" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" s="1" t="s">
         <v>243</v>
       </c>
       <c r="B85" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>151</v>
+        <v>184</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" s="1" t="s">
         <v>245</v>
       </c>
       <c r="B86" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>184</v>
+        <v>153</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" s="1" t="s">
         <v>247</v>
       </c>
       <c r="B87" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>151</v>
+        <v>184</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" s="1" t="s">
         <v>249</v>
       </c>
       <c r="B88" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>184</v>
+        <v>153</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" s="1" t="s">
         <v>251</v>
       </c>
       <c r="B89" s="1" t="s">
         <v>252</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D89" s="1" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" s="1" t="s">
         <v>254</v>
       </c>
       <c r="B90" s="1" t="s">
         <v>255</v>
       </c>
-      <c r="C90" s="1">
-        <v>1939</v>
+      <c r="C90" s="1" t="s">
+        <v>256</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" s="1" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="B91" s="1" t="s">
         <v>255</v>
       </c>
       <c r="C91" s="1">
         <v>1939</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" s="1" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B92" s="1" t="s">
         <v>255</v>
       </c>
-      <c r="C92" s="1" t="s">
-        <v>260</v>
+      <c r="C92" s="1">
+        <v>1939</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" s="1" t="s">
         <v>262</v>
       </c>
       <c r="B93" s="1" t="s">
         <v>263</v>
       </c>
       <c r="C93" s="1">
         <v>1939</v>
       </c>
       <c r="D93" s="1" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" s="1" t="s">
         <v>265</v>
       </c>
       <c r="B94" s="1" t="s">
         <v>266</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D94" s="1" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" s="1" t="s">
         <v>268</v>
       </c>
       <c r="B95" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>151</v>
+        <v>184</v>
       </c>
       <c r="D95" s="1" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" s="1" t="s">
         <v>270</v>
       </c>
       <c r="B96" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>184</v>
+        <v>153</v>
       </c>
       <c r="D96" s="1" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" s="1" t="s">
         <v>272</v>
       </c>
       <c r="B97" s="1" t="s">
         <v>273</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D97" s="1" t="s">
         <v>274</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" s="1" t="s">
         <v>275</v>
       </c>
       <c r="B98" s="1" t="s">
         <v>276</v>
       </c>
       <c r="C98" s="1">
         <v>1939</v>
       </c>
       <c r="D98" s="1" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" s="1" t="s">
         <v>278</v>
       </c>
       <c r="B99" s="1" t="s">
         <v>279</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="D99" s="1" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" s="1" t="s">
         <v>281</v>
       </c>
       <c r="B100" s="1" t="s">
         <v>282</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>143</v>
       </c>
       <c r="D100" s="1" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" s="1" t="s">
         <v>284</v>
       </c>
       <c r="B101" s="1" t="s">
         <v>285</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D101" s="1" t="s">
         <v>286</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" s="1" t="s">
         <v>287</v>
       </c>
       <c r="B102" s="1" t="s">
         <v>288</v>
       </c>
       <c r="C102" s="1" t="s">
         <v>289</v>
       </c>
       <c r="D102" s="1" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" s="1" t="s">
         <v>291</v>
       </c>
       <c r="B103" s="1" t="s">
         <v>292</v>
       </c>
-      <c r="C103" s="1">
-        <v>1939</v>
+      <c r="C103" s="1" t="s">
+        <v>153</v>
       </c>
       <c r="D103" s="1" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" s="1" t="s">
         <v>294</v>
       </c>
       <c r="B104" s="1" t="s">
         <v>292</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D104" s="1" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" s="1" t="s">
         <v>296</v>
       </c>
       <c r="B105" s="1" t="s">
         <v>292</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" s="1" t="s">
         <v>298</v>
       </c>
       <c r="B106" s="1" t="s">
         <v>292</v>
       </c>
-      <c r="C106" s="1" t="s">
-        <v>151</v>
+      <c r="C106" s="1">
+        <v>1939</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" s="1" t="s">
         <v>300</v>
       </c>
       <c r="B107" s="1" t="s">
         <v>292</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D107" s="1" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" s="1" t="s">
         <v>302</v>
       </c>
       <c r="B108" s="1" t="s">
         <v>303</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>304</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" s="1" t="s">
         <v>305</v>
       </c>
       <c r="B109" s="1" t="s">
         <v>306</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D109" s="1" t="s">
         <v>307</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" s="1" t="s">
         <v>308</v>
       </c>
       <c r="B110" s="1" t="s">
         <v>309</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D110" s="1" t="s">
         <v>310</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" s="1" t="s">
         <v>311</v>
       </c>
       <c r="B111" s="1" t="s">
         <v>312</v>
       </c>
       <c r="C111" s="1">
         <v>1939</v>
       </c>
       <c r="D111" s="1" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" s="1" t="s">
         <v>314</v>
       </c>
       <c r="B112" s="1" t="s">
         <v>315</v>
@@ -9031,150 +9031,150 @@
       <c r="D114" s="1" t="s">
         <v>322</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" s="1" t="s">
         <v>323</v>
       </c>
       <c r="B115" s="1" t="s">
         <v>324</v>
       </c>
       <c r="C115" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D115" s="1" t="s">
         <v>325</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" s="1" t="s">
         <v>326</v>
       </c>
       <c r="B116" s="1" t="s">
         <v>327</v>
       </c>
-      <c r="C116" s="1">
-        <v>1939</v>
+      <c r="C116" s="1" t="s">
+        <v>328</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" s="1" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="B117" s="1" t="s">
         <v>327</v>
       </c>
       <c r="C117" s="1">
         <v>1939</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" s="1" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="B118" s="1" t="s">
         <v>327</v>
       </c>
       <c r="C118" s="1">
         <v>1939</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" s="1" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="B119" s="1" t="s">
         <v>327</v>
       </c>
-      <c r="C119" s="1" t="s">
-        <v>334</v>
+      <c r="C119" s="1">
+        <v>1939</v>
       </c>
       <c r="D119" s="1" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" s="1" t="s">
         <v>336</v>
       </c>
       <c r="B120" s="1" t="s">
         <v>327</v>
       </c>
       <c r="C120" s="1">
         <v>1939</v>
       </c>
       <c r="D120" s="1" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" s="1" t="s">
         <v>338</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>339</v>
       </c>
       <c r="C121" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="D121" s="1" t="s">
         <v>340</v>
-      </c>
-[...1 lines deleted...]
-        <v>341</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" s="1" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>339</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>151</v>
+        <v>342</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>343</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" s="1" t="s">
         <v>344</v>
       </c>
       <c r="B123" s="1" t="s">
         <v>345</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>346</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" s="1" t="s">
         <v>347</v>
       </c>
       <c r="B124" s="1" t="s">
         <v>348</v>
       </c>
       <c r="C124" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D124" s="1" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" s="1" t="s">
         <v>350</v>
       </c>
       <c r="B125" s="1" t="s">
         <v>351</v>
@@ -9270,65 +9270,65 @@
         <v>369</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" s="1" t="s">
         <v>370</v>
       </c>
       <c r="B132" s="1" t="s">
         <v>371</v>
       </c>
       <c r="C132" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D132" s="1" t="s">
         <v>372</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" s="1" t="s">
         <v>373</v>
       </c>
       <c r="B133" s="1" t="s">
         <v>374</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D133" s="1" t="s">
         <v>375</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" s="1" t="s">
         <v>376</v>
       </c>
       <c r="B134" s="1" t="s">
         <v>374</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D134" s="1" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" s="1" t="s">
         <v>378</v>
       </c>
       <c r="B135" s="1" t="s">
         <v>379</v>
       </c>
       <c r="C135" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D135" s="1" t="s">
         <v>380</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" s="1" t="s">
         <v>381</v>
       </c>
       <c r="B136" s="1" t="s">
         <v>382</v>
@@ -9382,51 +9382,51 @@
         <v>392</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" s="1" t="s">
         <v>393</v>
       </c>
       <c r="B140" s="1" t="s">
         <v>394</v>
       </c>
       <c r="C140" s="1">
         <v>1939</v>
       </c>
       <c r="D140" s="1" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" s="1" t="s">
         <v>396</v>
       </c>
       <c r="B141" s="1" t="s">
         <v>394</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D141" s="1" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" s="1" t="s">
         <v>398</v>
       </c>
       <c r="B142" s="1" t="s">
         <v>399</v>
       </c>
       <c r="C142" s="1">
         <v>1939</v>
       </c>
       <c r="D142" s="1" t="s">
         <v>400</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" s="1" t="s">
         <v>401</v>
       </c>
       <c r="B143" s="1" t="s">
         <v>402</v>
@@ -9494,51 +9494,51 @@
         <v>415</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" s="1" t="s">
         <v>416</v>
       </c>
       <c r="B148" s="1" t="s">
         <v>417</v>
       </c>
       <c r="C148" s="1">
         <v>1945</v>
       </c>
       <c r="D148" s="1" t="s">
         <v>418</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" s="1" t="s">
         <v>419</v>
       </c>
       <c r="B149" s="1" t="s">
         <v>420</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D149" s="1" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" s="1" t="s">
         <v>422</v>
       </c>
       <c r="B150" s="1" t="s">
         <v>423</v>
       </c>
       <c r="C150" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D150" s="1" t="s">
         <v>424</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" s="1" t="s">
         <v>425</v>
       </c>
       <c r="B151" s="1" t="s">
         <v>426</v>
@@ -9550,135 +9550,135 @@
         <v>427</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" s="1" t="s">
         <v>428</v>
       </c>
       <c r="B152" s="1" t="s">
         <v>429</v>
       </c>
       <c r="C152" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D152" s="1" t="s">
         <v>430</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" s="1" t="s">
         <v>431</v>
       </c>
       <c r="B153" s="1" t="s">
         <v>432</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D153" s="1" t="s">
         <v>433</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" s="1" t="s">
         <v>434</v>
       </c>
       <c r="B154" s="1" t="s">
         <v>435</v>
       </c>
       <c r="C154" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D154" s="1" t="s">
         <v>436</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" s="1" t="s">
         <v>437</v>
       </c>
       <c r="B155" s="1" t="s">
         <v>118</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>151</v>
+        <v>184</v>
       </c>
       <c r="D155" s="1" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" s="1" t="s">
         <v>439</v>
       </c>
       <c r="B156" s="1" t="s">
         <v>118</v>
       </c>
       <c r="C156" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D156" s="1" t="s">
         <v>440</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" s="1" t="s">
         <v>441</v>
       </c>
       <c r="B157" s="1" t="s">
         <v>118</v>
       </c>
-      <c r="C157" s="1">
-        <v>1939</v>
+      <c r="C157" s="1" t="s">
+        <v>153</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>442</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" s="1" t="s">
         <v>443</v>
       </c>
       <c r="B158" s="1" t="s">
         <v>118</v>
       </c>
       <c r="C158" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D158" s="1" t="s">
         <v>444</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" s="1" t="s">
         <v>445</v>
       </c>
       <c r="B159" s="1" t="s">
         <v>118</v>
       </c>
-      <c r="C159" s="1" t="s">
-        <v>184</v>
+      <c r="C159" s="1">
+        <v>1939</v>
       </c>
       <c r="D159" s="1" t="s">
         <v>446</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" s="1" t="s">
         <v>447</v>
       </c>
       <c r="B160" s="1" t="s">
         <v>121</v>
       </c>
       <c r="C160" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D160" s="1" t="s">
         <v>448</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" s="1" t="s">
         <v>449</v>
       </c>
       <c r="B161" s="1" t="s">
         <v>450</v>
@@ -9704,65 +9704,65 @@
         <v>453</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" s="1" t="s">
         <v>454</v>
       </c>
       <c r="B163" s="1" t="s">
         <v>455</v>
       </c>
       <c r="C163" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D163" s="1" t="s">
         <v>456</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" s="1" t="s">
         <v>457</v>
       </c>
       <c r="B164" s="1" t="s">
         <v>458</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D164" s="1" t="s">
         <v>459</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" s="1" t="s">
         <v>460</v>
       </c>
       <c r="B165" s="1" t="s">
         <v>458</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D165" s="1" t="s">
         <v>461</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" s="1" t="s">
         <v>462</v>
       </c>
       <c r="B166" s="1" t="s">
         <v>463</v>
       </c>
       <c r="C166" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D166" s="1" t="s">
         <v>464</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" s="1" t="s">
         <v>465</v>
       </c>
       <c r="B167" s="1" t="s">
         <v>466</v>
@@ -9788,51 +9788,51 @@
         <v>470</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" s="1" t="s">
         <v>471</v>
       </c>
       <c r="B169" s="1" t="s">
         <v>472</v>
       </c>
       <c r="C169" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D169" s="1" t="s">
         <v>473</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" s="1" t="s">
         <v>474</v>
       </c>
       <c r="B170" s="1" t="s">
         <v>472</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D170" s="1" t="s">
         <v>475</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" s="1" t="s">
         <v>476</v>
       </c>
       <c r="B171" s="1" t="s">
         <v>477</v>
       </c>
       <c r="C171" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D171" s="1" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" s="1" t="s">
         <v>479</v>
       </c>
       <c r="B172" s="1" t="s">
         <v>480</v>
@@ -9844,51 +9844,51 @@
         <v>481</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" s="1" t="s">
         <v>482</v>
       </c>
       <c r="B173" s="1" t="s">
         <v>127</v>
       </c>
       <c r="C173" s="1">
         <v>1939</v>
       </c>
       <c r="D173" s="1" t="s">
         <v>483</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" s="1" t="s">
         <v>484</v>
       </c>
       <c r="B174" s="1" t="s">
         <v>485</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D174" s="1" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" s="1" t="s">
         <v>487</v>
       </c>
       <c r="B175" s="1" t="s">
         <v>488</v>
       </c>
       <c r="C175" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D175" s="1" t="s">
         <v>489</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" s="1" t="s">
         <v>490</v>
       </c>
       <c r="B176" s="1" t="s">
         <v>488</v>
@@ -9956,121 +9956,121 @@
         <v>502</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" s="1" t="s">
         <v>503</v>
       </c>
       <c r="B181" s="1" t="s">
         <v>501</v>
       </c>
       <c r="C181" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D181" s="1" t="s">
         <v>504</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" s="1" t="s">
         <v>505</v>
       </c>
       <c r="B182" s="1" t="s">
         <v>506</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D182" s="1" t="s">
         <v>507</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" s="1" t="s">
         <v>508</v>
       </c>
       <c r="B183" s="1" t="s">
         <v>506</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D183" s="1" t="s">
         <v>509</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" s="1" t="s">
         <v>510</v>
       </c>
       <c r="B184" s="1" t="s">
         <v>506</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D184" s="1" t="s">
         <v>511</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" s="1" t="s">
         <v>512</v>
       </c>
       <c r="B185" s="1" t="s">
         <v>513</v>
       </c>
       <c r="C185" s="1">
         <v>1939</v>
       </c>
       <c r="D185" s="1" t="s">
         <v>514</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" s="1" t="s">
         <v>515</v>
       </c>
       <c r="B186" s="1" t="s">
         <v>516</v>
       </c>
       <c r="C186" s="1">
         <v>1939</v>
       </c>
       <c r="D186" s="1" t="s">
         <v>517</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" s="1" t="s">
         <v>518</v>
       </c>
       <c r="B187" s="1" t="s">
         <v>519</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D187" s="1" t="s">
         <v>520</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" s="1" t="s">
         <v>521</v>
       </c>
       <c r="B188" s="1" t="s">
         <v>522</v>
       </c>
       <c r="C188" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D188" s="1" t="s">
         <v>523</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" s="1" t="s">
         <v>524</v>
       </c>
       <c r="B189" s="1" t="s">
         <v>525</v>
@@ -10571,66 +10571,66 @@
       <c r="D224" s="1" t="s">
         <v>630</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" s="1" t="s">
         <v>631</v>
       </c>
       <c r="B225" s="1" t="s">
         <v>632</v>
       </c>
       <c r="C225" s="1" t="s">
         <v>618</v>
       </c>
       <c r="D225" s="1" t="s">
         <v>633</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" s="1" t="s">
         <v>634</v>
       </c>
       <c r="B226" s="1" t="s">
         <v>635</v>
       </c>
-      <c r="C226" s="1">
-        <v>1940</v>
+      <c r="C226" s="1" t="s">
+        <v>636</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" s="1" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="B227" s="1" t="s">
         <v>635</v>
       </c>
-      <c r="C227" s="1" t="s">
-        <v>638</v>
+      <c r="C227" s="1">
+        <v>1940</v>
       </c>
       <c r="D227" s="1" t="s">
         <v>639</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" s="1" t="s">
         <v>640</v>
       </c>
       <c r="B228" s="1" t="s">
         <v>641</v>
       </c>
       <c r="C228" s="1">
         <v>1940</v>
       </c>
       <c r="D228" s="1" t="s">
         <v>642</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" s="1" t="s">
         <v>643</v>
       </c>
       <c r="B229" s="1" t="s">
         <v>644</v>
@@ -14505,80 +14505,80 @@
       <c r="D505" s="1" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="506" spans="1:4">
       <c r="A506" s="1" t="s">
         <v>1450</v>
       </c>
       <c r="B506" s="1" t="s">
         <v>935</v>
       </c>
       <c r="C506" s="1">
         <v>1945</v>
       </c>
       <c r="D506" s="1" t="s">
         <v>1451</v>
       </c>
     </row>
     <row r="507" spans="1:4">
       <c r="A507" s="1" t="s">
         <v>1452</v>
       </c>
       <c r="B507" s="1" t="s">
         <v>935</v>
       </c>
-      <c r="C507" s="1" t="s">
-        <v>1417</v>
+      <c r="C507" s="1">
+        <v>1945</v>
       </c>
       <c r="D507" s="1" t="s">
         <v>1453</v>
       </c>
     </row>
     <row r="508" spans="1:4">
       <c r="A508" s="1" t="s">
         <v>1454</v>
       </c>
       <c r="B508" s="1" t="s">
         <v>935</v>
       </c>
       <c r="C508" s="1">
         <v>1945</v>
       </c>
       <c r="D508" s="1" t="s">
         <v>1455</v>
       </c>
     </row>
     <row r="509" spans="1:4">
       <c r="A509" s="1" t="s">
         <v>1456</v>
       </c>
       <c r="B509" s="1" t="s">
         <v>935</v>
       </c>
-      <c r="C509" s="1">
-        <v>1945</v>
+      <c r="C509" s="1" t="s">
+        <v>1417</v>
       </c>
       <c r="D509" s="1" t="s">
         <v>1457</v>
       </c>
     </row>
     <row r="510" spans="1:4">
       <c r="A510" s="1" t="s">
         <v>1458</v>
       </c>
       <c r="B510" s="1" t="s">
         <v>1459</v>
       </c>
       <c r="C510" s="1">
         <v>1945</v>
       </c>
       <c r="D510" s="1" t="s">
         <v>1460</v>
       </c>
     </row>
     <row r="511" spans="1:4">
       <c r="A511" s="1" t="s">
         <v>1461</v>
       </c>
       <c r="B511" s="1" t="s">
         <v>1462</v>
@@ -16087,66 +16087,66 @@
       <c r="D618" s="1" t="s">
         <v>1769</v>
       </c>
     </row>
     <row r="619" spans="1:4">
       <c r="A619" s="1" t="s">
         <v>1770</v>
       </c>
       <c r="B619" s="1" t="s">
         <v>1768</v>
       </c>
       <c r="C619" s="1">
         <v>1945</v>
       </c>
       <c r="D619" s="1" t="s">
         <v>1771</v>
       </c>
     </row>
     <row r="620" spans="1:4">
       <c r="A620" s="1" t="s">
         <v>1772</v>
       </c>
       <c r="B620" s="1" t="s">
         <v>1773</v>
       </c>
-      <c r="C620" s="1">
-        <v>1945</v>
+      <c r="C620" s="1" t="s">
+        <v>1774</v>
       </c>
       <c r="D620" s="1" t="s">
-        <v>1774</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="621" spans="1:4">
       <c r="A621" s="1" t="s">
-        <v>1775</v>
+        <v>1776</v>
       </c>
       <c r="B621" s="1" t="s">
         <v>1773</v>
       </c>
-      <c r="C621" s="1" t="s">
-        <v>1776</v>
+      <c r="C621" s="1">
+        <v>1945</v>
       </c>
       <c r="D621" s="1" t="s">
         <v>1777</v>
       </c>
     </row>
     <row r="622" spans="1:4">
       <c r="A622" s="1" t="s">
         <v>1778</v>
       </c>
       <c r="B622" s="1" t="s">
         <v>1779</v>
       </c>
       <c r="C622" s="1" t="s">
         <v>1417</v>
       </c>
       <c r="D622" s="1" t="s">
         <v>1780</v>
       </c>
     </row>
     <row r="623" spans="1:4">
       <c r="A623" s="1" t="s">
         <v>1781</v>
       </c>
       <c r="B623" s="1" t="s">
         <v>1782</v>