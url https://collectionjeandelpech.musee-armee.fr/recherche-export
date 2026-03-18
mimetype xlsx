--- v1 (2026-02-26)
+++ v2 (2026-03-18)
@@ -38,158 +38,158 @@
   <si>
     <t>Numéro d’inventaire</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Lien</t>
   </si>
   <si>
     <t>2019.58.155</t>
   </si>
   <si>
     <t>Equipement d'un soldat du 15e  bataillon de chasseurs alpins. Au verso&amp;nbsp;:&amp;nbsp;étude pour un religieux, de moine de profil</t>
   </si>
   <si>
     <t>Entre 1936 et 1938</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/equipement-dun-soldat-15e-bataillon-chasseurs-alpins-verso-etude-religieux-moine</t>
   </si>
   <si>
+    <t>2019.58.162</t>
+  </si>
+  <si>
+    <t>14 juillet 1938</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/14-juillet-1938</t>
+  </si>
+  <si>
     <t>2019.58.167</t>
   </si>
   <si>
-    <t>14 juillet 1938</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/14-juillet-1938-0</t>
   </si>
   <si>
-    <t>2019.58.162</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.189</t>
   </si>
   <si>
     <t>Barcelonette : intérieur de la caserne</t>
   </si>
   <si>
     <t>Entre 1938 et 1939</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/barcelonette-interieur-caserne</t>
   </si>
   <si>
     <t>20929-62</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/barcelonette-interieur-caserne-0</t>
   </si>
   <si>
     <t>2019.58.249</t>
   </si>
   <si>
     <t>Bivouac dans les Alpes, 15e bataillon de chasseurs alpins</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/bivouac-dans-alpes-15e-bataillon-chasseurs-alpins</t>
   </si>
   <si>
+    <t>2019.58.233</t>
+  </si>
+  <si>
+    <t>Cantonnement</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/cantonnement-1</t>
+  </si>
+  <si>
+    <t>2019.58.240</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/cantonnement-2</t>
+  </si>
+  <si>
     <t>2019.58.241</t>
   </si>
   <si>
-    <t>Cantonnement</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/cantonnement-3</t>
   </si>
   <si>
-    <t>2019.58.233</t>
-[...10 lines deleted...]
-  <si>
     <t>20929-100</t>
   </si>
   <si>
     <t>Casque Adrian</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/casque-adrian</t>
   </si>
   <si>
     <t>20929-64</t>
   </si>
   <si>
     <t>Chambrée consignée, 15e bataillon des chasseurs alpins</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/chambree-consignee-15e-bataillon-chasseurs-alpins</t>
   </si>
   <si>
     <t>2019.58.148</t>
   </si>
   <si>
     <t>Chargement du barda</t>
   </si>
   <si>
     <t>Vers 1938</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/chargement-barda</t>
   </si>
   <si>
+    <t>2019.58.306</t>
+  </si>
+  <si>
+    <t>Croquis de soldats</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/croquis-soldats-0</t>
+  </si>
+  <si>
     <t>2019.58.316</t>
   </si>
   <si>
-    <t>Croquis de soldats</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/croquis-soldats-3</t>
   </si>
   <si>
-    <t>2019.58.306</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.153</t>
   </si>
   <si>
     <t>Description d'un fusil : mécanisme, garnitures, munitions, trajectoires de tir, pointage, tir debout, à genou, couché...</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/description-dun-fusil-mecanisme-garnitures-munitions-trajectoires-tir-pointage-tir</t>
   </si>
   <si>
     <t>2019.58.152</t>
   </si>
   <si>
     <t>Description d'une mitrailleuse Hotchkiss modèle 1914 : nomenclature, mécanisme et fonctionnement</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/description-dune-mitrailleuse-hotchkiss-modele-1914-nomenclature-mecanisme</t>
   </si>
   <si>
     <t>2019.58.149</t>
   </si>
   <si>
     <t>Description de matériel militaire</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/description-materiel-militaire</t>
@@ -563,65 +563,65 @@
   <si>
     <t>Camp de Bitche</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/camp-bitche</t>
   </si>
   <si>
     <t>2019.58.301</t>
   </si>
   <si>
     <t>Camp de La Bresse. 1939</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/camp-bresse-1939</t>
   </si>
   <si>
     <t>20929-105</t>
   </si>
   <si>
     <t>Camp du 15e bataillon de chasseurs alpins</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/camp-15e-bataillon-chasseurs-alpins</t>
   </si>
   <si>
+    <t>2019.58.232</t>
+  </si>
+  <si>
+    <t>Entre 1939 et 1940</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/cantonnement-0</t>
+  </si>
+  <si>
     <t>2019.58.264</t>
   </si>
   <si>
-    <t>Entre 1939 et 1940</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/cantonnement-4</t>
   </si>
   <si>
-    <t>2019.58.232</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.215</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/cantonnement</t>
   </si>
   <si>
     <t>2019.58.322</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/cantonnement-5</t>
   </si>
   <si>
     <t>2019.58.194</t>
   </si>
   <si>
     <t>Cantonnement dans une écurie</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/cantonnement-dans-ecurie</t>
   </si>
   <si>
     <t>2019.58.229</t>
   </si>
   <si>
     <t>Cantonnement dans une église</t>
@@ -695,71 +695,71 @@
   <si>
     <t>Croquis : soldats au repos. Au verso : figure féminine de profil</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/croquis-soldats-repos-verso-figure-feminine-profil</t>
   </si>
   <si>
     <t>2019.58.263</t>
   </si>
   <si>
     <t>Croquis : soldats et mulets dans un village</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/croquis-soldats-mulets-dans-village</t>
   </si>
   <si>
     <t>2019.58.320</t>
   </si>
   <si>
     <t>Croquis : tente marabout</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/croquis-tente-marabout</t>
   </si>
   <si>
+    <t>2019.58.308</t>
+  </si>
+  <si>
+    <t>Croquis : un soldat de dos et équipement</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/croquis-soldat-dos-equipement</t>
+  </si>
+  <si>
+    <t>2019.58.313</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/croquis-soldat-dos-equipement-0</t>
+  </si>
+  <si>
     <t>2019.58.326</t>
   </si>
   <si>
-    <t>Croquis : un soldat de dos et équipement</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/croquis-soldat-dos-equipement-1</t>
   </si>
   <si>
-    <t>2019.58.308</t>
-[...10 lines deleted...]
-  <si>
     <t>2019.58.318</t>
   </si>
   <si>
     <t>Croquis de paysage</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/croquis-paysage</t>
   </si>
   <si>
     <t>2019.58.183</t>
   </si>
   <si>
     <t>Croquis de route. 15e  bataillon de chasseurs alpins</t>
   </si>
   <si>
     <t>Entre 1939 et 1935</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/croquis-route-15e-bataillon-chasseurs-alpins</t>
   </si>
   <si>
     <t>2019.58.317</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/croquis-soldats-4</t>
@@ -1028,68 +1028,68 @@
   <si>
     <t>20929-99</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/interieur-dune-chambree-barcelonnette-3</t>
   </si>
   <si>
     <t>2019.58.248</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/interieur-dune-chambree-barcelonnette-1</t>
   </si>
   <si>
     <t>2019.58.196</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/interieur-dune-chambree-barcelonnette</t>
   </si>
   <si>
     <t>2019.58.250</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/interieur-dune-chambree-barcelonnette-2</t>
   </si>
   <si>
+    <t>2019.58.176</t>
+  </si>
+  <si>
+    <t>Intérieur d'une tente. Au verso, un canon de 37 et lettre à ses parents</t>
+  </si>
+  <si>
+    <t>2/10/1939</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/interieur-dune-tente-verso-canon-37-lettre-parents</t>
+  </si>
+  <si>
     <t>2019.58.327</t>
   </si>
   <si>
-    <t>Intérieur d'une tente. Au verso, un canon de 37 et lettre à ses parents</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/interieur-dune-tente-verso-canon-37-lettre-parents-0</t>
   </si>
   <si>
-    <t>2019.58.176</t>
-[...7 lines deleted...]
-  <si>
     <t>2019.58.273</t>
   </si>
   <si>
     <t>Le 15e  bataillon de chasseurs alpins en Alsace</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/15e-bataillon-chasseurs-alpins-en-alsace</t>
   </si>
   <si>
     <t>2019.58.161</t>
   </si>
   <si>
     <t>Le 15e bataillon de chasseurs alpins au repos</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/15e-bataillon-chasseurs-alpins-repos</t>
   </si>
   <si>
     <t>20929-177</t>
   </si>
   <si>
     <t>Le 15e bataillon de chasseurs alpins en Alsace</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/15e-bataillon-chasseurs-alpins-en-alsace-0</t>
@@ -1385,65 +1385,65 @@
   <si>
     <t>2019.58.331</t>
   </si>
   <si>
     <t>Soldats dans un train</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/soldats-dans-train-0</t>
   </si>
   <si>
     <t>2019.58.324</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/soldats-dans-train</t>
   </si>
   <si>
     <t>2019.58.265</t>
   </si>
   <si>
     <t>Soldats dans un village</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/soldats-dans-village</t>
   </si>
   <si>
+    <t>2019.58.314</t>
+  </si>
+  <si>
+    <t>Soldats dans une chambrée</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/soldats-dans-chambree-0</t>
+  </si>
+  <si>
     <t>2019.58.305</t>
   </si>
   <si>
-    <t>Soldats dans une chambrée</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/soldats-dans-chambree</t>
   </si>
   <si>
-    <t>2019.58.314</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.336</t>
   </si>
   <si>
     <t>Soldats dans une rue</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/soldats-dans-rue</t>
   </si>
   <si>
     <t>2019.58.293</t>
   </si>
   <si>
     <t>Soldats en train de manger</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/soldats-en-train-manger</t>
   </si>
   <si>
     <t>2019.58.292</t>
   </si>
   <si>
     <t>Soldats et baraquements</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/soldats-baraquements</t>
@@ -1613,65 +1613,65 @@
   <si>
     <t>Village de Montreux-Vieux vu de Montreux-Jeune</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/village-montreux-vieux-vu-montreux-jeune</t>
   </si>
   <si>
     <t>2019.58.267</t>
   </si>
   <si>
     <t>Vue d'un intérieur en désordre</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/vue-dun-interieur-en-desordre</t>
   </si>
   <si>
     <t>2019.58.262</t>
   </si>
   <si>
     <t>Vue d'un intérieur en désordre. Au verso, Esquisse</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/vue-dun-interieur-en-desordre-verso-esquisse</t>
   </si>
   <si>
+    <t>2019.58.186</t>
+  </si>
+  <si>
+    <t>Wintersbourg : un cantonnement</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/wintersbourg-cantonnement</t>
+  </si>
+  <si>
     <t>20929-107</t>
   </si>
   <si>
-    <t>Wintersbourg : un cantonnement</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/wintersbourg-cantonnement-0</t>
   </si>
   <si>
-    <t>2019.58.186</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.38</t>
   </si>
   <si>
     <t>15e bataillon de chasseur alpins en Champagne juin 1940</t>
   </si>
   <si>
     <t>Entre 1940 et 1944</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/15e-bataillon-chasseur-alpins-en-champagne-juin-1940</t>
   </si>
   <si>
     <t>2019.58.39</t>
   </si>
   <si>
     <t>15e bataillon de chasseurs alpins juin 1940. Fosse commune</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/15e-bataillon-chasseurs-alpins-juin-1940-fosse-commune</t>
   </si>
   <si>
     <t>2019.58.201</t>
   </si>
   <si>
     <t>15e bataillon de chasseurs alpins, Champagne</t>
@@ -1775,80 +1775,80 @@
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/campagne-1940</t>
   </si>
   <si>
     <t>2019.58.191</t>
   </si>
   <si>
     <t>Campagne de France</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/campagne-france</t>
   </si>
   <si>
     <t>2019.58.173</t>
   </si>
   <si>
     <t>Chambre de Jean Delpech dans un sanatorium. Au verso, lettre de Jean Delpech à sa mère</t>
   </si>
   <si>
     <t>12/5/1940</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/chambre-jean-delpech-dans-sanatorium-verso-lettre-jean-delpech-mere</t>
   </si>
   <si>
+    <t>2019.58.221</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/croquis-route-15e-bataillon-chasseurs-alpins-4</t>
+  </si>
+  <si>
+    <t>2019.58.217</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/croquis-route-15e-bataillon-chasseurs-alpins-0</t>
+  </si>
+  <si>
+    <t>2019.58.218</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/croquis-route-15e-bataillon-chasseurs-alpins-1</t>
+  </si>
+  <si>
+    <t>2019.58.219</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/croquis-route-15e-bataillon-chasseurs-alpins-2</t>
+  </si>
+  <si>
     <t>2019.58.220</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/croquis-route-15e-bataillon-chasseurs-alpins-3</t>
   </si>
   <si>
-    <t>2019.58.221</t>
-[...22 lines deleted...]
-  <si>
     <t>2019.58.227</t>
   </si>
   <si>
     <t>Dans le train, près de Paris</t>
   </si>
   <si>
     <t>5/3/1940</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/dans-train-pres-paris</t>
   </si>
   <si>
     <t>2019.58.77</t>
   </si>
   <si>
     <t>Fort de Lorraine. Entraînement de patrouille (15e  BCA-1939-1940)</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/fort-lorraine-entrainement-patrouille-15e-bca-1939-1940</t>
   </si>
   <si>
     <t>20929-363</t>
   </si>
   <si>
     <t>Fort de Lorraine. Entraînement de patrouille (15e BCA-1939-1940)</t>
@@ -2729,89 +2729,89 @@
   <si>
     <t>2019.58.11</t>
   </si>
   <si>
     <t>Baignade autour des chars</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/baignade-autour-chars</t>
   </si>
   <si>
     <t>20929-371</t>
   </si>
   <si>
     <t>Bataille de Normandie</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/bataille-normandie-0</t>
   </si>
   <si>
     <t>2019.58.95</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/bataille-singapour</t>
   </si>
   <si>
+    <t>2019.58.72</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/bateaux-guerre-1</t>
+  </si>
+  <si>
     <t>2019.58.71</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/bateaux-guerre-0</t>
   </si>
   <si>
-    <t>2019.58.72</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.6</t>
   </si>
   <si>
     <t>Bivouac des Alliés, Champs Elysées</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/bivouac-allies-champs-elysees</t>
   </si>
   <si>
+    <t>2019.58.139</t>
+  </si>
+  <si>
+    <t>Bizerte, Obusier M8</t>
+  </si>
+  <si>
+    <t>Vers 1944</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/bizerte-obusier-m8</t>
+  </si>
+  <si>
     <t>20929-323</t>
   </si>
   <si>
-    <t>Bizerte, Obusier M8</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/bizerte-obusier-m8-0</t>
   </si>
   <si>
-    <t>2019.58.139</t>
-[...7 lines deleted...]
-  <si>
     <t>20929-346</t>
   </si>
   <si>
     <t>Bouée Mae West Canot Dunghy</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/bouee-mae-west-canot-dunghy</t>
   </si>
   <si>
     <t>2019.58.80</t>
   </si>
   <si>
     <t>Bouée Mae West, canot de sauvetage Dinghy</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/bouee-mae-west-canot-sauvetage-dinghy</t>
   </si>
   <si>
     <t>20929-241</t>
   </si>
   <si>
     <t>Brigadier chef Charbit, 2e régiment de spahis</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/brigadier-chef-charbit-2e-regiment-spahis</t>
@@ -2984,71 +2984,71 @@
   <si>
     <t>Char léger M3A3 « Triboulet » : vue arrière</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/char-leger-m3a3-triboulet-vue-arriere</t>
   </si>
   <si>
     <t>20929-46</t>
   </si>
   <si>
     <t>Char léger M3A3 « Triboulet » : vue avant</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/char-leger-m3a3-triboulet-vue</t>
   </si>
   <si>
     <t>20929-48</t>
   </si>
   <si>
     <t>Char léger M3A3 « Triboulet » : vue de profil</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/char-leger-m3a3-triboulet-vue-profil</t>
   </si>
   <si>
+    <t>20929-116</t>
+  </si>
+  <si>
+    <t>Char Panther, 1944</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/char-panther-1944</t>
+  </si>
+  <si>
     <t>20929-117</t>
   </si>
   <si>
-    <t>Char Panther, 1944</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/char-panther-1944-0</t>
   </si>
   <si>
     <t>20929-118</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/char-panther-1944-1</t>
   </si>
   <si>
-    <t>20929-116</t>
-[...4 lines deleted...]
-  <si>
     <t>20929-34</t>
   </si>
   <si>
     <t>Char Pershing</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/char-pershing</t>
   </si>
   <si>
     <t>20929-32</t>
   </si>
   <si>
     <t>Char Pershing  « Dunois »</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/char-pershing-dunois</t>
   </si>
   <si>
     <t>20929-35</t>
   </si>
   <si>
     <t>Char Pershing : détail</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/char-pershing-detail</t>
@@ -3302,77 +3302,77 @@
   <si>
     <t>Hôtel des Pyrénées rue de Seine</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/hotel-pyrenees-rue-seine</t>
   </si>
   <si>
     <t>20929-28</t>
   </si>
   <si>
     <t>Intérieur d’un char Sherman</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/interieur-dun-char-sherman</t>
   </si>
   <si>
     <t>20929-217</t>
   </si>
   <si>
     <t>Izeroukiene et Ben Douane, Campagne d'Allemagne</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/izeroukiene-ben-douane-campagne-dallemagne</t>
   </si>
   <si>
+    <t>20929-18</t>
+  </si>
+  <si>
+    <t>Jeep</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/jeep-2</t>
+  </si>
+  <si>
+    <t>20929-8</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/jeep</t>
+  </si>
+  <si>
+    <t>20929-10</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/jeep-0</t>
+  </si>
+  <si>
     <t>20929-11</t>
   </si>
   <si>
-    <t>Jeep</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/jeep-1</t>
   </si>
   <si>
-    <t>20929-18</t>
-[...16 lines deleted...]
-  <si>
     <t>20929-219</t>
   </si>
   <si>
     <t>Jérôme Portas, 49e régiment d'infanterie</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/jerome-portas-49e-regiment-dinfanterie</t>
   </si>
   <si>
     <t>20929-125</t>
   </si>
   <si>
     <t>Jerrican pour le transport d’eau de la Wehrmacht</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/jerrican-transport-deau-wehrmacht</t>
   </si>
   <si>
     <t>20929-127</t>
   </si>
   <si>
     <t>Jerricans</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/jerricans</t>
@@ -3644,71 +3644,71 @@
   <si>
     <t>Libération de Paris, août 1944</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/liberation-paris-aout-1944</t>
   </si>
   <si>
     <t>20929-74</t>
   </si>
   <si>
     <t>Libération de Paris, char R. 35</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/liberation-paris-char-r-35</t>
   </si>
   <si>
     <t>20929-75</t>
   </si>
   <si>
     <t>Libération de Paris, char Sherman de la division Leclerc</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/liberation-paris-char-sherman-division-leclerc</t>
   </si>
   <si>
+    <t>20929-82</t>
+  </si>
+  <si>
+    <t>Libération de Paris, U.S. Army</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/liberation-paris-us-army</t>
+  </si>
+  <si>
+    <t>20929-84</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/liberation-paris-us-army-0</t>
+  </si>
+  <si>
     <t>20929-85</t>
   </si>
   <si>
-    <t>Libération de Paris, U.S. Army</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/liberation-paris-us-army-1</t>
   </si>
   <si>
-    <t>20929-82</t>
-[...10 lines deleted...]
-  <si>
     <t>20929-87</t>
   </si>
   <si>
     <t>Libération de Paris, vue du Ministère des Affaires Etrangères</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/liberation-paris-vue-ministere-affaires-etrangeres</t>
   </si>
   <si>
     <t>20929-52</t>
   </si>
   <si>
     <t>Lorraine, 1944</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/lorraine-1944</t>
   </si>
   <si>
     <t>2019.58.43</t>
   </si>
   <si>
     <t>Marche du 15e  bataillon de chasseurs alpins</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/marche-15e-bataillon-chasseurs-alpins</t>
@@ -5141,65 +5141,65 @@
   <si>
     <t>Deux soldats dans un train. Esquisse au graphite au verso</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/deux-soldats-dans-train-esquisse-graphite-verso</t>
   </si>
   <si>
     <t>2019.58.356</t>
   </si>
   <si>
     <t>Deux soldats et un blessé assis dans une cuisine</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/deux-soldats-blesse-assis-dans-cuisine</t>
   </si>
   <si>
     <t>2019.58.419</t>
   </si>
   <si>
     <t>Drapeau blanc accroché au clocher d'une église</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/drapeau-blanc-accroche-clocher-dune-eglise</t>
   </si>
   <si>
+    <t>2019.58.413</t>
+  </si>
+  <si>
+    <t>Ecole des Cadres de Rouffach</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/ecole-cadres-rouffach-0</t>
+  </si>
+  <si>
     <t>2019.58.412</t>
   </si>
   <si>
-    <t>Ecole des Cadres de Rouffach</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/ecole-cadres-rouffach</t>
   </si>
   <si>
-    <t>2019.58.413</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.343</t>
   </si>
   <si>
     <t>En attendant le passage du Rhin</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/en-attendant-passage-rhin</t>
   </si>
   <si>
     <t>20929-186</t>
   </si>
   <si>
     <t>Enfants bavarois</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/enfants-bavarois</t>
   </si>
   <si>
     <t>2019.58.432</t>
   </si>
   <si>
     <t>Equipement d'un soldat</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/equipement-dun-soldat</t>
@@ -5330,68 +5330,68 @@
   <si>
     <t>2019.58.372</t>
   </si>
   <si>
     <t>Goumier dans une rue en Allemagne</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/goumier-dans-rue-en-allemagne</t>
   </si>
   <si>
     <t>2019.58.30</t>
   </si>
   <si>
     <t>Goumiers dans un village en Allemagne</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/goumiers-dans-village-en-allemagne</t>
   </si>
   <si>
     <t>20929-386</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/goumiers-dans-village-en-allemagne-0</t>
   </si>
   <si>
+    <t>20929-309</t>
+  </si>
+  <si>
+    <t>Goumiers tués devant Neuhausen 1945</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/goumiers-tues-devant-neuhausen-1945-0</t>
+  </si>
+  <si>
     <t>2019.58.369</t>
   </si>
   <si>
-    <t>Goumiers tués devant Neuhausen 1945</t>
-[...1 lines deleted...]
-  <si>
     <t>04/1945</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/goumiers-tues-devant-neuhausen-1945</t>
   </si>
   <si>
-    <t>20929-309</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.133</t>
   </si>
   <si>
     <t>Half-track « Centaure »</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/half-track-centaure</t>
   </si>
   <si>
     <t>20929-390</t>
   </si>
   <si>
     <t>Hangar à camions</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/hangar-camions</t>
   </si>
   <si>
     <t>2019.58.360</t>
   </si>
   <si>
     <t>Hangar camouflé</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/hangar-camoufle</t>
@@ -6293,155 +6293,155 @@
   <si>
     <t>2019.58.403</t>
   </si>
   <si>
     <t>Steinegg : observatoire d’artillerie</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/steinegg-observatoire-dartillerie</t>
   </si>
   <si>
     <t>2019.58.415</t>
   </si>
   <si>
     <t>Stuttgart en ruines</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/stuttgart-en-ruines</t>
   </si>
   <si>
     <t>2019.58.426</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/stuttgart-en-ruines-0</t>
   </si>
   <si>
+    <t>20929-164</t>
+  </si>
+  <si>
+    <t>Stuttgart, 1945</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/stuttgart-1945-2</t>
+  </si>
+  <si>
+    <t>2019.58.425</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/stuttgart-1945-1</t>
+  </si>
+  <si>
+    <t>2019.58.203</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/stuttgart-1945-0</t>
+  </si>
+  <si>
+    <t>20929-172</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/stuttgart-1945-3</t>
+  </si>
+  <si>
+    <t>2019.58.26</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/stuttgart-1945</t>
+  </si>
+  <si>
     <t>20929-184</t>
   </si>
   <si>
-    <t>Stuttgart, 1945</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/stuttgart-1945-4</t>
   </si>
   <si>
-    <t>20929-164</t>
-[...28 lines deleted...]
-  <si>
     <t>20929-312</t>
   </si>
   <si>
     <t>Stuttgart, un nazi dans une rafle nocture, s'égorge</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/stuttgart-nazi-dans-rafle-nocture-segorge</t>
   </si>
   <si>
     <t>2019.58.352</t>
   </si>
   <si>
     <t>Stuttgart. Palais Royal</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/stuttgart-palais-royal</t>
   </si>
   <si>
     <t>20929-276</t>
   </si>
   <si>
     <t>Tableau de bord du Goëland</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/tableau-bord-goeland</t>
   </si>
   <si>
     <t>2019.58.205</t>
   </si>
   <si>
     <t>Tabors</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/tabors</t>
   </si>
   <si>
     <t>2019.58.399</t>
   </si>
   <si>
     <t>Tabors assis autour d’un soldat alité</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/tabors-assis-autour-dun-soldat-alite</t>
   </si>
   <si>
+    <t>2019.58.392</t>
+  </si>
+  <si>
+    <t>Tabors au repos</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/tabors-repos-0</t>
+  </si>
+  <si>
+    <t>2019.58.406</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/tabors-repos-1</t>
+  </si>
+  <si>
     <t>2019.58.390</t>
   </si>
   <si>
-    <t>Tabors au repos</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/tabors-repos</t>
   </si>
   <si>
-    <t>2019.58.392</t>
-[...10 lines deleted...]
-  <si>
     <t>2019.58.396</t>
   </si>
   <si>
     <t>Tabors dans une rue</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/tabors-dans-rue</t>
   </si>
   <si>
     <t>20929-51</t>
   </si>
   <si>
     <t>Tank Destroyer démonté</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/tank-destroyer-demonte</t>
   </si>
   <si>
     <t>20929-314</t>
   </si>
   <si>
     <t>Tank Destroyer du 7e régiment de chasseurs d'Afrique « Courage »</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/tank-destroyer-7e-regiment-chasseurs-dafrique-courage</t>
@@ -6533,98 +6533,98 @@
   <si>
     <t>Traversée du Rhin</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/traversee-rhin</t>
   </si>
   <si>
     <t>2019.58.350</t>
   </si>
   <si>
     <t>Trois femmes allemandes dans une cuisine</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/trois-femmes-allemandes-dans-cuisine</t>
   </si>
   <si>
     <t>20929-325</t>
   </si>
   <si>
     <t>Trois sergents anglais : Adams, Hunt et Wileman</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/trois-sergents-anglais-adams-hunt-wileman</t>
   </si>
   <si>
+    <t>20929-336</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/trophee-imaginaire-7</t>
+  </si>
+  <si>
+    <t>20929-340</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/trophee-imaginaire-8</t>
+  </si>
+  <si>
+    <t>2019.58.109</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/trophee-imaginaire-5</t>
+  </si>
+  <si>
+    <t>2019.58.56</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/trophee-imaginaire-2</t>
+  </si>
+  <si>
+    <t>2019.58.110</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/trophee-imaginaire-6</t>
+  </si>
+  <si>
+    <t>2019.58.57</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/trophee-imaginaire-3</t>
+  </si>
+  <si>
+    <t>2019.58.101</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/trophee-imaginaire-4</t>
+  </si>
+  <si>
     <t>2019.58.49</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/trophee-imaginaire</t>
   </si>
   <si>
-    <t>20929-336</t>
-[...40 lines deleted...]
-  <si>
     <t>2019.58.51</t>
   </si>
   <si>
     <t>Trophée imaginaire d'un parachutiste</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/trophee-imaginaire-dun-parachutiste</t>
   </si>
   <si>
     <t>20929-319</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/trophee-imaginaire-dun-parachutiste-0</t>
   </si>
   <si>
     <t>2019.58.108</t>
   </si>
   <si>
     <t>Trophée imaginaire de carcasses d'avions</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/trophee-imaginaire-carcasses-davions</t>
   </si>
   <si>
     <t>20929-293</t>
@@ -6725,107 +6725,107 @@
   <si>
     <t>Véhicules militaires dans une cour</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/vehicules-militaires-dans-cour</t>
   </si>
   <si>
     <t>20929-272</t>
   </si>
   <si>
     <t>Versailles fumant une pipe, 2e régiment de spahis</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/versailles-fumant-pipe-2e-regiment-spahis</t>
   </si>
   <si>
     <t>2019.58.375</t>
   </si>
   <si>
     <t>Ville en ruines</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/ville-en-ruines</t>
   </si>
   <si>
+    <t>2019.58.381</t>
+  </si>
+  <si>
+    <t>Ville en ruines, Stuttgart (?)</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/ville-en-ruines-stuttgart-0</t>
+  </si>
+  <si>
     <t>2019.58.380</t>
   </si>
   <si>
-    <t>Ville en ruines, Stuttgart (?)</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/ville-en-ruines-stuttgart</t>
   </si>
   <si>
-    <t>2019.58.381</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.434</t>
   </si>
   <si>
     <t>Voie ferrée détruite</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/voie-ferree-detruite</t>
   </si>
   <si>
     <t>20929-9</t>
   </si>
   <si>
     <t>Voiture à Schömberg</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/voiture-schomberg</t>
   </si>
   <si>
     <t>20929-14</t>
   </si>
   <si>
     <t>Voiture portant une croix gammée</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/voiture-portant-croix-gammee</t>
   </si>
   <si>
+    <t>2019.58.393</t>
+  </si>
+  <si>
+    <t>Volksturm, campagne d'Allemagne 1945</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/volksturm-campagne-dallemagne-1945</t>
+  </si>
+  <si>
     <t>20929-313</t>
   </si>
   <si>
-    <t>Volksturm, campagne d'Allemagne 1945</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/volksturm-campagne-dallemagne-1945-0</t>
   </si>
   <si>
-    <t>2019.58.393</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.118</t>
   </si>
   <si>
     <t>Vue d'un port et ses navires</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/vue-dun-port-navires</t>
   </si>
   <si>
     <t>20929-142</t>
   </si>
   <si>
     <t>Wilhelm Brutt de la Kriegsmarine</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/wilhelm-brutt-kriegsmarine</t>
   </si>
   <si>
     <t>20929-195</t>
   </si>
   <si>
     <t>Wurtemberg : le lieutenant Leduc, 71e  bataillon du génie de l’air</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/wurtemberg-lieutenant-leduc-71e-bataillon-genie-lair</t>
@@ -6917,63 +6917,63 @@
   <si>
     <t>2019.58.96</t>
   </si>
   <si>
     <t>Paris Capitale</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/paris-capitale</t>
   </si>
   <si>
     <t>20929-358</t>
   </si>
   <si>
     <t>Les Alliés s'emparent du ciel</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/allies-semparent-ciel-0</t>
   </si>
   <si>
     <t>2019.58.67</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/allies-semparent-ciel</t>
   </si>
   <si>
+    <t>2019.58.68</t>
+  </si>
+  <si>
+    <t>Les Anglo-Américains maîtres des mers</t>
+  </si>
+  <si>
+    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/anglo-americains-maitres-mers</t>
+  </si>
+  <si>
     <t>20929-366</t>
   </si>
   <si>
-    <t>Les Anglo-Américains maîtres des mers</t>
-[...1 lines deleted...]
-  <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/anglo-americains-maitres-mers-0</t>
-  </si>
-[...4 lines deleted...]
-    <t>https://collectionjeandelpech.musee-armee.fr/la-collection/anglo-americains-maitres-mers</t>
   </si>
   <si>
     <t>2019.58.70</t>
   </si>
   <si>
     <t>Les USA intacts forgent à la hâte un prodigieux matériel d'assaut</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/usa-intacts-forgent-hate-prodigieux-materiel-dassaut</t>
   </si>
   <si>
     <t>20929-345</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/usa-intacts-forgent-hate-prodigieux-materiel-dassaut-0</t>
   </si>
   <si>
     <t>20929-322</t>
   </si>
   <si>
     <t>Avion de guerre</t>
   </si>
   <si>
     <t>https://collectionjeandelpech.musee-armee.fr/la-collection/avion-guerre</t>
   </si>
@@ -9102,65 +9102,65 @@
         <v>335</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" s="1" t="s">
         <v>336</v>
       </c>
       <c r="B120" s="1" t="s">
         <v>327</v>
       </c>
       <c r="C120" s="1">
         <v>1939</v>
       </c>
       <c r="D120" s="1" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" s="1" t="s">
         <v>338</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>339</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>153</v>
+        <v>340</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" s="1" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>339</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>342</v>
+        <v>153</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>343</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" s="1" t="s">
         <v>344</v>
       </c>
       <c r="B123" s="1" t="s">
         <v>345</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>153</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>346</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" s="1" t="s">
         <v>347</v>
       </c>
       <c r="B124" s="1" t="s">
         <v>348</v>
@@ -11887,66 +11887,66 @@
       <c r="D318" s="1" t="s">
         <v>908</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319" s="1" t="s">
         <v>909</v>
       </c>
       <c r="B319" s="1" t="s">
         <v>910</v>
       </c>
       <c r="C319" s="1">
         <v>1944</v>
       </c>
       <c r="D319" s="1" t="s">
         <v>911</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320" s="1" t="s">
         <v>912</v>
       </c>
       <c r="B320" s="1" t="s">
         <v>913</v>
       </c>
-      <c r="C320" s="1">
-        <v>1944</v>
+      <c r="C320" s="1" t="s">
+        <v>914</v>
       </c>
       <c r="D320" s="1" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321" s="1" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="B321" s="1" t="s">
         <v>913</v>
       </c>
-      <c r="C321" s="1" t="s">
-        <v>916</v>
+      <c r="C321" s="1">
+        <v>1944</v>
       </c>
       <c r="D321" s="1" t="s">
         <v>917</v>
       </c>
     </row>
     <row r="322" spans="1:4">
       <c r="A322" s="1" t="s">
         <v>918</v>
       </c>
       <c r="B322" s="1" t="s">
         <v>919</v>
       </c>
       <c r="C322" s="1">
         <v>1944</v>
       </c>
       <c r="D322" s="1" t="s">
         <v>920</v>
       </c>
     </row>
     <row r="323" spans="1:4">
       <c r="A323" s="1" t="s">
         <v>921</v>
       </c>
       <c r="B323" s="1" t="s">
         <v>922</v>
@@ -12672,51 +12672,51 @@
         <v>1074</v>
       </c>
     </row>
     <row r="375" spans="1:4">
       <c r="A375" s="1" t="s">
         <v>1075</v>
       </c>
       <c r="B375" s="1" t="s">
         <v>1076</v>
       </c>
       <c r="C375" s="1">
         <v>1944</v>
       </c>
       <c r="D375" s="1" t="s">
         <v>1077</v>
       </c>
     </row>
     <row r="376" spans="1:4">
       <c r="A376" s="1" t="s">
         <v>1078</v>
       </c>
       <c r="B376" s="1" t="s">
         <v>1079</v>
       </c>
       <c r="C376" s="1" t="s">
-        <v>916</v>
+        <v>914</v>
       </c>
       <c r="D376" s="1" t="s">
         <v>1080</v>
       </c>
     </row>
     <row r="377" spans="1:4">
       <c r="A377" s="1" t="s">
         <v>1081</v>
       </c>
       <c r="B377" s="1" t="s">
         <v>1082</v>
       </c>
       <c r="C377" s="1">
         <v>1944</v>
       </c>
       <c r="D377" s="1" t="s">
         <v>1083</v>
       </c>
     </row>
     <row r="378" spans="1:4">
       <c r="A378" s="1" t="s">
         <v>1084</v>
       </c>
       <c r="B378" s="1" t="s">
         <v>1085</v>
@@ -12924,51 +12924,51 @@
         <v>1125</v>
       </c>
     </row>
     <row r="393" spans="1:4">
       <c r="A393" s="1" t="s">
         <v>1126</v>
       </c>
       <c r="B393" s="1" t="s">
         <v>1127</v>
       </c>
       <c r="C393" s="1">
         <v>1944</v>
       </c>
       <c r="D393" s="1" t="s">
         <v>1128</v>
       </c>
     </row>
     <row r="394" spans="1:4">
       <c r="A394" s="1" t="s">
         <v>1129</v>
       </c>
       <c r="B394" s="1" t="s">
         <v>1130</v>
       </c>
       <c r="C394" s="1" t="s">
-        <v>916</v>
+        <v>914</v>
       </c>
       <c r="D394" s="1" t="s">
         <v>1131</v>
       </c>
     </row>
     <row r="395" spans="1:4">
       <c r="A395" s="1" t="s">
         <v>1132</v>
       </c>
       <c r="B395" s="1" t="s">
         <v>1133</v>
       </c>
       <c r="C395" s="1">
         <v>1944</v>
       </c>
       <c r="D395" s="1" t="s">
         <v>1134</v>
       </c>
     </row>
     <row r="396" spans="1:4">
       <c r="A396" s="1" t="s">
         <v>1135</v>
       </c>
       <c r="B396" s="1" t="s">
         <v>1136</v>
@@ -13036,65 +13036,65 @@
         <v>1149</v>
       </c>
     </row>
     <row r="401" spans="1:4">
       <c r="A401" s="1" t="s">
         <v>1150</v>
       </c>
       <c r="B401" s="1" t="s">
         <v>1151</v>
       </c>
       <c r="C401" s="1">
         <v>1944</v>
       </c>
       <c r="D401" s="1" t="s">
         <v>1152</v>
       </c>
     </row>
     <row r="402" spans="1:4">
       <c r="A402" s="1" t="s">
         <v>1153</v>
       </c>
       <c r="B402" s="1" t="s">
         <v>1154</v>
       </c>
       <c r="C402" s="1" t="s">
-        <v>916</v>
+        <v>914</v>
       </c>
       <c r="D402" s="1" t="s">
         <v>1155</v>
       </c>
     </row>
     <row r="403" spans="1:4">
       <c r="A403" s="1" t="s">
         <v>1156</v>
       </c>
       <c r="B403" s="1" t="s">
         <v>1157</v>
       </c>
       <c r="C403" s="1" t="s">
-        <v>916</v>
+        <v>914</v>
       </c>
       <c r="D403" s="1" t="s">
         <v>1158</v>
       </c>
     </row>
     <row r="404" spans="1:4">
       <c r="A404" s="1" t="s">
         <v>1159</v>
       </c>
       <c r="B404" s="1" t="s">
         <v>1160</v>
       </c>
       <c r="C404" s="1">
         <v>1944</v>
       </c>
       <c r="D404" s="1" t="s">
         <v>1161</v>
       </c>
     </row>
     <row r="405" spans="1:4">
       <c r="A405" s="1" t="s">
         <v>1162</v>
       </c>
       <c r="B405" s="1" t="s">
         <v>1163</v>
@@ -13610,51 +13610,51 @@
         <v>1267</v>
       </c>
     </row>
     <row r="442" spans="1:4">
       <c r="A442" s="1" t="s">
         <v>1268</v>
       </c>
       <c r="B442" s="1" t="s">
         <v>1269</v>
       </c>
       <c r="C442" s="1">
         <v>1944</v>
       </c>
       <c r="D442" s="1" t="s">
         <v>1270</v>
       </c>
     </row>
     <row r="443" spans="1:4">
       <c r="A443" s="1" t="s">
         <v>1271</v>
       </c>
       <c r="B443" s="1" t="s">
         <v>1272</v>
       </c>
       <c r="C443" s="1" t="s">
-        <v>916</v>
+        <v>914</v>
       </c>
       <c r="D443" s="1" t="s">
         <v>1273</v>
       </c>
     </row>
     <row r="444" spans="1:4">
       <c r="A444" s="1" t="s">
         <v>1274</v>
       </c>
       <c r="B444" s="1" t="s">
         <v>1275</v>
       </c>
       <c r="C444" s="1">
         <v>1944</v>
       </c>
       <c r="D444" s="1" t="s">
         <v>1276</v>
       </c>
     </row>
     <row r="445" spans="1:4">
       <c r="A445" s="1" t="s">
         <v>1277</v>
       </c>
       <c r="B445" s="1" t="s">
         <v>1278</v>
@@ -16087,66 +16087,66 @@
       <c r="D618" s="1" t="s">
         <v>1769</v>
       </c>
     </row>
     <row r="619" spans="1:4">
       <c r="A619" s="1" t="s">
         <v>1770</v>
       </c>
       <c r="B619" s="1" t="s">
         <v>1768</v>
       </c>
       <c r="C619" s="1">
         <v>1945</v>
       </c>
       <c r="D619" s="1" t="s">
         <v>1771</v>
       </c>
     </row>
     <row r="620" spans="1:4">
       <c r="A620" s="1" t="s">
         <v>1772</v>
       </c>
       <c r="B620" s="1" t="s">
         <v>1773</v>
       </c>
-      <c r="C620" s="1" t="s">
+      <c r="C620" s="1">
+        <v>1945</v>
+      </c>
+      <c r="D620" s="1" t="s">
         <v>1774</v>
-      </c>
-[...1 lines deleted...]
-        <v>1775</v>
       </c>
     </row>
     <row r="621" spans="1:4">
       <c r="A621" s="1" t="s">
-        <v>1776</v>
+        <v>1775</v>
       </c>
       <c r="B621" s="1" t="s">
         <v>1773</v>
       </c>
-      <c r="C621" s="1">
-        <v>1945</v>
+      <c r="C621" s="1" t="s">
+        <v>1776</v>
       </c>
       <c r="D621" s="1" t="s">
         <v>1777</v>
       </c>
     </row>
     <row r="622" spans="1:4">
       <c r="A622" s="1" t="s">
         <v>1778</v>
       </c>
       <c r="B622" s="1" t="s">
         <v>1779</v>
       </c>
       <c r="C622" s="1" t="s">
         <v>1417</v>
       </c>
       <c r="D622" s="1" t="s">
         <v>1780</v>
       </c>
     </row>
     <row r="623" spans="1:4">
       <c r="A623" s="1" t="s">
         <v>1781</v>
       </c>
       <c r="B623" s="1" t="s">
         <v>1782</v>